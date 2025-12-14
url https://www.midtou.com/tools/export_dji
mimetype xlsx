--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -6,59 +6,59 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Historical Price05-12-2025 09" sheetId="1" r:id="rId4"/>
+    <sheet name="Historical Price14-12-2025 19" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1901">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="540">
   <si>
     <t>DJI</t>
   </si>
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>OPEN</t>
   </si>
   <si>
     <t>HIGH</t>
   </si>
   <si>
     <t>LOW</t>
   </si>
   <si>
     <t>CLOSE</t>
   </si>
   <si>
     <t>2024-01-31</t>
   </si>
   <si>
     <t>2024-01-30</t>
   </si>
   <si>
@@ -1634,4133 +1634,50 @@
     <t>2021-11-04</t>
   </si>
   <si>
     <t>2021-11-03</t>
   </si>
   <si>
     <t>2021-11-02</t>
   </si>
   <si>
     <t>2021-11-01</t>
   </si>
   <si>
     <t>2021-10-29</t>
   </si>
   <si>
     <t>2021-10-28</t>
   </si>
   <si>
     <t>2021-10-27</t>
   </si>
   <si>
     <t>2021-10-26</t>
   </si>
   <si>
     <t>2021-10-25</t>
-  </si>
-[...4081 lines deleted...]
-    <t>2016-01-04</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -6136,51 +2053,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E1914"/>
+  <dimension ref="A1:E553"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A5" sqref="A5:E5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:5">
       <c r="B2"/>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
@@ -6594,102 +2511,102 @@
       </c>
       <c r="C29">
         <v>38085</v>
       </c>
       <c r="D29">
         <v>37922</v>
       </c>
       <c r="E29">
         <v>38028</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" t="s">
         <v>30</v>
       </c>
       <c r="B30">
         <v>37914</v>
       </c>
       <c r="C30">
         <v>38023</v>
       </c>
       <c r="D30">
         <v>37816</v>
       </c>
       <c r="E30">
-        <v>37997</v>
+        <v>37999</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" t="s">
         <v>30</v>
       </c>
       <c r="B31">
         <v>37914</v>
       </c>
       <c r="C31">
         <v>38023</v>
       </c>
       <c r="D31">
         <v>37816</v>
       </c>
       <c r="E31">
-        <v>37999</v>
+        <v>37997</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
         <v>31</v>
       </c>
       <c r="B32">
         <v>37698</v>
       </c>
       <c r="C32">
         <v>37958</v>
       </c>
       <c r="D32">
         <v>37698</v>
       </c>
       <c r="E32">
-        <v>37912</v>
+        <v>37898</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
         <v>31</v>
       </c>
       <c r="B33">
         <v>37698</v>
       </c>
       <c r="C33">
         <v>37958</v>
       </c>
       <c r="D33">
         <v>37698</v>
       </c>
       <c r="E33">
-        <v>37898</v>
+        <v>37912</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" t="s">
         <v>32</v>
       </c>
       <c r="B34">
         <v>37679</v>
       </c>
       <c r="C34">
         <v>37875</v>
       </c>
       <c r="D34">
         <v>37581</v>
       </c>
       <c r="E34">
         <v>37709</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" t="s">
         <v>32</v>
       </c>
       <c r="B35">
         <v>37679</v>
@@ -10988,77 +6905,77 @@
         <v>33614</v>
       </c>
     </row>
     <row r="288" spans="1:5">
       <c r="A288" t="s">
         <v>280</v>
       </c>
       <c r="B288">
         <v>332953</v>
       </c>
       <c r="C288">
         <v>33201</v>
       </c>
       <c r="D288">
         <v>32683</v>
       </c>
       <c r="E288">
         <v>33114</v>
       </c>
     </row>
     <row r="289" spans="1:5">
       <c r="A289" t="s">
         <v>281</v>
       </c>
       <c r="B289">
-        <v>33393</v>
+        <v>33089</v>
       </c>
       <c r="C289">
-        <v>33490</v>
+        <v>33089</v>
       </c>
       <c r="D289">
-        <v>32865</v>
+        <v>32788</v>
       </c>
       <c r="E289">
-        <v>33070</v>
+        <v>32937</v>
       </c>
     </row>
     <row r="290" spans="1:5">
       <c r="A290" t="s">
         <v>281</v>
       </c>
       <c r="B290">
-        <v>33089</v>
+        <v>33393</v>
       </c>
       <c r="C290">
-        <v>33089</v>
+        <v>33490</v>
       </c>
       <c r="D290">
-        <v>32788</v>
+        <v>32865</v>
       </c>
       <c r="E290">
-        <v>32937</v>
+        <v>33070</v>
       </c>
     </row>
     <row r="291" spans="1:5">
       <c r="A291" t="s">
         <v>282</v>
       </c>
       <c r="B291">
         <v>33393</v>
       </c>
       <c r="C291">
         <v>33490</v>
       </c>
       <c r="D291">
         <v>32865</v>
       </c>
       <c r="E291">
         <v>33070</v>
       </c>
     </row>
     <row r="292" spans="1:5">
       <c r="A292" t="s">
         <v>283</v>
       </c>
       <c r="B292">
         <v>34120</v>
@@ -15486,23226 +11403,89 @@
       <c r="C552">
         <v>35775</v>
       </c>
       <c r="D552">
         <v>35616</v>
       </c>
       <c r="E552">
         <v>35651</v>
       </c>
     </row>
     <row r="553" spans="1:5">
       <c r="A553" t="s">
         <v>539</v>
       </c>
       <c r="B553">
         <v>35495</v>
       </c>
       <c r="C553">
         <v>35667</v>
       </c>
       <c r="D553">
         <v>35448</v>
       </c>
       <c r="E553">
         <v>35627</v>
-      </c>
-[...23135 lines deleted...]
-        <v>17084</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A4:E4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Historical Price05-12-2025 09</vt:lpstr>
+      <vt:lpstr>Historical Price14-12-2025 19</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>PT. Midtou Aryacom Futures</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Office 2007 XLSX Historical Price Document</dc:title>
   <dc:description>Historical Price Document for Office 2007 XLSX, generated using PHP classes.</dc:description>
   <dc:subject>Office 2007 XLSX Historical Price Document</dc:subject>
   <cp:keywords>office 2007 openxml php</cp:keywords>
   <cp:category>Test result file</cp:category>
 </cp:coreProperties>
 </file>