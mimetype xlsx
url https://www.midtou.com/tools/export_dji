--- v1 (2025-12-14)
+++ v2 (2026-01-29)
@@ -6,51 +6,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Historical Price14-12-2025 19" sheetId="1" r:id="rId4"/>
+    <sheet name="Historical Price29-01-2026 11" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="540">
   <si>
     <t>DJI</t>
   </si>
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>OPEN</t>
   </si>
   <si>
     <t>HIGH</t>
   </si>
   <si>
     <t>LOW</t>
   </si>
   <si>
     <t>CLOSE</t>
@@ -11442,50 +11442,50 @@
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Historical Price14-12-2025 19</vt:lpstr>
+      <vt:lpstr>Historical Price29-01-2026 11</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>PT. Midtou Aryacom Futures</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Office 2007 XLSX Historical Price Document</dc:title>
   <dc:description>Historical Price Document for Office 2007 XLSX, generated using PHP classes.</dc:description>
   <dc:subject>Office 2007 XLSX Historical Price Document</dc:subject>
   <cp:keywords>office 2007 openxml php</cp:keywords>
   <cp:category>Test result file</cp:category>
 </cp:coreProperties>
 </file>