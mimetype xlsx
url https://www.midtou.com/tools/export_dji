--- v2 (2026-01-29)
+++ v3 (2026-03-15)
@@ -6,51 +6,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Historical Price29-01-2026 11" sheetId="1" r:id="rId4"/>
+    <sheet name="Historical Price15-03-2026 17" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="540">
   <si>
     <t>DJI</t>
   </si>
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>OPEN</t>
   </si>
   <si>
     <t>HIGH</t>
   </si>
   <si>
     <t>LOW</t>
   </si>
   <si>
     <t>CLOSE</t>
@@ -11442,50 +11442,50 @@
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Historical Price29-01-2026 11</vt:lpstr>
+      <vt:lpstr>Historical Price15-03-2026 17</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>PT. Midtou Aryacom Futures</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Office 2007 XLSX Historical Price Document</dc:title>
   <dc:description>Historical Price Document for Office 2007 XLSX, generated using PHP classes.</dc:description>
   <dc:subject>Office 2007 XLSX Historical Price Document</dc:subject>
   <cp:keywords>office 2007 openxml php</cp:keywords>
   <cp:category>Test result file</cp:category>
 </cp:coreProperties>
 </file>