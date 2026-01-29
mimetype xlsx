--- v0 (2025-12-05)
+++ v1 (2026-01-29)
@@ -6,76 +6,178 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Historical Price05-12-2025 08" sheetId="1" r:id="rId4"/>
+    <sheet name="Historical Price29-01-2026 10" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1018">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1052">
   <si>
     <t>EURUSD</t>
   </si>
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>OPEN</t>
   </si>
   <si>
     <t>HIGH</t>
   </si>
   <si>
     <t>LOW</t>
   </si>
   <si>
     <t>CLOSE</t>
+  </si>
+  <si>
+    <t>2026-01-23</t>
+  </si>
+  <si>
+    <t>2026-01-22</t>
+  </si>
+  <si>
+    <t>2026-01-21</t>
+  </si>
+  <si>
+    <t>2026-01-20</t>
+  </si>
+  <si>
+    <t>2026-01-19</t>
+  </si>
+  <si>
+    <t>2026-01-16</t>
+  </si>
+  <si>
+    <t>2026-01-15</t>
+  </si>
+  <si>
+    <t>2026-01-14</t>
+  </si>
+  <si>
+    <t>2026-01-13</t>
+  </si>
+  <si>
+    <t>2026-01-12</t>
+  </si>
+  <si>
+    <t>2026-01-09</t>
+  </si>
+  <si>
+    <t>2026-01-08</t>
+  </si>
+  <si>
+    <t>2026-01-07</t>
+  </si>
+  <si>
+    <t>2026-01-06</t>
+  </si>
+  <si>
+    <t>2026-01-05</t>
+  </si>
+  <si>
+    <t>2026-01-02</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>2025-12-30</t>
+  </si>
+  <si>
+    <t>2025-12-29</t>
+  </si>
+  <si>
+    <t>2025-12-26</t>
+  </si>
+  <si>
+    <t>2025-12-24</t>
+  </si>
+  <si>
+    <t>2025-12-23</t>
+  </si>
+  <si>
+    <t>2025-12-22</t>
+  </si>
+  <si>
+    <t>2025-12-19</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>2025-12-16</t>
+  </si>
+  <si>
+    <t>2025-12-15</t>
+  </si>
+  <si>
+    <t>2025-12-12</t>
+  </si>
+  <si>
+    <t>2025-12-11</t>
+  </si>
+  <si>
+    <t>2025-12-10</t>
+  </si>
+  <si>
+    <t>2025-12-09</t>
+  </si>
+  <si>
+    <t>2025-12-08</t>
+  </si>
+  <si>
+    <t>2025-12-05</t>
   </si>
   <si>
     <t>2025-12-04</t>
   </si>
   <si>
     <t>2025-12-03</t>
   </si>
   <si>
     <t>2025-12-02</t>
   </si>
   <si>
     <t>2025-12-01</t>
   </si>
   <si>
     <t>2025-11-28</t>
   </si>
   <si>
     <t>2025-11-27</t>
   </si>
   <si>
     <t>2025-11-26</t>
   </si>
   <si>
     <t>2025-11-25</t>
   </si>
@@ -3487,17548 +3589,18126 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E1030"/>
+  <dimension ref="A1:E1064"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A5" sqref="A5:E5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:5">
       <c r="B2"/>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6">
-        <v>1.1669</v>
+        <v>1.17535</v>
       </c>
       <c r="C6">
-        <v>1.16813</v>
+        <v>1.18257</v>
       </c>
       <c r="D6">
-        <v>1.16405</v>
+        <v>1.17276</v>
       </c>
       <c r="E6">
-        <v>1.1644</v>
+        <v>1.18208</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7">
-        <v>1.1608</v>
+        <v>1.16812</v>
       </c>
       <c r="C7">
-        <v>1.1677</v>
+        <v>1.17555</v>
       </c>
       <c r="D7">
-        <v>1.1608</v>
+        <v>1.16695</v>
       </c>
       <c r="E7">
-        <v>1.16701</v>
+        <v>1.17543</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8">
-        <v>1.16086</v>
+        <v>1.17235</v>
       </c>
       <c r="C8">
-        <v>1.16252</v>
+        <v>1.17424</v>
       </c>
       <c r="D8">
-        <v>1.15906</v>
+        <v>1.16756</v>
       </c>
       <c r="E8">
-        <v>1.16243</v>
+        <v>1.16866</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9">
-        <v>1.15986</v>
+        <v>1.16442</v>
       </c>
       <c r="C9">
-        <v>1.16514</v>
+        <v>1.1768</v>
       </c>
       <c r="D9">
-        <v>1.15889</v>
+        <v>1.1632</v>
       </c>
       <c r="E9">
-        <v>1.16081</v>
+        <v>1.17256</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>10</v>
       </c>
       <c r="B10">
-        <v>1.15944</v>
+        <v>1.16115</v>
       </c>
       <c r="C10">
-        <v>1.16069</v>
+        <v>1.16482</v>
       </c>
       <c r="D10">
-        <v>1.15546</v>
+        <v>1.1604</v>
       </c>
       <c r="E10">
-        <v>1.16</v>
+        <v>1.16448</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11">
-        <v>1.15939</v>
+        <v>1.16067</v>
       </c>
       <c r="C11">
-        <v>1.1613</v>
+        <v>1.16268</v>
       </c>
       <c r="D11">
-        <v>1.1576</v>
+        <v>1.15839</v>
       </c>
       <c r="E11">
-        <v>1.15951</v>
+        <v>1.15987</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
         <v>12</v>
       </c>
       <c r="B12">
-        <v>1.15649</v>
+        <v>1.16432</v>
       </c>
       <c r="C12">
-        <v>1.16003</v>
+        <v>1.16464</v>
       </c>
       <c r="D12">
-        <v>1.15466</v>
+        <v>1.15924</v>
       </c>
       <c r="E12">
-        <v>1.15962</v>
+        <v>1.16088</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>13</v>
       </c>
       <c r="B13">
-        <v>1.15138</v>
+        <v>1.16405</v>
       </c>
       <c r="C13">
-        <v>1.15854</v>
+        <v>1.16611</v>
       </c>
       <c r="D13">
-        <v>1.1511</v>
+        <v>1.16327</v>
       </c>
       <c r="E13">
-        <v>1.15688</v>
+        <v>1.16445</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>14</v>
       </c>
       <c r="B14">
-        <v>1.15079</v>
+        <v>1.16629</v>
       </c>
       <c r="C14">
-        <v>1.155</v>
+        <v>1.16769</v>
       </c>
       <c r="D14">
-        <v>1.15014</v>
+        <v>1.16334</v>
       </c>
       <c r="E14">
-        <v>1.15204</v>
+        <v>1.1642</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>15</v>
       </c>
       <c r="B15">
-        <v>1.15267</v>
+        <v>1.16251</v>
       </c>
       <c r="C15">
-        <v>1.1552</v>
+        <v>1.1698</v>
       </c>
       <c r="D15">
-        <v>1.14906</v>
+        <v>1.16211</v>
       </c>
       <c r="E15">
-        <v>1.1517</v>
+        <v>1.16656</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
         <v>16</v>
       </c>
       <c r="B16">
-        <v>1.15364</v>
+        <v>1.16577</v>
       </c>
       <c r="C16">
-        <v>1.15494</v>
+        <v>1.16618</v>
       </c>
       <c r="D16">
-        <v>1.14984</v>
+        <v>1.16174</v>
       </c>
       <c r="E16">
-        <v>1.15278</v>
+        <v>1.16341</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
         <v>17</v>
       </c>
       <c r="B17">
-        <v>1.15797</v>
+        <v>1.16717</v>
       </c>
       <c r="C17">
-        <v>1.15967</v>
+        <v>1.16824</v>
       </c>
       <c r="D17">
-        <v>1.15175</v>
+        <v>1.16421</v>
       </c>
       <c r="E17">
-        <v>1.15377</v>
+        <v>1.16576</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18">
-        <v>1.15789</v>
+        <v>1.16742</v>
       </c>
       <c r="C18">
-        <v>1.16073</v>
+        <v>1.17022</v>
       </c>
       <c r="D18">
-        <v>1.15708</v>
+        <v>1.16721</v>
       </c>
       <c r="E18">
-        <v>1.15797</v>
+        <v>1.16749</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
         <v>19</v>
       </c>
       <c r="B19">
-        <v>1.16203</v>
+        <v>1.17196</v>
       </c>
       <c r="C19">
-        <v>1.16207</v>
+        <v>1.17423</v>
       </c>
       <c r="D19">
-        <v>1.15814</v>
+        <v>1.16832</v>
       </c>
       <c r="E19">
-        <v>1.15914</v>
+        <v>1.16878</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
         <v>20</v>
       </c>
       <c r="B20">
-        <v>1.16314</v>
+        <v>1.17014</v>
       </c>
       <c r="C20">
-        <v>1.16532</v>
+        <v>1.17284</v>
       </c>
       <c r="D20">
-        <v>1.16055</v>
+        <v>1.16585</v>
       </c>
       <c r="E20">
-        <v>1.162</v>
+        <v>1.17207</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
         <v>21</v>
       </c>
       <c r="B21">
-        <v>1.15915</v>
+        <v>1.17454</v>
       </c>
       <c r="C21">
-        <v>1.16556</v>
+        <v>1.17643</v>
       </c>
       <c r="D21">
-        <v>1.15783</v>
+        <v>1.17127</v>
       </c>
       <c r="E21">
-        <v>1.16333</v>
+        <v>1.17172</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
         <v>22</v>
       </c>
       <c r="B22">
-        <v>1.15803</v>
+        <v>1.17466</v>
       </c>
       <c r="C22">
-        <v>1.15972</v>
+        <v>1.17588</v>
       </c>
       <c r="D22">
-        <v>1.15624</v>
+        <v>1.17195</v>
       </c>
       <c r="E22">
-        <v>1.15915</v>
+        <v>1.1745</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" t="s">
         <v>23</v>
       </c>
       <c r="B23">
-        <v>1.15549</v>
+        <v>1.17715</v>
       </c>
       <c r="C23">
-        <v>1.16051</v>
+        <v>1.17793</v>
       </c>
       <c r="D23">
-        <v>1.15449</v>
+        <v>1.17427</v>
       </c>
       <c r="E23">
-        <v>1.15814</v>
+        <v>1.1747</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
         <v>24</v>
       </c>
       <c r="B24">
-        <v>1.15468</v>
+        <v>1.17751</v>
       </c>
       <c r="C24">
-        <v>1.15825</v>
+        <v>1.17884</v>
       </c>
       <c r="D24">
-        <v>1.15406</v>
+        <v>1.17488</v>
       </c>
       <c r="E24">
-        <v>1.15564</v>
+        <v>1.17714</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
         <v>25</v>
       </c>
       <c r="B25">
-        <v>1.15291</v>
+        <v>1.17767</v>
       </c>
       <c r="C25">
-        <v>1.15906</v>
+        <v>1.17962</v>
       </c>
       <c r="D25">
-        <v>1.15289</v>
+        <v>1.17609</v>
       </c>
       <c r="E25">
-        <v>1.15637</v>
+        <v>1.17609</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
         <v>26</v>
       </c>
       <c r="B26">
-        <v>1.14763</v>
+        <v>1.17807</v>
       </c>
       <c r="C26">
-        <v>1.15519</v>
+        <v>1.18075</v>
       </c>
       <c r="D26">
-        <v>1.14763</v>
+        <v>1.17719</v>
       </c>
       <c r="E26">
-        <v>1.15465</v>
+        <v>1.17762</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
         <v>27</v>
       </c>
       <c r="B27">
-        <v>1.14801</v>
+        <v>1.17587</v>
       </c>
       <c r="C27">
-        <v>1.14975</v>
+        <v>1.18014</v>
       </c>
       <c r="D27">
-        <v>1.14683</v>
+        <v>1.17467</v>
       </c>
       <c r="E27">
-        <v>1.1492</v>
+        <v>1.17924</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
         <v>28</v>
       </c>
       <c r="B28">
-        <v>1.15183</v>
+        <v>1.17132</v>
       </c>
       <c r="C28">
-        <v>1.1533</v>
+        <v>1.17687</v>
       </c>
       <c r="D28">
-        <v>1.14726</v>
+        <v>1.17054</v>
       </c>
       <c r="E28">
-        <v>1.14816</v>
+        <v>1.1761</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" t="s">
         <v>29</v>
       </c>
       <c r="B29">
-        <v>1.15332</v>
+        <v>1.17201</v>
       </c>
       <c r="C29">
-        <v>1.15408</v>
+        <v>1.17372</v>
       </c>
       <c r="D29">
-        <v>1.15045</v>
+        <v>1.17019</v>
       </c>
       <c r="E29">
-        <v>1.1518</v>
+        <v>1.17092</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" t="s">
         <v>30</v>
       </c>
       <c r="B30">
-        <v>1.15609</v>
+        <v>1.17385</v>
       </c>
       <c r="C30">
-        <v>1.1577</v>
+        <v>1.1762</v>
       </c>
       <c r="D30">
-        <v>1.1521</v>
+        <v>1.17119</v>
       </c>
       <c r="E30">
-        <v>1.15251</v>
+        <v>1.17228</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" t="s">
         <v>31</v>
       </c>
       <c r="B31">
-        <v>1.15983</v>
+        <v>1.17398</v>
       </c>
       <c r="C31">
-        <v>1.16369</v>
+        <v>1.17574</v>
       </c>
       <c r="D31">
-        <v>1.15464</v>
+        <v>1.17024</v>
       </c>
       <c r="E31">
-        <v>1.15644</v>
+        <v>1.17397</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
         <v>32</v>
       </c>
       <c r="B32">
-        <v>1.16497</v>
+        <v>1.17514</v>
       </c>
       <c r="C32">
-        <v>1.16654</v>
+        <v>1.18034</v>
       </c>
       <c r="D32">
-        <v>1.15771</v>
+        <v>1.17341</v>
       </c>
       <c r="E32">
-        <v>1.16</v>
+        <v>1.17461</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
         <v>33</v>
       </c>
       <c r="B33">
-        <v>1.16437</v>
+        <v>1.17384</v>
       </c>
       <c r="C33">
-        <v>1.16681</v>
+        <v>1.17683</v>
       </c>
       <c r="D33">
-        <v>1.16251</v>
+        <v>1.17258</v>
       </c>
       <c r="E33">
-        <v>1.16515</v>
+        <v>1.17528</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" t="s">
         <v>34</v>
       </c>
       <c r="B34">
-        <v>1.16292</v>
+        <v>1.17285</v>
       </c>
       <c r="C34">
-        <v>1.16517</v>
+        <v>1.17493</v>
       </c>
       <c r="D34">
-        <v>1.16172</v>
+        <v>1.1719</v>
       </c>
       <c r="E34">
-        <v>1.16434</v>
+        <v>1.17386</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" t="s">
         <v>35</v>
       </c>
       <c r="B35">
-        <v>1.16171</v>
+        <v>1.16929</v>
       </c>
       <c r="C35">
-        <v>1.16471</v>
+        <v>1.17622</v>
       </c>
       <c r="D35">
-        <v>1.16003</v>
+        <v>1.16816</v>
       </c>
       <c r="E35">
-        <v>1.1631</v>
+        <v>1.17376</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" t="s">
         <v>36</v>
       </c>
       <c r="B36">
-        <v>1.16035</v>
+        <v>1.16251</v>
       </c>
       <c r="C36">
-        <v>1.16195</v>
+        <v>1.16992</v>
       </c>
       <c r="D36">
-        <v>1.15849</v>
+        <v>1.16209</v>
       </c>
       <c r="E36">
-        <v>1.16175</v>
+        <v>1.16947</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" t="s">
         <v>37</v>
       </c>
       <c r="B37">
-        <v>1.15966</v>
+        <v>1.16224</v>
       </c>
       <c r="C37">
-        <v>1.1622</v>
+        <v>1.16567</v>
       </c>
       <c r="D37">
-        <v>1.15764</v>
+        <v>1.16144</v>
       </c>
       <c r="E37">
-        <v>1.16087</v>
+        <v>1.16257</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
         <v>38</v>
       </c>
       <c r="B38">
-        <v>1.16295</v>
+        <v>1.16423</v>
       </c>
       <c r="C38">
-        <v>1.16547</v>
+        <v>1.16715</v>
       </c>
       <c r="D38">
-        <v>1.15971</v>
+        <v>1.16159</v>
       </c>
       <c r="E38">
-        <v>1.15987</v>
+        <v>1.16361</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
         <v>39</v>
       </c>
       <c r="B39">
-        <v>1.16585</v>
+        <v>1.16353</v>
       </c>
       <c r="C39">
-        <v>1.16751</v>
+        <v>1.16711</v>
       </c>
       <c r="D39">
-        <v>1.16381</v>
+        <v>1.16274</v>
       </c>
       <c r="E39">
-        <v>1.16403</v>
+        <v>1.16436</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" t="s">
         <v>40</v>
       </c>
       <c r="B40">
-        <v>1.16867</v>
+        <v>1.1669</v>
       </c>
       <c r="C40">
-        <v>1.17279</v>
+        <v>1.16813</v>
       </c>
       <c r="D40">
-        <v>1.16561</v>
+        <v>1.16405</v>
       </c>
       <c r="E40">
-        <v>1.16701</v>
+        <v>1.1644</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
         <v>41</v>
       </c>
       <c r="B41">
-        <v>1.16417</v>
+        <v>1.1608</v>
       </c>
       <c r="C41">
-        <v>1.16936</v>
+        <v>1.1677</v>
       </c>
       <c r="D41">
-        <v>1.1636</v>
+        <v>1.1608</v>
       </c>
       <c r="E41">
-        <v>1.16869</v>
+        <v>1.16701</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" t="s">
         <v>42</v>
       </c>
       <c r="B42">
-        <v>1.16034</v>
+        <v>1.16086</v>
       </c>
       <c r="C42">
-        <v>1.16472</v>
+        <v>1.16252</v>
       </c>
       <c r="D42">
-        <v>1.15989</v>
+        <v>1.15906</v>
       </c>
       <c r="E42">
-        <v>1.16464</v>
+        <v>1.16243</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" t="s">
         <v>43</v>
       </c>
       <c r="B43">
-        <v>1.15567</v>
+        <v>1.15986</v>
       </c>
       <c r="C43">
-        <v>1.16144</v>
+        <v>1.16514</v>
       </c>
       <c r="D43">
-        <v>1.1542</v>
+        <v>1.15889</v>
       </c>
       <c r="E43">
-        <v>1.16069</v>
+        <v>1.16081</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
         <v>44</v>
       </c>
       <c r="B44">
-        <v>1.16075</v>
+        <v>1.15944</v>
       </c>
       <c r="C44">
-        <v>1.16293</v>
+        <v>1.16069</v>
       </c>
       <c r="D44">
-        <v>1.1557</v>
+        <v>1.15546</v>
       </c>
       <c r="E44">
-        <v>1.15696</v>
+        <v>1.16</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" t="s">
         <v>45</v>
       </c>
       <c r="B45">
-        <v>1.15618</v>
+        <v>1.15939</v>
       </c>
       <c r="C45">
-        <v>1.16302</v>
+        <v>1.1613</v>
       </c>
       <c r="D45">
-        <v>1.15494</v>
+        <v>1.1576</v>
       </c>
       <c r="E45">
-        <v>1.16121</v>
+        <v>1.15951</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" t="s">
         <v>46</v>
       </c>
       <c r="B46">
-        <v>1.16225</v>
+        <v>1.15649</v>
       </c>
       <c r="C46">
-        <v>1.16476</v>
+        <v>1.16003</v>
       </c>
       <c r="D46">
-        <v>1.15415</v>
+        <v>1.15466</v>
       </c>
       <c r="E46">
-        <v>1.15638</v>
+        <v>1.15962</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" t="s">
         <v>47</v>
       </c>
       <c r="B47">
-        <v>1.1644</v>
+        <v>1.15138</v>
       </c>
       <c r="C47">
-        <v>1.16608</v>
+        <v>1.15854</v>
       </c>
       <c r="D47">
-        <v>1.1598</v>
+        <v>1.1511</v>
       </c>
       <c r="E47">
-        <v>1.16278</v>
+        <v>1.15688</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
         <v>48</v>
       </c>
       <c r="B48">
-        <v>1.17076</v>
+        <v>1.15079</v>
       </c>
       <c r="C48">
-        <v>1.17142</v>
+        <v>1.155</v>
       </c>
       <c r="D48">
-        <v>1.1647</v>
+        <v>1.15014</v>
       </c>
       <c r="E48">
-        <v>1.16567</v>
+        <v>1.15204</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
         <v>49</v>
       </c>
       <c r="B49">
-        <v>1.17096</v>
+        <v>1.15267</v>
       </c>
       <c r="C49">
-        <v>1.17303</v>
+        <v>1.1552</v>
       </c>
       <c r="D49">
-        <v>1.16513</v>
+        <v>1.14906</v>
       </c>
       <c r="E49">
-        <v>1.17115</v>
+        <v>1.1517</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
         <v>50</v>
       </c>
       <c r="B50">
-        <v>1.1713</v>
+        <v>1.15364</v>
       </c>
       <c r="C50">
-        <v>1.1713</v>
+        <v>1.15494</v>
       </c>
       <c r="D50">
-        <v>1.17069</v>
+        <v>1.14984</v>
       </c>
       <c r="E50">
-        <v>1.17405</v>
+        <v>1.15278</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
         <v>51</v>
       </c>
       <c r="B51">
-        <v>1.17276</v>
+        <v>1.15797</v>
       </c>
       <c r="C51">
-        <v>1.17578</v>
+        <v>1.15967</v>
       </c>
       <c r="D51">
-        <v>1.16825</v>
+        <v>1.15175</v>
       </c>
       <c r="E51">
-        <v>1.17155</v>
+        <v>1.15377</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" t="s">
         <v>52</v>
       </c>
       <c r="B52">
-        <v>1.17323</v>
+        <v>1.15789</v>
       </c>
       <c r="C52">
-        <v>1.17781</v>
+        <v>1.16073</v>
       </c>
       <c r="D52">
-        <v>1.17149</v>
+        <v>1.15708</v>
       </c>
       <c r="E52">
-        <v>1.17296</v>
+        <v>1.15797</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" t="s">
         <v>53</v>
       </c>
       <c r="B53">
-        <v>1.17139</v>
+        <v>1.16203</v>
       </c>
       <c r="C53">
-        <v>1.17609</v>
+        <v>1.16207</v>
       </c>
       <c r="D53">
-        <v>1.17116</v>
+        <v>1.15814</v>
       </c>
       <c r="E53">
-        <v>1.17327</v>
+        <v>1.15914</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
         <v>54</v>
       </c>
       <c r="B54">
-        <v>1.17075</v>
+        <v>1.16314</v>
       </c>
       <c r="C54">
-        <v>1.1754</v>
+        <v>1.16532</v>
       </c>
       <c r="D54">
-        <v>1.1754</v>
+        <v>1.16055</v>
       </c>
       <c r="E54">
-        <v>1.17263</v>
+        <v>1.162</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" t="s">
         <v>55</v>
       </c>
       <c r="B55">
-        <v>1.16632</v>
+        <v>1.15915</v>
       </c>
       <c r="C55">
-        <v>1.17053</v>
+        <v>1.16556</v>
       </c>
       <c r="D55">
-        <v>1.16539</v>
+        <v>1.15783</v>
       </c>
       <c r="E55">
-        <v>1.17053</v>
+        <v>1.16333</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" t="s">
         <v>56</v>
       </c>
       <c r="B56">
-        <v>1.17348</v>
+        <v>1.15803</v>
       </c>
       <c r="C56">
-        <v>1.17534</v>
+        <v>1.15972</v>
       </c>
       <c r="D56">
-        <v>1.16451</v>
+        <v>1.15624</v>
       </c>
       <c r="E56">
-        <v>1.16646</v>
+        <v>1.15915</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
         <v>57</v>
       </c>
       <c r="B57">
-        <v>1.18127</v>
+        <v>1.15549</v>
       </c>
       <c r="C57">
-        <v>1.18184</v>
+        <v>1.16051</v>
       </c>
       <c r="D57">
-        <v>1.17275</v>
+        <v>1.15449</v>
       </c>
       <c r="E57">
-        <v>1.1737</v>
+        <v>1.15814</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" t="s">
         <v>58</v>
       </c>
       <c r="B58">
-        <v>1.18029</v>
+        <v>1.15468</v>
       </c>
       <c r="C58">
-        <v>1.18029</v>
+        <v>1.15825</v>
       </c>
       <c r="D58">
-        <v>1.17773</v>
+        <v>1.15406</v>
       </c>
       <c r="E58">
-        <v>1.18137</v>
+        <v>1.15564</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" t="s">
         <v>59</v>
       </c>
       <c r="B59">
-        <v>1.17384</v>
+        <v>1.15291</v>
       </c>
       <c r="C59">
-        <v>1.1802</v>
+        <v>1.15906</v>
       </c>
       <c r="D59">
-        <v>1.17256</v>
+        <v>1.15289</v>
       </c>
       <c r="E59">
-        <v>1.18015</v>
+        <v>1.15637</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" t="s">
         <v>60</v>
       </c>
       <c r="B60">
-        <v>1.17822</v>
+        <v>1.14763</v>
       </c>
       <c r="C60">
-        <v>1.17919</v>
+        <v>1.15519</v>
       </c>
       <c r="D60">
-        <v>1.17282</v>
+        <v>1.14763</v>
       </c>
       <c r="E60">
-        <v>1.17471</v>
+        <v>1.15465</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" t="s">
         <v>61</v>
       </c>
       <c r="B61">
-        <v>1.18115</v>
+        <v>1.14801</v>
       </c>
       <c r="C61">
-        <v>1.18477</v>
+        <v>1.14975</v>
       </c>
       <c r="D61">
-        <v>1.17495</v>
+        <v>1.14683</v>
       </c>
       <c r="E61">
-        <v>1.17853</v>
+        <v>1.1492</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" t="s">
         <v>62</v>
       </c>
       <c r="B62">
-        <v>1.18661</v>
+        <v>1.15183</v>
       </c>
       <c r="C62">
-        <v>1.19183</v>
+        <v>1.1533</v>
       </c>
       <c r="D62">
-        <v>1.18074</v>
+        <v>1.14726</v>
       </c>
       <c r="E62">
-        <v>1.18125</v>
+        <v>1.14816</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
         <v>63</v>
       </c>
       <c r="B63">
-        <v>1.17593</v>
+        <v>1.15332</v>
       </c>
       <c r="C63">
-        <v>1.18778</v>
+        <v>1.15408</v>
       </c>
       <c r="D63">
-        <v>1.17569</v>
+        <v>1.15045</v>
       </c>
       <c r="E63">
-        <v>1.18664</v>
+        <v>1.1518</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
         <v>64</v>
       </c>
       <c r="B64">
-        <v>1.17274</v>
+        <v>1.15609</v>
       </c>
       <c r="C64">
-        <v>1.17739</v>
+        <v>1.1577</v>
       </c>
       <c r="D64">
-        <v>1.17156</v>
+        <v>1.1521</v>
       </c>
       <c r="E64">
-        <v>1.17602</v>
+        <v>1.15251</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" t="s">
         <v>65</v>
       </c>
       <c r="B65">
-        <v>1.17329</v>
+        <v>1.15983</v>
       </c>
       <c r="C65">
-        <v>1.17472</v>
+        <v>1.16369</v>
       </c>
       <c r="D65">
-        <v>1.17005</v>
+        <v>1.15464</v>
       </c>
       <c r="E65">
-        <v>1.17358</v>
+        <v>1.15644</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" t="s">
         <v>66</v>
       </c>
       <c r="B66">
-        <v>1.16817</v>
+        <v>1.16497</v>
       </c>
       <c r="C66">
-        <v>1.17455</v>
+        <v>1.16654</v>
       </c>
       <c r="D66">
-        <v>1.16601</v>
+        <v>1.15771</v>
       </c>
       <c r="E66">
-        <v>1.17351</v>
+        <v>1.16</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" t="s">
         <v>67</v>
       </c>
       <c r="B67">
-        <v>1.17065</v>
+        <v>1.16437</v>
       </c>
       <c r="C67">
-        <v>1.17296</v>
+        <v>1.16681</v>
       </c>
       <c r="D67">
-        <v>1.16816</v>
+        <v>1.16251</v>
       </c>
       <c r="E67">
-        <v>1.1694</v>
+        <v>1.16515</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" t="s">
         <v>68</v>
       </c>
       <c r="B68">
-        <v>1.17577</v>
+        <v>1.16292</v>
       </c>
       <c r="C68">
-        <v>1.17794</v>
+        <v>1.16517</v>
       </c>
       <c r="D68">
-        <v>1.17031</v>
+        <v>1.16172</v>
       </c>
       <c r="E68">
-        <v>1.17091</v>
+        <v>1.16434</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" t="s">
         <v>69</v>
       </c>
       <c r="B69">
-        <v>1.17097</v>
+        <v>1.16171</v>
       </c>
       <c r="C69">
-        <v>1.17651</v>
+        <v>1.16471</v>
       </c>
       <c r="D69">
-        <v>1.17044</v>
+        <v>1.16003</v>
       </c>
       <c r="E69">
-        <v>1.17621</v>
+        <v>1.1631</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" t="s">
         <v>70</v>
       </c>
       <c r="B70">
-        <v>1.16329</v>
+        <v>1.16035</v>
       </c>
       <c r="C70">
-        <v>1.1759</v>
+        <v>1.16195</v>
       </c>
       <c r="D70">
-        <v>1.16324</v>
+        <v>1.15849</v>
       </c>
       <c r="E70">
-        <v>1.17174</v>
+        <v>1.16175</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" t="s">
         <v>71</v>
       </c>
       <c r="B71">
-        <v>1.16475</v>
+        <v>1.15966</v>
       </c>
       <c r="C71">
-        <v>1.16688</v>
+        <v>1.1622</v>
       </c>
       <c r="D71">
-        <v>1.16294</v>
+        <v>1.15764</v>
       </c>
       <c r="E71">
-        <v>1.16502</v>
+        <v>1.16087</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" t="s">
         <v>72</v>
       </c>
       <c r="B72">
-        <v>1.16352</v>
+        <v>1.16295</v>
       </c>
       <c r="C72">
-        <v>1.16816</v>
+        <v>1.16547</v>
       </c>
       <c r="D72">
-        <v>1.16074</v>
+        <v>1.15971</v>
       </c>
       <c r="E72">
-        <v>1.166</v>
+        <v>1.15987</v>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" t="s">
         <v>73</v>
       </c>
       <c r="B73">
-        <v>1.17096</v>
+        <v>1.16585</v>
       </c>
       <c r="C73">
-        <v>1.17179</v>
+        <v>1.16751</v>
       </c>
       <c r="D73">
-        <v>1.16123</v>
+        <v>1.16381</v>
       </c>
       <c r="E73">
-        <v>1.16405</v>
+        <v>1.16403</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="A74" t="s">
         <v>74</v>
       </c>
       <c r="B74">
         <v>1.16867</v>
       </c>
       <c r="C74">
-        <v>1.17357</v>
+        <v>1.17279</v>
       </c>
       <c r="D74">
-        <v>1.16867</v>
+        <v>1.16561</v>
       </c>
       <c r="E74">
-        <v>1.17103</v>
+        <v>1.16701</v>
       </c>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" t="s">
         <v>75</v>
       </c>
       <c r="B75">
-        <v>1.16777</v>
+        <v>1.16417</v>
       </c>
       <c r="C75">
-        <v>1.17082</v>
+        <v>1.16936</v>
       </c>
       <c r="D75">
-        <v>1.16503</v>
+        <v>1.1636</v>
       </c>
       <c r="E75">
-        <v>1.16977</v>
+        <v>1.16869</v>
       </c>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" t="s">
         <v>76</v>
       </c>
       <c r="B76">
-        <v>1.16364</v>
+        <v>1.16034</v>
       </c>
       <c r="C76">
-        <v>1.16968</v>
+        <v>1.16472</v>
       </c>
       <c r="D76">
-        <v>1.16132</v>
+        <v>1.15989</v>
       </c>
       <c r="E76">
-        <v>1.16815</v>
+        <v>1.16464</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" t="s">
         <v>77</v>
       </c>
       <c r="B77">
-        <v>1.16401</v>
+        <v>1.15567</v>
       </c>
       <c r="C77">
-        <v>1.16471</v>
+        <v>1.16144</v>
       </c>
       <c r="D77">
-        <v>1.15734</v>
+        <v>1.1542</v>
       </c>
       <c r="E77">
-        <v>1.16365</v>
+        <v>1.16069</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" t="s">
         <v>78</v>
       </c>
       <c r="B78">
-        <v>1.16149</v>
+        <v>1.16075</v>
       </c>
       <c r="C78">
-        <v>1.16648</v>
+        <v>1.16293</v>
       </c>
       <c r="D78">
-        <v>1.16016</v>
+        <v>1.1557</v>
       </c>
       <c r="E78">
-        <v>1.16398</v>
+        <v>1.15696</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" t="s">
         <v>79</v>
       </c>
       <c r="B79">
-        <v>1.1708</v>
+        <v>1.15618</v>
       </c>
       <c r="C79">
-        <v>1.17199</v>
+        <v>1.16302</v>
       </c>
       <c r="D79">
-        <v>1.16022</v>
+        <v>1.15494</v>
       </c>
       <c r="E79">
-        <v>1.16187</v>
+        <v>1.16121</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" t="s">
         <v>80</v>
       </c>
       <c r="B80">
-        <v>1.16037</v>
+        <v>1.16225</v>
       </c>
       <c r="C80">
-        <v>1.1742</v>
+        <v>1.16476</v>
       </c>
       <c r="D80">
-        <v>1.15826</v>
+        <v>1.15415</v>
       </c>
       <c r="E80">
-        <v>1.17195</v>
+        <v>1.15638</v>
       </c>
     </row>
     <row r="81" spans="1:5">
       <c r="A81" t="s">
         <v>81</v>
       </c>
       <c r="B81">
-        <v>1.16503</v>
+        <v>1.1644</v>
       </c>
       <c r="C81">
-        <v>1.16624</v>
+        <v>1.16608</v>
       </c>
       <c r="D81">
-        <v>1.16004</v>
+        <v>1.1598</v>
       </c>
       <c r="E81">
-        <v>1.16053</v>
+        <v>1.16278</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" t="s">
         <v>82</v>
       </c>
       <c r="B82">
-        <v>1.16428</v>
+        <v>1.17076</v>
       </c>
       <c r="C82">
-        <v>1.16731</v>
+        <v>1.17142</v>
       </c>
       <c r="D82">
-        <v>1.16216</v>
+        <v>1.1647</v>
       </c>
       <c r="E82">
-        <v>1.16496</v>
+        <v>1.16567</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" t="s">
         <v>83</v>
       </c>
       <c r="B83">
-        <v>1.16462</v>
+        <v>1.17096</v>
       </c>
       <c r="C83">
-        <v>1.16923</v>
+        <v>1.17303</v>
       </c>
       <c r="D83">
-        <v>1.16384</v>
+        <v>1.16513</v>
       </c>
       <c r="E83">
-        <v>1.16459</v>
+        <v>1.17115</v>
       </c>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" t="s">
         <v>84</v>
       </c>
       <c r="B84">
-        <v>1.17067</v>
+        <v>1.1713</v>
       </c>
       <c r="C84">
-        <v>1.171</v>
+        <v>1.1713</v>
       </c>
       <c r="D84">
-        <v>1.16554</v>
+        <v>1.17069</v>
       </c>
       <c r="E84">
-        <v>1.16603</v>
+        <v>1.17405</v>
       </c>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" t="s">
         <v>85</v>
       </c>
       <c r="B85">
-        <v>1.16426</v>
+        <v>1.17276</v>
       </c>
       <c r="C85">
-        <v>1.17147</v>
+        <v>1.17578</v>
       </c>
       <c r="D85">
-        <v>1.16416</v>
+        <v>1.16825</v>
       </c>
       <c r="E85">
-        <v>1.17004</v>
+        <v>1.17155</v>
       </c>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" t="s">
         <v>86</v>
       </c>
       <c r="B86">
-        <v>1.16957</v>
+        <v>1.17323</v>
       </c>
       <c r="C86">
-        <v>1.17146</v>
+        <v>1.17781</v>
       </c>
       <c r="D86">
-        <v>1.16304</v>
+        <v>1.17149</v>
       </c>
       <c r="E86">
-        <v>1.16476</v>
+        <v>1.17296</v>
       </c>
     </row>
     <row r="87" spans="1:5">
       <c r="A87" t="s">
         <v>87</v>
       </c>
       <c r="B87">
-        <v>1.16741</v>
+        <v>1.17139</v>
       </c>
       <c r="C87">
-        <v>1.17297</v>
+        <v>1.17609</v>
       </c>
       <c r="D87">
-        <v>1.1665</v>
+        <v>1.17116</v>
       </c>
       <c r="E87">
-        <v>1.17038</v>
+        <v>1.17327</v>
       </c>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" t="s">
         <v>88</v>
       </c>
       <c r="B88">
-        <v>1.16141</v>
+        <v>1.17075</v>
       </c>
       <c r="C88">
-        <v>1.16967</v>
+        <v>1.1754</v>
       </c>
       <c r="D88">
-        <v>1.15979</v>
+        <v>1.1754</v>
       </c>
       <c r="E88">
-        <v>1.16724</v>
+        <v>1.17263</v>
       </c>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" t="s">
         <v>89</v>
       </c>
       <c r="B89">
-        <v>1.16487</v>
+        <v>1.16632</v>
       </c>
       <c r="C89">
-        <v>1.1675</v>
+        <v>1.17053</v>
       </c>
       <c r="D89">
-        <v>1.15894</v>
+        <v>1.16539</v>
       </c>
       <c r="E89">
-        <v>1.16152</v>
+        <v>1.17053</v>
       </c>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" t="s">
         <v>90</v>
       </c>
       <c r="B90">
-        <v>1.16638</v>
+        <v>1.17348</v>
       </c>
       <c r="C90">
-        <v>1.16788</v>
+        <v>1.17534</v>
       </c>
       <c r="D90">
-        <v>1.16281</v>
+        <v>1.16451</v>
       </c>
       <c r="E90">
-        <v>1.16418</v>
+        <v>1.16646</v>
       </c>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" t="s">
         <v>91</v>
       </c>
       <c r="B91">
-        <v>1.16583</v>
+        <v>1.18127</v>
       </c>
       <c r="C91">
-        <v>1.16983</v>
+        <v>1.18184</v>
       </c>
       <c r="D91">
-        <v>1.16104</v>
+        <v>1.17275</v>
       </c>
       <c r="E91">
-        <v>1.16635</v>
+        <v>1.1737</v>
       </c>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" t="s">
         <v>92</v>
       </c>
       <c r="B92">
-        <v>1.15594</v>
+        <v>1.18029</v>
       </c>
       <c r="C92">
-        <v>1.16681</v>
+        <v>1.18029</v>
       </c>
       <c r="D92">
-        <v>1.15594</v>
+        <v>1.17773</v>
       </c>
       <c r="E92">
-        <v>1.16593</v>
+        <v>1.18137</v>
       </c>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" t="s">
         <v>93</v>
       </c>
       <c r="B93">
-        <v>1.15659</v>
+        <v>1.17384</v>
       </c>
       <c r="C93">
-        <v>1.15872</v>
+        <v>1.1802</v>
       </c>
       <c r="D93">
-        <v>1.15271</v>
+        <v>1.17256</v>
       </c>
       <c r="E93">
-        <v>1.15743</v>
+        <v>1.18015</v>
       </c>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" t="s">
         <v>94</v>
       </c>
       <c r="B94">
-        <v>1.15796</v>
+        <v>1.17822</v>
       </c>
       <c r="C94">
-        <v>1.15896</v>
+        <v>1.17919</v>
       </c>
       <c r="D94">
-        <v>1.15491</v>
+        <v>1.17282</v>
       </c>
       <c r="E94">
-        <v>1.15717</v>
+        <v>1.17471</v>
       </c>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" t="s">
         <v>95</v>
       </c>
       <c r="B95">
-        <v>1.14112</v>
+        <v>1.18115</v>
       </c>
       <c r="C95">
-        <v>1.15877</v>
+        <v>1.18477</v>
       </c>
       <c r="D95">
-        <v>1.13911</v>
+        <v>1.17495</v>
       </c>
       <c r="E95">
-        <v>1.15684</v>
+        <v>1.17853</v>
       </c>
     </row>
     <row r="96" spans="1:5">
       <c r="A96" t="s">
         <v>96</v>
       </c>
       <c r="B96">
-        <v>1.14027</v>
+        <v>1.18661</v>
       </c>
       <c r="C96">
-        <v>1.14604</v>
+        <v>1.19183</v>
       </c>
       <c r="D96">
-        <v>1.13985</v>
+        <v>1.18074</v>
       </c>
       <c r="E96">
-        <v>1.14129</v>
+        <v>1.18125</v>
       </c>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" t="s">
         <v>97</v>
       </c>
       <c r="B97">
-        <v>1.15424</v>
+        <v>1.17593</v>
       </c>
       <c r="C97">
-        <v>1.15722</v>
+        <v>1.18778</v>
       </c>
       <c r="D97">
-        <v>1.13996</v>
+        <v>1.17569</v>
       </c>
       <c r="E97">
-        <v>1.14025</v>
+        <v>1.18664</v>
       </c>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" t="s">
         <v>98</v>
       </c>
       <c r="B98">
-        <v>1.15853</v>
+        <v>1.17274</v>
       </c>
       <c r="C98">
-        <v>1.15993</v>
+        <v>1.17739</v>
       </c>
       <c r="D98">
-        <v>1.15183</v>
+        <v>1.17156</v>
       </c>
       <c r="E98">
-        <v>1.15446</v>
+        <v>1.17602</v>
       </c>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" t="s">
         <v>99</v>
       </c>
       <c r="B99">
-        <v>1.1759</v>
+        <v>1.17329</v>
       </c>
       <c r="C99">
-        <v>1.17698</v>
+        <v>1.17472</v>
       </c>
       <c r="D99">
-        <v>1.15832</v>
+        <v>1.17005</v>
       </c>
       <c r="E99">
-        <v>1.15879</v>
+        <v>1.17358</v>
       </c>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" t="s">
         <v>100</v>
       </c>
       <c r="B100">
-        <v>1.1748</v>
+        <v>1.16817</v>
       </c>
       <c r="C100">
-        <v>1.17602</v>
+        <v>1.17455</v>
       </c>
       <c r="D100">
-        <v>1.17023</v>
+        <v>1.16601</v>
       </c>
       <c r="E100">
-        <v>1.17432</v>
+        <v>1.17351</v>
       </c>
     </row>
     <row r="101" spans="1:5">
       <c r="A101" t="s">
         <v>101</v>
       </c>
       <c r="B101">
-        <v>1.17644</v>
+        <v>1.17065</v>
       </c>
       <c r="C101">
-        <v>1.17881</v>
+        <v>1.17296</v>
       </c>
       <c r="D101">
-        <v>1.17298</v>
+        <v>1.16816</v>
       </c>
       <c r="E101">
-        <v>1.17483</v>
+        <v>1.1694</v>
       </c>
     </row>
     <row r="102" spans="1:5">
       <c r="A102" t="s">
         <v>102</v>
       </c>
       <c r="B102">
-        <v>1.17501</v>
+        <v>1.17577</v>
       </c>
       <c r="C102">
-        <v>1.17746</v>
+        <v>1.17794</v>
       </c>
       <c r="D102">
-        <v>1.17103</v>
+        <v>1.17031</v>
       </c>
       <c r="E102">
-        <v>1.17723</v>
+        <v>1.17091</v>
       </c>
     </row>
     <row r="103" spans="1:5">
       <c r="A103" t="s">
         <v>103</v>
       </c>
       <c r="B103">
-        <v>1.16856</v>
+        <v>1.17097</v>
       </c>
       <c r="C103">
-        <v>1.17599</v>
+        <v>1.17651</v>
       </c>
       <c r="D103">
-        <v>1.16784</v>
+        <v>1.17044</v>
       </c>
       <c r="E103">
-        <v>1.17535</v>
+        <v>1.17621</v>
       </c>
     </row>
     <row r="104" spans="1:5">
       <c r="A104" t="s">
         <v>104</v>
       </c>
       <c r="B104">
-        <v>1.16297</v>
+        <v>1.16329</v>
       </c>
       <c r="C104">
-        <v>1.17162</v>
+        <v>1.1759</v>
       </c>
       <c r="D104">
-        <v>1.16139</v>
+        <v>1.16324</v>
       </c>
       <c r="E104">
-        <v>1.16944</v>
+        <v>1.17174</v>
       </c>
     </row>
     <row r="105" spans="1:5">
       <c r="A105" t="s">
         <v>105</v>
       </c>
       <c r="B105">
-        <v>1.15935</v>
+        <v>1.16475</v>
       </c>
       <c r="C105">
-        <v>1.16713</v>
+        <v>1.16688</v>
       </c>
       <c r="D105">
-        <v>1.15813</v>
+        <v>1.16294</v>
       </c>
       <c r="E105">
-        <v>1.16219</v>
+        <v>1.16502</v>
       </c>
     </row>
     <row r="106" spans="1:5">
       <c r="A106" t="s">
         <v>106</v>
       </c>
       <c r="B106">
-        <v>1.163</v>
+        <v>1.16352</v>
       </c>
       <c r="C106">
-        <v>1.16419</v>
+        <v>1.16816</v>
       </c>
       <c r="D106">
-        <v>1.15556</v>
+        <v>1.16074</v>
       </c>
       <c r="E106">
-        <v>1.15969</v>
+        <v>1.166</v>
       </c>
     </row>
     <row r="107" spans="1:5">
       <c r="A107" t="s">
         <v>107</v>
       </c>
       <c r="B107">
-        <v>1.15985</v>
+        <v>1.17096</v>
       </c>
       <c r="C107">
-        <v>1.17209</v>
+        <v>1.17179</v>
       </c>
       <c r="D107">
-        <v>1.15618</v>
+        <v>1.16123</v>
       </c>
       <c r="E107">
-        <v>1.16392</v>
+        <v>1.16405</v>
       </c>
     </row>
     <row r="108" spans="1:5">
       <c r="A108" t="s">
         <v>108</v>
       </c>
       <c r="B108">
-        <v>1.16626</v>
+        <v>1.16867</v>
       </c>
       <c r="C108">
-        <v>1.16922</v>
+        <v>1.17357</v>
       </c>
       <c r="D108">
-        <v>1.15923</v>
+        <v>1.16867</v>
       </c>
       <c r="E108">
-        <v>1.16016</v>
+        <v>1.17103</v>
       </c>
     </row>
     <row r="109" spans="1:5">
       <c r="A109" t="s">
         <v>109</v>
       </c>
       <c r="B109">
-        <v>1.16767</v>
+        <v>1.16777</v>
       </c>
       <c r="C109">
-        <v>1.16971</v>
+        <v>1.17082</v>
       </c>
       <c r="D109">
-        <v>1.16537</v>
+        <v>1.16503</v>
       </c>
       <c r="E109">
-        <v>1.16647</v>
+        <v>1.16977</v>
       </c>
     </row>
     <row r="110" spans="1:5">
       <c r="A110" t="s">
         <v>110</v>
       </c>
       <c r="B110">
-        <v>1.16991</v>
+        <v>1.16364</v>
       </c>
       <c r="C110">
-        <v>1.17135</v>
+        <v>1.16968</v>
       </c>
       <c r="D110">
-        <v>1.16641</v>
+        <v>1.16132</v>
       </c>
       <c r="E110">
-        <v>1.16874</v>
+        <v>1.16815</v>
       </c>
     </row>
     <row r="111" spans="1:5">
       <c r="A111" t="s">
         <v>111</v>
       </c>
       <c r="B111">
-        <v>1.17088</v>
+        <v>1.16401</v>
       </c>
       <c r="C111">
-        <v>1.17491</v>
+        <v>1.16471</v>
       </c>
       <c r="D111">
-        <v>1.1662</v>
+        <v>1.15734</v>
       </c>
       <c r="E111">
-        <v>1.16994</v>
+        <v>1.16365</v>
       </c>
     </row>
     <row r="112" spans="1:5">
       <c r="A112" t="s">
         <v>112</v>
       </c>
       <c r="B112">
-        <v>1.17069</v>
+        <v>1.16149</v>
       </c>
       <c r="C112">
-        <v>1.17289</v>
+        <v>1.16648</v>
       </c>
       <c r="D112">
-        <v>1.1689</v>
+        <v>1.16016</v>
       </c>
       <c r="E112">
-        <v>1.17216</v>
+        <v>1.16398</v>
       </c>
     </row>
     <row r="113" spans="1:5">
       <c r="A113" t="s">
         <v>113</v>
       </c>
       <c r="B113">
-        <v>1.17067</v>
+        <v>1.1708</v>
       </c>
       <c r="C113">
-        <v>1.17648</v>
+        <v>1.17199</v>
       </c>
       <c r="D113">
-        <v>1.1682</v>
+        <v>1.16022</v>
       </c>
       <c r="E113">
-        <v>1.17244</v>
+        <v>1.16187</v>
       </c>
     </row>
     <row r="114" spans="1:5">
       <c r="A114" t="s">
         <v>114</v>
       </c>
       <c r="B114">
-        <v>1.17862</v>
+        <v>1.16037</v>
       </c>
       <c r="C114">
-        <v>1.17897</v>
+        <v>1.1742</v>
       </c>
       <c r="D114">
-        <v>1.16862</v>
+        <v>1.15826</v>
       </c>
       <c r="E114">
-        <v>1.17077</v>
+        <v>1.17195</v>
       </c>
     </row>
     <row r="115" spans="1:5">
       <c r="A115" t="s">
         <v>115</v>
       </c>
       <c r="B115">
-        <v>1.17541</v>
+        <v>1.16503</v>
       </c>
       <c r="C115">
-        <v>1.1787</v>
+        <v>1.16624</v>
       </c>
       <c r="D115">
-        <v>1.17496</v>
+        <v>1.16004</v>
       </c>
       <c r="E115">
-        <v>1.1774</v>
+        <v>1.16053</v>
       </c>
     </row>
     <row r="116" spans="1:5">
       <c r="A116" t="s">
         <v>116</v>
       </c>
       <c r="B116">
-        <v>1.17936</v>
+        <v>1.16428</v>
       </c>
       <c r="C116">
-        <v>1.18096</v>
+        <v>1.16731</v>
       </c>
       <c r="D116">
-        <v>1.17166</v>
+        <v>1.16216</v>
       </c>
       <c r="E116">
-        <v>1.17567</v>
+        <v>1.16496</v>
       </c>
     </row>
     <row r="117" spans="1:5">
       <c r="A117" t="s">
         <v>117</v>
       </c>
       <c r="B117">
-        <v>1.18048</v>
+        <v>1.16462</v>
       </c>
       <c r="C117">
-        <v>1.18095</v>
+        <v>1.16923</v>
       </c>
       <c r="D117">
-        <v>1.17464</v>
+        <v>1.16384</v>
       </c>
       <c r="E117">
-        <v>1.17976</v>
+        <v>1.16459</v>
       </c>
     </row>
     <row r="118" spans="1:5">
       <c r="A118" t="s">
         <v>118</v>
       </c>
       <c r="B118">
-        <v>1.17766</v>
+        <v>1.17067</v>
       </c>
       <c r="C118">
-        <v>1.18292</v>
+        <v>1.171</v>
       </c>
       <c r="D118">
-        <v>1.17609</v>
+        <v>1.16554</v>
       </c>
       <c r="E118">
-        <v>1.18046</v>
+        <v>1.16603</v>
       </c>
     </row>
     <row r="119" spans="1:5">
       <c r="A119" t="s">
         <v>119</v>
       </c>
       <c r="B119">
-        <v>1.17319</v>
+        <v>1.16426</v>
       </c>
       <c r="C119">
-        <v>1.17874</v>
+        <v>1.17147</v>
       </c>
       <c r="D119">
-        <v>1.17071</v>
+        <v>1.16416</v>
       </c>
       <c r="E119">
-        <v>1.17871</v>
+        <v>1.17004</v>
       </c>
     </row>
     <row r="120" spans="1:5">
       <c r="A120" t="s">
         <v>120</v>
       </c>
       <c r="B120">
-        <v>1.16836</v>
+        <v>1.16957</v>
       </c>
       <c r="C120">
-        <v>1.17535</v>
+        <v>1.17146</v>
       </c>
       <c r="D120">
-        <v>1.168</v>
+        <v>1.16304</v>
       </c>
       <c r="E120">
-        <v>1.17061</v>
+        <v>1.16476</v>
       </c>
     </row>
     <row r="121" spans="1:5">
       <c r="A121" t="s">
         <v>121</v>
       </c>
       <c r="B121">
-        <v>1.16566</v>
+        <v>1.16741</v>
       </c>
       <c r="C121">
-        <v>1.17443</v>
+        <v>1.17297</v>
       </c>
       <c r="D121">
-        <v>1.16513</v>
+        <v>1.1665</v>
       </c>
       <c r="E121">
-        <v>1.17007</v>
+        <v>1.17038</v>
       </c>
     </row>
     <row r="122" spans="1:5">
       <c r="A122" t="s">
         <v>122</v>
       </c>
       <c r="B122">
-        <v>1.16074</v>
+        <v>1.16141</v>
       </c>
       <c r="C122">
-        <v>1.16645</v>
+        <v>1.16967</v>
       </c>
       <c r="D122">
-        <v>1.15893</v>
+        <v>1.15979</v>
       </c>
       <c r="E122">
-        <v>1.1659</v>
+        <v>1.16724</v>
       </c>
     </row>
     <row r="123" spans="1:5">
       <c r="A123" t="s">
         <v>123</v>
       </c>
       <c r="B123">
-        <v>1.15714</v>
+        <v>1.16487</v>
       </c>
       <c r="C123">
-        <v>1.1641</v>
+        <v>1.1675</v>
       </c>
       <c r="D123">
-        <v>1.15713</v>
+        <v>1.15894</v>
       </c>
       <c r="E123">
-        <v>1.16078</v>
+        <v>1.16152</v>
       </c>
     </row>
     <row r="124" spans="1:5">
       <c r="A124" t="s">
         <v>124</v>
       </c>
       <c r="B124">
-        <v>1.14987</v>
+        <v>1.16638</v>
       </c>
       <c r="C124">
-        <v>1.15811</v>
+        <v>1.16788</v>
       </c>
       <c r="D124">
-        <v>1.14531</v>
+        <v>1.16281</v>
       </c>
       <c r="E124">
-        <v>1.15777</v>
+        <v>1.16418</v>
       </c>
     </row>
     <row r="125" spans="1:5">
       <c r="A125" t="s">
         <v>125</v>
       </c>
       <c r="B125">
-        <v>1.14898</v>
+        <v>1.16583</v>
       </c>
       <c r="C125">
-        <v>1.15435</v>
+        <v>1.16983</v>
       </c>
       <c r="D125">
-        <v>1.14876</v>
+        <v>1.16104</v>
       </c>
       <c r="E125">
-        <v>1.15152</v>
+        <v>1.16635</v>
       </c>
     </row>
     <row r="126" spans="1:5">
       <c r="A126" t="s">
         <v>126</v>
       </c>
       <c r="B126">
-        <v>1.14746</v>
+        <v>1.15594</v>
       </c>
       <c r="C126">
-        <v>1.14997</v>
+        <v>1.16681</v>
       </c>
       <c r="D126">
-        <v>1.14457</v>
+        <v>1.15594</v>
       </c>
       <c r="E126">
-        <v>1.14959</v>
+        <v>1.16593</v>
       </c>
     </row>
     <row r="127" spans="1:5">
       <c r="A127" t="s">
         <v>127</v>
       </c>
       <c r="B127">
-        <v>1.14736</v>
+        <v>1.15659</v>
       </c>
       <c r="C127">
-        <v>1.15297</v>
+        <v>1.15872</v>
       </c>
       <c r="D127">
-        <v>1.14604</v>
+        <v>1.15271</v>
       </c>
       <c r="E127">
-        <v>1.14826</v>
+        <v>1.15743</v>
       </c>
     </row>
     <row r="128" spans="1:5">
       <c r="A128" t="s">
         <v>128</v>
       </c>
       <c r="B128">
-        <v>1.1556</v>
+        <v>1.15796</v>
       </c>
       <c r="C128">
-        <v>1.15794</v>
+        <v>1.15896</v>
       </c>
       <c r="D128">
-        <v>1.14741</v>
+        <v>1.15491</v>
       </c>
       <c r="E128">
-        <v>1.14793</v>
+        <v>1.15717</v>
       </c>
     </row>
     <row r="129" spans="1:5">
       <c r="A129" t="s">
         <v>129</v>
       </c>
       <c r="B129">
-        <v>1.15336</v>
+        <v>1.14112</v>
       </c>
       <c r="C129">
-        <v>1.16142</v>
+        <v>1.15877</v>
       </c>
       <c r="D129">
-        <v>1.15231</v>
+        <v>1.13911</v>
       </c>
       <c r="E129">
-        <v>1.15586</v>
+        <v>1.15684</v>
       </c>
     </row>
     <row r="130" spans="1:5">
       <c r="A130" t="s">
         <v>130</v>
       </c>
       <c r="B130">
-        <v>1.15796</v>
+        <v>1.14027</v>
       </c>
       <c r="C130">
-        <v>1.1614</v>
+        <v>1.14604</v>
       </c>
       <c r="D130">
-        <v>1.14883</v>
+        <v>1.13985</v>
       </c>
       <c r="E130">
-        <v>1.15495</v>
+        <v>1.14129</v>
       </c>
     </row>
     <row r="131" spans="1:5">
       <c r="A131" t="s">
         <v>131</v>
       </c>
       <c r="B131">
-        <v>1.14835</v>
+        <v>1.15424</v>
       </c>
       <c r="C131">
-        <v>1.16309</v>
+        <v>1.15722</v>
       </c>
       <c r="D131">
-        <v>1.14809</v>
+        <v>1.13996</v>
       </c>
       <c r="E131">
-        <v>1.15839</v>
+        <v>1.14025</v>
       </c>
     </row>
     <row r="132" spans="1:5">
       <c r="A132" t="s">
         <v>132</v>
       </c>
       <c r="B132">
-        <v>1.14221</v>
+        <v>1.15853</v>
       </c>
       <c r="C132">
-        <v>1.14989</v>
+        <v>1.15993</v>
       </c>
       <c r="D132">
-        <v>1.14048</v>
+        <v>1.15183</v>
       </c>
       <c r="E132">
-        <v>1.14878</v>
+        <v>1.15446</v>
       </c>
     </row>
     <row r="133" spans="1:5">
       <c r="A133" t="s">
         <v>133</v>
       </c>
       <c r="B133">
-        <v>1.14174</v>
+        <v>1.1759</v>
       </c>
       <c r="C133">
-        <v>1.14471</v>
+        <v>1.17698</v>
       </c>
       <c r="D133">
-        <v>1.13724</v>
+        <v>1.15832</v>
       </c>
       <c r="E133">
-        <v>1.14242</v>
+        <v>1.15879</v>
       </c>
     </row>
     <row r="134" spans="1:5">
       <c r="A134" t="s">
         <v>134</v>
       </c>
       <c r="B134">
-        <v>1.14096</v>
+        <v>1.1748</v>
       </c>
       <c r="C134">
-        <v>1.14387</v>
+        <v>1.17602</v>
       </c>
       <c r="D134">
-        <v>1.1386</v>
+        <v>1.17023</v>
       </c>
       <c r="E134">
-        <v>1.14193</v>
+        <v>1.17432</v>
       </c>
     </row>
     <row r="135" spans="1:5">
       <c r="A135" t="s">
         <v>135</v>
       </c>
       <c r="B135">
-        <v>1.14431</v>
+        <v>1.17644</v>
       </c>
       <c r="C135">
-        <v>1.14569</v>
+        <v>1.17881</v>
       </c>
       <c r="D135">
-        <v>1.13711</v>
+        <v>1.17298</v>
       </c>
       <c r="E135">
-        <v>1.13956</v>
+        <v>1.17483</v>
       </c>
     </row>
     <row r="136" spans="1:5">
       <c r="A136" t="s">
         <v>136</v>
       </c>
       <c r="B136">
-        <v>1.14099</v>
+        <v>1.17501</v>
       </c>
       <c r="C136">
-        <v>1.14945</v>
+        <v>1.17746</v>
       </c>
       <c r="D136">
-        <v>1.1404</v>
+        <v>1.17103</v>
       </c>
       <c r="E136">
-        <v>1.14434</v>
+        <v>1.17723</v>
       </c>
     </row>
     <row r="137" spans="1:5">
       <c r="A137" t="s">
         <v>137</v>
       </c>
       <c r="B137">
-        <v>1.1368</v>
+        <v>1.16856</v>
       </c>
       <c r="C137">
-        <v>1.1434</v>
+        <v>1.17599</v>
       </c>
       <c r="D137">
-        <v>1.13564</v>
+        <v>1.16784</v>
       </c>
       <c r="E137">
-        <v>1.14143</v>
+        <v>1.17535</v>
       </c>
     </row>
     <row r="138" spans="1:5">
       <c r="A138" t="s">
         <v>138</v>
       </c>
       <c r="B138">
-        <v>1.14382</v>
+        <v>1.16297</v>
       </c>
       <c r="C138">
-        <v>1.14541</v>
+        <v>1.17162</v>
       </c>
       <c r="D138">
-        <v>1.13636</v>
+        <v>1.16139</v>
       </c>
       <c r="E138">
-        <v>1.13697</v>
+        <v>1.16944</v>
       </c>
     </row>
     <row r="139" spans="1:5">
       <c r="A139" t="s">
         <v>139</v>
       </c>
       <c r="B139">
-        <v>1.13581</v>
+        <v>1.15935</v>
       </c>
       <c r="C139">
-        <v>1.14492</v>
+        <v>1.16713</v>
       </c>
       <c r="D139">
-        <v>1.13504</v>
+        <v>1.15813</v>
       </c>
       <c r="E139">
-        <v>1.14426</v>
+        <v>1.16219</v>
       </c>
     </row>
     <row r="140" spans="1:5">
       <c r="A140" t="s">
         <v>140</v>
       </c>
       <c r="B140">
-        <v>1.13624</v>
+        <v>1.163</v>
       </c>
       <c r="C140">
-        <v>1.13893</v>
+        <v>1.16419</v>
       </c>
       <c r="D140">
-        <v>1.13121</v>
+        <v>1.15556</v>
       </c>
       <c r="E140">
-        <v>1.13558</v>
+        <v>1.15969</v>
       </c>
     </row>
     <row r="141" spans="1:5">
       <c r="A141" t="s">
         <v>141</v>
       </c>
       <c r="B141">
-        <v>1.12879</v>
+        <v>1.15985</v>
       </c>
       <c r="C141">
-        <v>1.13839</v>
+        <v>1.17209</v>
       </c>
       <c r="D141">
-        <v>1.12101</v>
+        <v>1.15618</v>
       </c>
       <c r="E141">
-        <v>1.13642</v>
+        <v>1.16392</v>
       </c>
     </row>
     <row r="142" spans="1:5">
       <c r="A142" t="s">
         <v>142</v>
       </c>
       <c r="B142">
-        <v>1.13275</v>
+        <v>1.16626</v>
       </c>
       <c r="C142">
-        <v>1.13445</v>
+        <v>1.16922</v>
       </c>
       <c r="D142">
-        <v>1.12833</v>
+        <v>1.15923</v>
       </c>
       <c r="E142">
-        <v>1.12888</v>
+        <v>1.16016</v>
       </c>
     </row>
     <row r="143" spans="1:5">
       <c r="A143" t="s">
         <v>143</v>
       </c>
       <c r="B143">
-        <v>1.13804</v>
+        <v>1.16767</v>
       </c>
       <c r="C143">
-        <v>1.14067</v>
+        <v>1.16971</v>
       </c>
       <c r="D143">
-        <v>1.13227</v>
+        <v>1.16537</v>
       </c>
       <c r="E143">
-        <v>1.13264</v>
+        <v>1.16647</v>
       </c>
     </row>
     <row r="144" spans="1:5">
       <c r="A144" t="s">
         <v>144</v>
       </c>
       <c r="B144">
-        <v>1.13786</v>
+        <v>1.16991</v>
       </c>
       <c r="C144">
-        <v>1.14182</v>
+        <v>1.17135</v>
       </c>
       <c r="D144">
-        <v>1.13684</v>
+        <v>1.16641</v>
       </c>
       <c r="E144">
-        <v>1.13862</v>
+        <v>1.16874</v>
       </c>
     </row>
     <row r="145" spans="1:5">
       <c r="A145" t="s">
         <v>145</v>
       </c>
       <c r="B145">
-        <v>1.12788</v>
+        <v>1.17088</v>
       </c>
       <c r="C145">
-        <v>1.13749</v>
+        <v>1.17491</v>
       </c>
       <c r="D145">
-        <v>1.12757</v>
+        <v>1.1662</v>
       </c>
       <c r="E145">
-        <v>1.1363</v>
+        <v>1.16994</v>
       </c>
     </row>
     <row r="146" spans="1:5">
       <c r="A146" t="s">
         <v>146</v>
       </c>
       <c r="B146">
-        <v>1.1324</v>
+        <v>1.17069</v>
       </c>
       <c r="C146">
-        <v>1.13443</v>
+        <v>1.17289</v>
       </c>
       <c r="D146">
-        <v>1.12553</v>
+        <v>1.1689</v>
       </c>
       <c r="E146">
-        <v>1.1278</v>
+        <v>1.17216</v>
       </c>
     </row>
     <row r="147" spans="1:5">
       <c r="A147" t="s">
         <v>147</v>
       </c>
       <c r="B147">
-        <v>1.12815</v>
+        <v>1.17067</v>
       </c>
       <c r="C147">
-        <v>1.13623</v>
+        <v>1.17648</v>
       </c>
       <c r="D147">
-        <v>1.12792</v>
+        <v>1.1682</v>
       </c>
       <c r="E147">
-        <v>1.13304</v>
+        <v>1.17244</v>
       </c>
     </row>
     <row r="148" spans="1:5">
       <c r="A148" t="s">
         <v>148</v>
       </c>
       <c r="B148">
-        <v>1.12338</v>
+        <v>1.17862</v>
       </c>
       <c r="C148">
-        <v>1.12851</v>
+        <v>1.17897</v>
       </c>
       <c r="D148">
-        <v>1.12175</v>
+        <v>1.16862</v>
       </c>
       <c r="E148">
-        <v>1.12838</v>
+        <v>1.17077</v>
       </c>
     </row>
     <row r="149" spans="1:5">
       <c r="A149" t="s">
         <v>149</v>
       </c>
       <c r="B149">
-        <v>1.11914</v>
+        <v>1.17541</v>
       </c>
       <c r="C149">
-        <v>1.12878</v>
+        <v>1.1787</v>
       </c>
       <c r="D149">
-        <v>1.11719</v>
+        <v>1.17496</v>
       </c>
       <c r="E149">
-        <v>1.12394</v>
+        <v>1.1774</v>
       </c>
     </row>
     <row r="150" spans="1:5">
       <c r="A150" t="s">
         <v>150</v>
       </c>
       <c r="B150">
-        <v>1.11857</v>
+        <v>1.17936</v>
       </c>
       <c r="C150">
-        <v>1.12191</v>
+        <v>1.18096</v>
       </c>
       <c r="D150">
-        <v>1.11306</v>
+        <v>1.17166</v>
       </c>
       <c r="E150">
-        <v>1.11487</v>
+        <v>1.17567</v>
       </c>
     </row>
     <row r="151" spans="1:5">
       <c r="A151" t="s">
         <v>151</v>
       </c>
       <c r="B151">
-        <v>1.11667</v>
+        <v>1.18048</v>
       </c>
       <c r="C151">
-        <v>1.12274</v>
+        <v>1.18095</v>
       </c>
       <c r="D151">
-        <v>1.11662</v>
+        <v>1.17464</v>
       </c>
       <c r="E151">
-        <v>1.11829</v>
+        <v>1.17976</v>
       </c>
     </row>
     <row r="152" spans="1:5">
       <c r="A152" t="s">
         <v>152</v>
       </c>
       <c r="B152">
-        <v>1.11841</v>
+        <v>1.17766</v>
       </c>
       <c r="C152">
-        <v>1.12653</v>
+        <v>1.18292</v>
       </c>
       <c r="D152">
-        <v>1.1164</v>
+        <v>1.17609</v>
       </c>
       <c r="E152">
-        <v>1.11708</v>
+        <v>1.18046</v>
       </c>
     </row>
     <row r="153" spans="1:5">
       <c r="A153" t="s">
         <v>153</v>
       </c>
       <c r="B153">
-        <v>1.10829</v>
+        <v>1.17319</v>
       </c>
       <c r="C153">
-        <v>1.11942</v>
+        <v>1.17874</v>
       </c>
       <c r="D153">
-        <v>1.10815</v>
+        <v>1.17071</v>
       </c>
       <c r="E153">
-        <v>1.11843</v>
+        <v>1.17871</v>
       </c>
     </row>
     <row r="154" spans="1:5">
       <c r="A154" t="s">
         <v>154</v>
       </c>
       <c r="B154">
-        <v>1.12308</v>
+        <v>1.16836</v>
       </c>
       <c r="C154">
-        <v>1.12423</v>
+        <v>1.17535</v>
       </c>
       <c r="D154">
-        <v>1.10649</v>
+        <v>1.168</v>
       </c>
       <c r="E154">
-        <v>1.10853</v>
+        <v>1.17061</v>
       </c>
     </row>
     <row r="155" spans="1:5">
       <c r="A155" t="s">
         <v>155</v>
       </c>
       <c r="B155">
-        <v>1.12223</v>
+        <v>1.16566</v>
       </c>
       <c r="C155">
-        <v>1.12923</v>
+        <v>1.17443</v>
       </c>
       <c r="D155">
-        <v>1.11962</v>
+        <v>1.16513</v>
       </c>
       <c r="E155">
-        <v>1.12566</v>
+        <v>1.17007</v>
       </c>
     </row>
     <row r="156" spans="1:5">
       <c r="A156" t="s">
         <v>156</v>
       </c>
       <c r="B156">
-        <v>1.12964</v>
+        <v>1.16074</v>
       </c>
       <c r="C156">
-        <v>1.13358</v>
+        <v>1.16645</v>
       </c>
       <c r="D156">
-        <v>1.12114</v>
+        <v>1.15893</v>
       </c>
       <c r="E156">
-        <v>1.12273</v>
+        <v>1.1659</v>
       </c>
     </row>
     <row r="157" spans="1:5">
       <c r="A157" t="s">
         <v>157</v>
       </c>
       <c r="B157">
-        <v>1.13685</v>
+        <v>1.15714</v>
       </c>
       <c r="C157">
-        <v>1.13776</v>
+        <v>1.1641</v>
       </c>
       <c r="D157">
-        <v>1.12911</v>
+        <v>1.15713</v>
       </c>
       <c r="E157">
-        <v>1.13004</v>
+        <v>1.16078</v>
       </c>
     </row>
     <row r="158" spans="1:5">
       <c r="A158" t="s">
         <v>158</v>
       </c>
       <c r="B158">
-        <v>1.13134</v>
+        <v>1.14987</v>
       </c>
       <c r="C158">
-        <v>1.13806</v>
+        <v>1.15811</v>
       </c>
       <c r="D158">
-        <v>1.12794</v>
+        <v>1.14531</v>
       </c>
       <c r="E158">
-        <v>1.13679</v>
+        <v>1.15777</v>
       </c>
     </row>
     <row r="159" spans="1:5">
       <c r="A159" t="s">
         <v>159</v>
       </c>
       <c r="B159">
-        <v>1.13117</v>
+        <v>1.14898</v>
       </c>
       <c r="C159">
-        <v>1.13643</v>
+        <v>1.15435</v>
       </c>
       <c r="D159">
-        <v>1.12967</v>
+        <v>1.14876</v>
       </c>
       <c r="E159">
-        <v>1.13138</v>
+        <v>1.15152</v>
       </c>
     </row>
     <row r="160" spans="1:5">
       <c r="A160" t="s">
         <v>160</v>
       </c>
       <c r="B160">
-        <v>1.12877</v>
+        <v>1.14746</v>
       </c>
       <c r="C160">
-        <v>1.13804</v>
+        <v>1.14997</v>
       </c>
       <c r="D160">
-        <v>1.12737</v>
+        <v>1.14457</v>
       </c>
       <c r="E160">
-        <v>1.1304</v>
+        <v>1.14959</v>
       </c>
     </row>
     <row r="161" spans="1:5">
       <c r="A161" t="s">
         <v>161</v>
       </c>
       <c r="B161">
-        <v>1.13269</v>
+        <v>1.14736</v>
       </c>
       <c r="C161">
-        <v>1.13405</v>
+        <v>1.15297</v>
       </c>
       <c r="D161">
-        <v>1.12653</v>
+        <v>1.14604</v>
       </c>
       <c r="E161">
-        <v>1.12894</v>
+        <v>1.14826</v>
       </c>
     </row>
     <row r="162" spans="1:5">
       <c r="A162" t="s">
         <v>162</v>
       </c>
       <c r="B162">
-        <v>1.13836</v>
+        <v>1.1556</v>
       </c>
       <c r="C162">
-        <v>1.1399</v>
+        <v>1.15794</v>
       </c>
       <c r="D162">
-        <v>1.13167</v>
+        <v>1.14741</v>
       </c>
       <c r="E162">
-        <v>1.13286</v>
+        <v>1.14793</v>
       </c>
     </row>
     <row r="163" spans="1:5">
       <c r="A163" t="s">
         <v>163</v>
       </c>
       <c r="B163">
-        <v>1.14191</v>
+        <v>1.15336</v>
       </c>
       <c r="C163">
-        <v>1.14212</v>
+        <v>1.16142</v>
       </c>
       <c r="D163">
-        <v>1.13696</v>
+        <v>1.15231</v>
       </c>
       <c r="E163">
-        <v>1.13822</v>
+        <v>1.15586</v>
       </c>
     </row>
     <row r="164" spans="1:5">
       <c r="A164" t="s">
         <v>164</v>
       </c>
       <c r="B164">
-        <v>1.13492</v>
+        <v>1.15796</v>
       </c>
       <c r="C164">
-        <v>1.14243</v>
+        <v>1.1614</v>
       </c>
       <c r="D164">
-        <v>1.13288</v>
+        <v>1.14883</v>
       </c>
       <c r="E164">
-        <v>1.1421</v>
+        <v>1.15495</v>
       </c>
     </row>
     <row r="165" spans="1:5">
       <c r="A165" t="s">
         <v>165</v>
       </c>
       <c r="B165">
-        <v>1.13839</v>
+        <v>1.14835</v>
       </c>
       <c r="C165">
-        <v>1.13908</v>
+        <v>1.16309</v>
       </c>
       <c r="D165">
-        <v>1.13154</v>
+        <v>1.14809</v>
       </c>
       <c r="E165">
-        <v>1.13586</v>
+        <v>1.15839</v>
       </c>
     </row>
     <row r="166" spans="1:5">
       <c r="A166" t="s">
         <v>166</v>
       </c>
       <c r="B166">
-        <v>1.13108</v>
+        <v>1.14221</v>
       </c>
       <c r="C166">
-        <v>1.13973</v>
+        <v>1.14989</v>
       </c>
       <c r="D166">
-        <v>1.13089</v>
+        <v>1.14048</v>
       </c>
       <c r="E166">
-        <v>1.13882</v>
+        <v>1.14878</v>
       </c>
     </row>
     <row r="167" spans="1:5">
       <c r="A167" t="s">
         <v>167</v>
       </c>
       <c r="B167">
-        <v>1.14183</v>
+        <v>1.14174</v>
       </c>
       <c r="C167">
-        <v>1.14393</v>
+        <v>1.14471</v>
       </c>
       <c r="D167">
-        <v>1.13075</v>
+        <v>1.13724</v>
       </c>
       <c r="E167">
-        <v>1.13139</v>
+        <v>1.14242</v>
       </c>
     </row>
     <row r="168" spans="1:5">
       <c r="A168" t="s">
         <v>168</v>
       </c>
       <c r="B168">
-        <v>1.15135</v>
+        <v>1.14096</v>
       </c>
       <c r="C168">
-        <v>1.15468</v>
+        <v>1.14387</v>
       </c>
       <c r="D168">
-        <v>1.14169</v>
+        <v>1.1386</v>
       </c>
       <c r="E168">
-        <v>1.142</v>
+        <v>1.14193</v>
       </c>
     </row>
     <row r="169" spans="1:5">
       <c r="A169" t="s">
         <v>169</v>
       </c>
       <c r="B169">
-        <v>1.14403</v>
+        <v>1.14431</v>
       </c>
       <c r="C169">
-        <v>1.15727</v>
+        <v>1.14569</v>
       </c>
       <c r="D169">
-        <v>1.14396</v>
+        <v>1.13711</v>
       </c>
       <c r="E169">
-        <v>1.15123</v>
+        <v>1.13956</v>
       </c>
     </row>
     <row r="170" spans="1:5">
       <c r="A170" t="s">
         <v>170</v>
       </c>
       <c r="B170">
-        <v>1.1361</v>
+        <v>1.14099</v>
       </c>
       <c r="C170">
-        <v>1.13969</v>
+        <v>1.14945</v>
       </c>
       <c r="D170">
-        <v>1.1358</v>
+        <v>1.1404</v>
       </c>
       <c r="E170">
-        <v>1.1394</v>
+        <v>1.14434</v>
       </c>
     </row>
     <row r="171" spans="1:5">
       <c r="A171" t="s">
         <v>171</v>
       </c>
       <c r="B171">
-        <v>1.1398</v>
+        <v>1.1368</v>
       </c>
       <c r="C171">
-        <v>1.14087</v>
+        <v>1.1434</v>
       </c>
       <c r="D171">
-        <v>1.13347</v>
+        <v>1.13564</v>
       </c>
       <c r="E171">
-        <v>1.13628</v>
+        <v>1.14143</v>
       </c>
     </row>
     <row r="172" spans="1:5">
       <c r="A172" t="s">
         <v>172</v>
       </c>
       <c r="B172">
-        <v>1.12776</v>
+        <v>1.14382</v>
       </c>
       <c r="C172">
-        <v>1.14122</v>
+        <v>1.14541</v>
       </c>
       <c r="D172">
-        <v>1.12776</v>
+        <v>1.13636</v>
       </c>
       <c r="E172">
-        <v>1.13979</v>
+        <v>1.13697</v>
       </c>
     </row>
     <row r="173" spans="1:5">
       <c r="A173" t="s">
         <v>173</v>
       </c>
       <c r="B173">
-        <v>1.13456</v>
+        <v>1.13581</v>
       </c>
       <c r="C173">
-        <v>1.13783</v>
+        <v>1.14492</v>
       </c>
       <c r="D173">
-        <v>1.12636</v>
+        <v>1.13504</v>
       </c>
       <c r="E173">
-        <v>1.12807</v>
+        <v>1.14426</v>
       </c>
     </row>
     <row r="174" spans="1:5">
       <c r="A174" t="s">
         <v>174</v>
       </c>
       <c r="B174">
-        <v>1.13283</v>
+        <v>1.13624</v>
       </c>
       <c r="C174">
-        <v>1.1424</v>
+        <v>1.13893</v>
       </c>
       <c r="D174">
-        <v>1.12954</v>
+        <v>1.13121</v>
       </c>
       <c r="E174">
-        <v>1.1349</v>
+        <v>1.13558</v>
       </c>
     </row>
     <row r="175" spans="1:5">
       <c r="A175" t="s">
         <v>175</v>
       </c>
       <c r="B175">
-        <v>1.11923</v>
+        <v>1.12879</v>
       </c>
       <c r="C175">
-        <v>1.1473</v>
+        <v>1.13839</v>
       </c>
       <c r="D175">
-        <v>1.11812</v>
+        <v>1.12101</v>
       </c>
       <c r="E175">
-        <v>1.13409</v>
+        <v>1.13642</v>
       </c>
     </row>
     <row r="176" spans="1:5">
       <c r="A176" t="s">
         <v>176</v>
       </c>
       <c r="B176">
-        <v>1.09477</v>
+        <v>1.13275</v>
       </c>
       <c r="C176">
-        <v>1.1241</v>
+        <v>1.13445</v>
       </c>
       <c r="D176">
-        <v>1.09423</v>
+        <v>1.12833</v>
       </c>
       <c r="E176">
-        <v>1.12011</v>
+        <v>1.12888</v>
       </c>
     </row>
     <row r="177" spans="1:5">
       <c r="A177" t="s">
         <v>177</v>
       </c>
       <c r="B177">
-        <v>1.09521</v>
+        <v>1.13804</v>
       </c>
       <c r="C177">
-        <v>1.10945</v>
+        <v>1.14067</v>
       </c>
       <c r="D177">
-        <v>1.09126</v>
+        <v>1.13227</v>
       </c>
       <c r="E177">
-        <v>1.09468</v>
+        <v>1.13264</v>
       </c>
     </row>
     <row r="178" spans="1:5">
       <c r="A178" t="s">
         <v>178</v>
       </c>
       <c r="B178">
-        <v>1.0906</v>
+        <v>1.13786</v>
       </c>
       <c r="C178">
-        <v>1.09912</v>
+        <v>1.14182</v>
       </c>
       <c r="D178">
-        <v>1.08877</v>
+        <v>1.13684</v>
       </c>
       <c r="E178">
-        <v>1.09572</v>
+        <v>1.13862</v>
       </c>
     </row>
     <row r="179" spans="1:5">
       <c r="A179" t="s">
         <v>179</v>
       </c>
       <c r="B179">
-        <v>1.09866</v>
+        <v>1.12788</v>
       </c>
       <c r="C179">
-        <v>1.10494</v>
+        <v>1.13749</v>
       </c>
       <c r="D179">
-        <v>1.08998</v>
+        <v>1.12757</v>
       </c>
       <c r="E179">
-        <v>1.09047</v>
+        <v>1.1363</v>
       </c>
     </row>
     <row r="180" spans="1:5">
       <c r="A180" t="s">
         <v>180</v>
       </c>
       <c r="B180">
-        <v>1.10427</v>
+        <v>1.1324</v>
       </c>
       <c r="C180">
-        <v>1.11072</v>
+        <v>1.13443</v>
       </c>
       <c r="D180">
-        <v>1.0924</v>
+        <v>1.12553</v>
       </c>
       <c r="E180">
-        <v>1.09422</v>
+        <v>1.1278</v>
       </c>
     </row>
     <row r="181" spans="1:5">
       <c r="A181" t="s">
         <v>181</v>
       </c>
       <c r="B181">
-        <v>1.08518</v>
+        <v>1.12815</v>
       </c>
       <c r="C181">
-        <v>1.11453</v>
+        <v>1.13623</v>
       </c>
       <c r="D181">
-        <v>1.08046</v>
+        <v>1.12792</v>
       </c>
       <c r="E181">
-        <v>1.10505</v>
+        <v>1.13304</v>
       </c>
     </row>
     <row r="182" spans="1:5">
       <c r="A182" t="s">
         <v>182</v>
       </c>
       <c r="B182">
-        <v>1.07894</v>
+        <v>1.12338</v>
       </c>
       <c r="C182">
-        <v>1.09235</v>
+        <v>1.12851</v>
       </c>
       <c r="D182">
-        <v>1.07796</v>
+        <v>1.12175</v>
       </c>
       <c r="E182">
-        <v>1.08597</v>
+        <v>1.12838</v>
       </c>
     </row>
     <row r="183" spans="1:5">
       <c r="A183" t="s">
         <v>183</v>
       </c>
       <c r="B183">
-        <v>1.08146</v>
+        <v>1.11914</v>
       </c>
       <c r="C183">
-        <v>1.08295</v>
+        <v>1.12878</v>
       </c>
       <c r="D183">
-        <v>1.07777</v>
+        <v>1.11719</v>
       </c>
       <c r="E183">
-        <v>1.07918</v>
+        <v>1.12394</v>
       </c>
     </row>
     <row r="184" spans="1:5">
       <c r="A184" t="s">
         <v>184</v>
       </c>
       <c r="B184">
-        <v>1.08009</v>
+        <v>1.11857</v>
       </c>
       <c r="C184">
-        <v>1.08442</v>
+        <v>1.12191</v>
       </c>
       <c r="D184">
-        <v>1.07639</v>
+        <v>1.11306</v>
       </c>
       <c r="E184">
-        <v>1.08251</v>
+        <v>1.11487</v>
       </c>
     </row>
     <row r="185" spans="1:5">
       <c r="A185" t="s">
         <v>185</v>
       </c>
       <c r="B185">
-        <v>1.0753</v>
+        <v>1.11667</v>
       </c>
       <c r="C185">
-        <v>1.08206</v>
+        <v>1.12274</v>
       </c>
       <c r="D185">
-        <v>1.07324</v>
+        <v>1.11662</v>
       </c>
       <c r="E185">
-        <v>1.08012</v>
+        <v>1.11829</v>
       </c>
     </row>
     <row r="186" spans="1:5">
       <c r="A186" t="s">
         <v>186</v>
       </c>
       <c r="B186">
-        <v>1.07899</v>
+        <v>1.11841</v>
       </c>
       <c r="C186">
-        <v>1.08022</v>
+        <v>1.12653</v>
       </c>
       <c r="D186">
-        <v>1.07429</v>
+        <v>1.1164</v>
       </c>
       <c r="E186">
-        <v>1.07519</v>
+        <v>1.11708</v>
       </c>
     </row>
     <row r="187" spans="1:5">
       <c r="A187" t="s">
         <v>187</v>
       </c>
       <c r="B187">
-        <v>1.08003</v>
+        <v>1.10829</v>
       </c>
       <c r="C187">
-        <v>1.08296</v>
+        <v>1.11942</v>
       </c>
       <c r="D187">
-        <v>1.07763</v>
+        <v>1.10815</v>
       </c>
       <c r="E187">
-        <v>1.07904</v>
+        <v>1.11843</v>
       </c>
     </row>
     <row r="188" spans="1:5">
       <c r="A188" t="s">
         <v>188</v>
       </c>
       <c r="B188">
-        <v>1.07927</v>
+        <v>1.12308</v>
       </c>
       <c r="C188">
-        <v>1.08125</v>
+        <v>1.12423</v>
       </c>
       <c r="D188">
-        <v>1.07927</v>
+        <v>1.10649</v>
       </c>
       <c r="E188">
-        <v>1.08001</v>
+        <v>1.10853</v>
       </c>
     </row>
     <row r="189" spans="1:5">
       <c r="A189" t="s">
         <v>189</v>
       </c>
       <c r="B189">
-        <v>1.08466</v>
+        <v>1.12223</v>
       </c>
       <c r="C189">
-        <v>1.08606</v>
+        <v>1.12923</v>
       </c>
       <c r="D189">
-        <v>1.0796</v>
+        <v>1.11962</v>
       </c>
       <c r="E189">
-        <v>1.08171</v>
+        <v>1.12566</v>
       </c>
     </row>
     <row r="190" spans="1:5">
       <c r="A190" t="s">
         <v>190</v>
       </c>
       <c r="B190">
-        <v>1.09007</v>
+        <v>1.12964</v>
       </c>
       <c r="C190">
-        <v>1.09167</v>
+        <v>1.13358</v>
       </c>
       <c r="D190">
-        <v>1.08141</v>
+        <v>1.12114</v>
       </c>
       <c r="E190">
-        <v>1.08471</v>
+        <v>1.12273</v>
       </c>
     </row>
     <row r="191" spans="1:5">
       <c r="A191" t="s">
         <v>191</v>
       </c>
       <c r="B191">
-        <v>1.09437</v>
+        <v>1.13685</v>
       </c>
       <c r="C191">
-        <v>1.09452</v>
+        <v>1.13776</v>
       </c>
       <c r="D191">
-        <v>1.08598</v>
+        <v>1.12911</v>
       </c>
       <c r="E191">
-        <v>1.09009</v>
+        <v>1.13004</v>
       </c>
     </row>
     <row r="192" spans="1:5">
       <c r="A192" t="s">
         <v>192</v>
       </c>
       <c r="B192">
-        <v>1.09213</v>
+        <v>1.13134</v>
       </c>
       <c r="C192">
-        <v>1.09542</v>
+        <v>1.13806</v>
       </c>
       <c r="D192">
-        <v>1.08922</v>
+        <v>1.12794</v>
       </c>
       <c r="E192">
-        <v>1.09435</v>
+        <v>1.13679</v>
       </c>
     </row>
     <row r="193" spans="1:5">
       <c r="A193" t="s">
         <v>193</v>
       </c>
       <c r="B193">
-        <v>1.08827</v>
+        <v>1.13117</v>
       </c>
       <c r="C193">
-        <v>1.09291</v>
+        <v>1.13643</v>
       </c>
       <c r="D193">
-        <v>1.08679</v>
+        <v>1.12967</v>
       </c>
       <c r="E193">
-        <v>1.09214</v>
+        <v>1.13138</v>
       </c>
     </row>
     <row r="194" spans="1:5">
       <c r="A194" t="s">
         <v>194</v>
       </c>
       <c r="B194">
-        <v>1.08509</v>
+        <v>1.12877</v>
       </c>
       <c r="C194">
-        <v>1.09118</v>
+        <v>1.13804</v>
       </c>
       <c r="D194">
-        <v>1.083</v>
+        <v>1.12737</v>
       </c>
       <c r="E194">
-        <v>1.08826</v>
+        <v>1.1304</v>
       </c>
     </row>
     <row r="195" spans="1:5">
       <c r="A195" t="s">
         <v>195</v>
       </c>
       <c r="B195">
-        <v>1.0887</v>
+        <v>1.13269</v>
       </c>
       <c r="C195">
-        <v>1.08966</v>
+        <v>1.13405</v>
       </c>
       <c r="D195">
-        <v>1.08219</v>
+        <v>1.12653</v>
       </c>
       <c r="E195">
-        <v>1.08504</v>
+        <v>1.12894</v>
       </c>
     </row>
     <row r="196" spans="1:5">
       <c r="A196" t="s">
         <v>196</v>
       </c>
       <c r="B196">
-        <v>1.09178</v>
+        <v>1.13836</v>
       </c>
       <c r="C196">
-        <v>1.09303</v>
+        <v>1.1399</v>
       </c>
       <c r="D196">
-        <v>1.08749</v>
+        <v>1.13167</v>
       </c>
       <c r="E196">
-        <v>1.08868</v>
+        <v>1.13286</v>
       </c>
     </row>
     <row r="197" spans="1:5">
       <c r="A197" t="s">
         <v>197</v>
       </c>
       <c r="B197">
-        <v>1.08327</v>
+        <v>1.14191</v>
       </c>
       <c r="C197">
-        <v>1.09467</v>
+        <v>1.14212</v>
       </c>
       <c r="D197">
-        <v>1.08282</v>
+        <v>1.13696</v>
       </c>
       <c r="E197">
-        <v>1.09178</v>
+        <v>1.13822</v>
       </c>
     </row>
     <row r="198" spans="1:5">
       <c r="A198" t="s">
         <v>198</v>
       </c>
       <c r="B198">
-        <v>1.08619</v>
+        <v>1.13492</v>
       </c>
       <c r="C198">
-        <v>1.0874</v>
+        <v>1.14243</v>
       </c>
       <c r="D198">
-        <v>1.08044</v>
+        <v>1.13288</v>
       </c>
       <c r="E198">
-        <v>1.08338</v>
+        <v>1.1421</v>
       </c>
     </row>
     <row r="199" spans="1:5">
       <c r="A199" t="s">
         <v>199</v>
       </c>
       <c r="B199">
-        <v>1.07825</v>
+        <v>1.13839</v>
       </c>
       <c r="C199">
-        <v>1.08879</v>
+        <v>1.13908</v>
       </c>
       <c r="D199">
-        <v>1.07787</v>
+        <v>1.13154</v>
       </c>
       <c r="E199">
-        <v>1.08471</v>
+        <v>1.13586</v>
       </c>
     </row>
     <row r="200" spans="1:5">
       <c r="A200" t="s">
         <v>200</v>
       </c>
       <c r="B200">
-        <v>1.07861</v>
+        <v>1.13108</v>
       </c>
       <c r="C200">
-        <v>1.0853</v>
+        <v>1.13973</v>
       </c>
       <c r="D200">
-        <v>1.0765</v>
+        <v>1.13089</v>
       </c>
       <c r="E200">
-        <v>1.0784</v>
+        <v>1.13882</v>
       </c>
     </row>
     <row r="201" spans="1:5">
       <c r="A201" t="s">
         <v>201</v>
       </c>
       <c r="B201">
-        <v>1.06245</v>
+        <v>1.14183</v>
       </c>
       <c r="C201">
-        <v>1.07959</v>
+        <v>1.14393</v>
       </c>
       <c r="D201">
-        <v>1.06014</v>
+        <v>1.13075</v>
       </c>
       <c r="E201">
-        <v>1.07878</v>
+        <v>1.13139</v>
       </c>
     </row>
     <row r="202" spans="1:5">
       <c r="A202" t="s">
         <v>202</v>
       </c>
       <c r="B202">
-        <v>1.0486</v>
+        <v>1.15135</v>
       </c>
       <c r="C202">
-        <v>1.06268</v>
+        <v>1.15468</v>
       </c>
       <c r="D202">
-        <v>1.04706</v>
+        <v>1.14169</v>
       </c>
       <c r="E202">
-        <v>1.06246</v>
+        <v>1.142</v>
       </c>
     </row>
     <row r="203" spans="1:5">
       <c r="A203" t="s">
         <v>203</v>
       </c>
       <c r="B203">
-        <v>1.04148</v>
+        <v>1.14403</v>
       </c>
       <c r="C203">
-        <v>1.05034</v>
+        <v>1.15727</v>
       </c>
       <c r="D203">
-        <v>1.0388</v>
+        <v>1.14396</v>
       </c>
       <c r="E203">
-        <v>1.0486</v>
+        <v>1.15123</v>
       </c>
     </row>
     <row r="204" spans="1:5">
       <c r="A204" t="s">
         <v>204</v>
       </c>
       <c r="B204">
-        <v>1.03972</v>
+        <v>1.1361</v>
       </c>
       <c r="C204">
-        <v>1.04193</v>
+        <v>1.13969</v>
       </c>
       <c r="D204">
-        <v>1.03594</v>
+        <v>1.1358</v>
       </c>
       <c r="E204">
-        <v>1.03742</v>
+        <v>1.1394</v>
       </c>
     </row>
     <row r="205" spans="1:5">
       <c r="A205" t="s">
         <v>205</v>
       </c>
       <c r="B205">
-        <v>1.04834</v>
+        <v>1.1398</v>
       </c>
       <c r="C205">
-        <v>1.0492</v>
+        <v>1.14087</v>
       </c>
       <c r="D205">
-        <v>1.03962</v>
+        <v>1.13347</v>
       </c>
       <c r="E205">
-        <v>1.03973</v>
+        <v>1.13628</v>
       </c>
     </row>
     <row r="206" spans="1:5">
       <c r="A206" t="s">
         <v>206</v>
       </c>
       <c r="B206">
-        <v>1.0512</v>
+        <v>1.12776</v>
       </c>
       <c r="C206">
-        <v>1.0528</v>
+        <v>1.14122</v>
       </c>
       <c r="D206">
-        <v>1.04744</v>
+        <v>1.12776</v>
       </c>
       <c r="E206">
-        <v>1.04835</v>
+        <v>1.13979</v>
       </c>
     </row>
     <row r="207" spans="1:5">
       <c r="A207" t="s">
         <v>207</v>
       </c>
       <c r="B207">
-        <v>1.04668</v>
+        <v>1.13456</v>
       </c>
       <c r="C207">
-        <v>1.05188</v>
+        <v>1.13783</v>
       </c>
       <c r="D207">
-        <v>1.04557</v>
+        <v>1.12636</v>
       </c>
       <c r="E207">
-        <v>1.05124</v>
+        <v>1.12807</v>
       </c>
     </row>
     <row r="208" spans="1:5">
       <c r="A208" t="s">
         <v>208</v>
       </c>
       <c r="B208">
-        <v>1.04791</v>
+        <v>1.13283</v>
       </c>
       <c r="C208">
-        <v>1.05277</v>
+        <v>1.1424</v>
       </c>
       <c r="D208">
-        <v>1.04522</v>
+        <v>1.12954</v>
       </c>
       <c r="E208">
-        <v>1.0467</v>
+        <v>1.1349</v>
       </c>
     </row>
     <row r="209" spans="1:5">
       <c r="A209" t="s">
         <v>209</v>
       </c>
       <c r="B209">
-        <v>1.05005</v>
+        <v>1.11923</v>
       </c>
       <c r="C209">
-        <v>1.05051</v>
+        <v>1.1473</v>
       </c>
       <c r="D209">
-        <v>1.04489</v>
+        <v>1.11812</v>
       </c>
       <c r="E209">
-        <v>1.04601</v>
+        <v>1.13409</v>
       </c>
     </row>
     <row r="210" spans="1:5">
       <c r="A210" t="s">
         <v>210</v>
       </c>
       <c r="B210">
-        <v>1.04217</v>
+        <v>1.09477</v>
       </c>
       <c r="C210">
-        <v>1.05028</v>
+        <v>1.1241</v>
       </c>
       <c r="D210">
-        <v>1.0418</v>
+        <v>1.09423</v>
       </c>
       <c r="E210">
-        <v>1.05007</v>
+        <v>1.12011</v>
       </c>
     </row>
     <row r="211" spans="1:5">
       <c r="A211" t="s">
         <v>211</v>
       </c>
       <c r="B211">
-        <v>1.04451</v>
+        <v>1.09521</v>
       </c>
       <c r="C211">
-        <v>1.04607</v>
+        <v>1.10945</v>
       </c>
       <c r="D211">
-        <v>1.04001</v>
+        <v>1.09126</v>
       </c>
       <c r="E211">
-        <v>1.04218</v>
+        <v>1.09468</v>
       </c>
     </row>
     <row r="212" spans="1:5">
       <c r="A212" t="s">
         <v>212</v>
       </c>
       <c r="B212">
-        <v>1.04832</v>
+        <v>1.0906</v>
       </c>
       <c r="C212">
-        <v>1.04858</v>
+        <v>1.09912</v>
       </c>
       <c r="D212">
-        <v>1.04346</v>
+        <v>1.08877</v>
       </c>
       <c r="E212">
-        <v>1.04453</v>
+        <v>1.09572</v>
       </c>
     </row>
     <row r="213" spans="1:5">
       <c r="A213" t="s">
         <v>213</v>
       </c>
       <c r="B213">
-        <v>1.04855</v>
+        <v>1.09866</v>
       </c>
       <c r="C213">
-        <v>1.05058</v>
+        <v>1.10494</v>
       </c>
       <c r="D213">
-        <v>1.04665</v>
+        <v>1.08998</v>
       </c>
       <c r="E213">
-        <v>1.04833</v>
+        <v>1.09047</v>
       </c>
     </row>
     <row r="214" spans="1:5">
       <c r="A214" t="s">
         <v>214</v>
       </c>
       <c r="B214">
-        <v>1.04632</v>
+        <v>1.10427</v>
       </c>
       <c r="C214">
-        <v>1.05137</v>
+        <v>1.11072</v>
       </c>
       <c r="D214">
-        <v>1.04466</v>
+        <v>1.0924</v>
       </c>
       <c r="E214">
-        <v>1.04914</v>
+        <v>1.09422</v>
       </c>
     </row>
     <row r="215" spans="1:5">
       <c r="A215" t="s">
         <v>215</v>
       </c>
       <c r="B215">
-        <v>1.03813</v>
+        <v>1.08518</v>
       </c>
       <c r="C215">
-        <v>1.04663</v>
+        <v>1.11453</v>
       </c>
       <c r="D215">
-        <v>1.03724</v>
+        <v>1.08046</v>
       </c>
       <c r="E215">
-        <v>1.04632</v>
+        <v>1.10505</v>
       </c>
     </row>
     <row r="216" spans="1:5">
       <c r="A216" t="s">
         <v>216</v>
       </c>
       <c r="B216">
-        <v>1.03604</v>
+        <v>1.07894</v>
       </c>
       <c r="C216">
-        <v>1.04291</v>
+        <v>1.09235</v>
       </c>
       <c r="D216">
-        <v>1.03163</v>
+        <v>1.07796</v>
       </c>
       <c r="E216">
-        <v>1.03605</v>
+        <v>1.08597</v>
       </c>
     </row>
     <row r="217" spans="1:5">
       <c r="A217" t="s">
         <v>217</v>
       </c>
       <c r="B217">
-        <v>1.0306</v>
+        <v>1.08146</v>
       </c>
       <c r="C217">
-        <v>1.03808</v>
+        <v>1.08295</v>
       </c>
       <c r="D217">
-        <v>1.02915</v>
+        <v>1.07777</v>
       </c>
       <c r="E217">
-        <v>1.03605</v>
+        <v>1.07918</v>
       </c>
     </row>
     <row r="218" spans="1:5">
       <c r="A218" t="s">
         <v>218</v>
       </c>
       <c r="B218">
-        <v>1.03083</v>
+        <v>1.08009</v>
       </c>
       <c r="C218">
-        <v>1.03357</v>
+        <v>1.08442</v>
       </c>
       <c r="D218">
-        <v>1.0298</v>
+        <v>1.07639</v>
       </c>
       <c r="E218">
-        <v>1.0306</v>
+        <v>1.08251</v>
       </c>
     </row>
     <row r="219" spans="1:5">
       <c r="A219" t="s">
         <v>219</v>
       </c>
       <c r="B219">
-        <v>1.03823</v>
+        <v>1.0753</v>
       </c>
       <c r="C219">
-        <v>1.04097</v>
+        <v>1.08206</v>
       </c>
       <c r="D219">
-        <v>1.03043</v>
+        <v>1.07324</v>
       </c>
       <c r="E219">
-        <v>1.03272</v>
+        <v>1.08012</v>
       </c>
     </row>
     <row r="220" spans="1:5">
       <c r="A220" t="s">
         <v>220</v>
       </c>
       <c r="B220">
-        <v>1.04021</v>
+        <v>1.07899</v>
       </c>
       <c r="C220">
-        <v>1.04048</v>
+        <v>1.08022</v>
       </c>
       <c r="D220">
-        <v>1.03518</v>
+        <v>1.07429</v>
       </c>
       <c r="E220">
-        <v>1.03824</v>
+        <v>1.07519</v>
       </c>
     </row>
     <row r="221" spans="1:5">
       <c r="A221" t="s">
         <v>221</v>
       </c>
       <c r="B221">
-        <v>1.03777</v>
+        <v>1.08003</v>
       </c>
       <c r="C221">
-        <v>1.0442</v>
+        <v>1.08296</v>
       </c>
       <c r="D221">
-        <v>1.03691</v>
+        <v>1.07763</v>
       </c>
       <c r="E221">
-        <v>1.04021</v>
+        <v>1.07904</v>
       </c>
     </row>
     <row r="222" spans="1:5">
       <c r="A222" t="s">
         <v>222</v>
       </c>
       <c r="B222">
-        <v>1.03426</v>
+        <v>1.07927</v>
       </c>
       <c r="C222">
-        <v>1.0387</v>
+        <v>1.08125</v>
       </c>
       <c r="D222">
-        <v>1.02715</v>
+        <v>1.07927</v>
       </c>
       <c r="E222">
-        <v>1.03775</v>
+        <v>1.08001</v>
       </c>
     </row>
     <row r="223" spans="1:5">
       <c r="A223" t="s">
         <v>223</v>
       </c>
       <c r="B223">
-        <v>1.02404</v>
+        <v>1.08466</v>
       </c>
       <c r="C223">
-        <v>1.03494</v>
+        <v>1.08606</v>
       </c>
       <c r="D223">
-        <v>1.02098</v>
+        <v>1.0796</v>
       </c>
       <c r="E223">
-        <v>1.03427</v>
+        <v>1.08171</v>
       </c>
     </row>
     <row r="224" spans="1:5">
       <c r="A224" t="s">
         <v>224</v>
       </c>
       <c r="B224">
-        <v>1.03877</v>
+        <v>1.09007</v>
       </c>
       <c r="C224">
-        <v>1.04332</v>
+        <v>1.09167</v>
       </c>
       <c r="D224">
-        <v>1.03596</v>
+        <v>1.08141</v>
       </c>
       <c r="E224">
-        <v>1.03734</v>
+        <v>1.08471</v>
       </c>
     </row>
     <row r="225" spans="1:5">
       <c r="A225" t="s">
         <v>225</v>
       </c>
       <c r="B225">
-        <v>1.04203</v>
+        <v>1.09437</v>
       </c>
       <c r="C225">
-        <v>1.04668</v>
+        <v>1.09452</v>
       </c>
       <c r="D225">
-        <v>1.03855</v>
+        <v>1.08598</v>
       </c>
       <c r="E225">
-        <v>1.03889</v>
+        <v>1.09009</v>
       </c>
     </row>
     <row r="226" spans="1:5">
       <c r="A226" t="s">
         <v>226</v>
       </c>
       <c r="B226">
-        <v>1.04296</v>
+        <v>1.09213</v>
       </c>
       <c r="C226">
-        <v>1.0443</v>
+        <v>1.09542</v>
       </c>
       <c r="D226">
-        <v>1.03816</v>
+        <v>1.08922</v>
       </c>
       <c r="E226">
-        <v>1.04201</v>
+        <v>1.09435</v>
       </c>
     </row>
     <row r="227" spans="1:5">
       <c r="A227" t="s">
         <v>227</v>
       </c>
       <c r="B227">
-        <v>1.04911</v>
+        <v>1.08827</v>
       </c>
       <c r="C227">
-        <v>1.04921</v>
+        <v>1.09291</v>
       </c>
       <c r="D227">
-        <v>1.0413</v>
+        <v>1.08679</v>
       </c>
       <c r="E227">
-        <v>1.04296</v>
+        <v>1.09214</v>
       </c>
     </row>
     <row r="228" spans="1:5">
       <c r="A228" t="s">
         <v>228</v>
       </c>
       <c r="B228">
-        <v>1.04718</v>
+        <v>1.08509</v>
       </c>
       <c r="C228">
-        <v>1.05326</v>
+        <v>1.09118</v>
       </c>
       <c r="D228">
-        <v>1.04533</v>
+        <v>1.083</v>
       </c>
       <c r="E228">
-        <v>1.04912</v>
+        <v>1.08826</v>
       </c>
     </row>
     <row r="229" spans="1:5">
       <c r="A229" t="s">
         <v>229</v>
       </c>
       <c r="B229">
-        <v>1.04146</v>
+        <v>1.0887</v>
       </c>
       <c r="C229">
-        <v>1.05209</v>
+        <v>1.08966</v>
       </c>
       <c r="D229">
-        <v>1.0411</v>
+        <v>1.08219</v>
       </c>
       <c r="E229">
-        <v>1.04941</v>
+        <v>1.08504</v>
       </c>
     </row>
     <row r="230" spans="1:5">
       <c r="A230" t="s">
         <v>230</v>
       </c>
       <c r="B230">
-        <v>1.04077</v>
+        <v>1.09178</v>
       </c>
       <c r="C230">
-        <v>1.04373</v>
+        <v>1.09303</v>
       </c>
       <c r="D230">
-        <v>1.03714</v>
+        <v>1.08749</v>
       </c>
       <c r="E230">
-        <v>1.04147</v>
+        <v>1.08868</v>
       </c>
     </row>
     <row r="231" spans="1:5">
       <c r="A231" t="s">
         <v>231</v>
       </c>
       <c r="B231">
-        <v>1.04249</v>
+        <v>1.08327</v>
       </c>
       <c r="C231">
-        <v>1.04568</v>
+        <v>1.09467</v>
       </c>
       <c r="D231">
-        <v>1.03916</v>
+        <v>1.08282</v>
       </c>
       <c r="E231">
-        <v>1.04079</v>
+        <v>1.09178</v>
       </c>
     </row>
     <row r="232" spans="1:5">
       <c r="A232" t="s">
         <v>232</v>
       </c>
       <c r="B232">
-        <v>1.04149</v>
+        <v>1.08619</v>
       </c>
       <c r="C232">
-        <v>1.04348</v>
+        <v>1.0874</v>
       </c>
       <c r="D232">
-        <v>1.03411</v>
+        <v>1.08044</v>
       </c>
       <c r="E232">
-        <v>1.04238</v>
+        <v>1.08338</v>
       </c>
     </row>
     <row r="233" spans="1:5">
       <c r="A233" t="s">
         <v>233</v>
       </c>
       <c r="B233">
-        <v>1.02679</v>
+        <v>1.07825</v>
       </c>
       <c r="C233">
-        <v>1.0434</v>
+        <v>1.08879</v>
       </c>
       <c r="D233">
-        <v>1.02675</v>
+        <v>1.07787</v>
       </c>
       <c r="E233">
-        <v>1.04156</v>
+        <v>1.08471</v>
       </c>
     </row>
     <row r="234" spans="1:5">
       <c r="A234" t="s">
         <v>234</v>
       </c>
       <c r="B234">
-        <v>1.02969</v>
+        <v>1.07861</v>
       </c>
       <c r="C234">
-        <v>1.03301</v>
+        <v>1.0853</v>
       </c>
       <c r="D234">
-        <v>1.02646</v>
+        <v>1.0765</v>
       </c>
       <c r="E234">
-        <v>1.0275</v>
+        <v>1.0784</v>
       </c>
     </row>
     <row r="235" spans="1:5">
       <c r="A235" t="s">
         <v>235</v>
       </c>
       <c r="B235">
-        <v>1.02872</v>
+        <v>1.06245</v>
       </c>
       <c r="C235">
-        <v>1.03146</v>
+        <v>1.07959</v>
       </c>
       <c r="D235">
-        <v>1.02599</v>
+        <v>1.06014</v>
       </c>
       <c r="E235">
-        <v>1.03014</v>
+        <v>1.07878</v>
       </c>
     </row>
     <row r="236" spans="1:5">
       <c r="A236" t="s">
         <v>236</v>
       </c>
       <c r="B236">
-        <v>1.03069</v>
+        <v>1.0486</v>
       </c>
       <c r="C236">
-        <v>1.03539</v>
+        <v>1.06268</v>
       </c>
       <c r="D236">
-        <v>1.02592</v>
+        <v>1.04706</v>
       </c>
       <c r="E236">
-        <v>1.0289</v>
+        <v>1.06246</v>
       </c>
     </row>
     <row r="237" spans="1:5">
       <c r="A237" t="s">
         <v>237</v>
       </c>
       <c r="B237">
-        <v>1.02439</v>
+        <v>1.04148</v>
       </c>
       <c r="C237">
-        <v>1.03079</v>
+        <v>1.05034</v>
       </c>
       <c r="D237">
-        <v>1.02377</v>
+        <v>1.0388</v>
       </c>
       <c r="E237">
-        <v>1.03073</v>
+        <v>1.0486</v>
       </c>
     </row>
     <row r="238" spans="1:5">
       <c r="A238" t="s">
         <v>238</v>
       </c>
       <c r="B238">
-        <v>1.02444</v>
+        <v>1.03972</v>
       </c>
       <c r="C238">
-        <v>1.02493</v>
+        <v>1.04193</v>
       </c>
       <c r="D238">
-        <v>1.01766</v>
+        <v>1.03594</v>
       </c>
       <c r="E238">
-        <v>1.02441</v>
+        <v>1.03742</v>
       </c>
     </row>
     <row r="239" spans="1:5">
       <c r="A239" t="s">
         <v>239</v>
       </c>
       <c r="B239">
-        <v>1.02986</v>
+        <v>1.04834</v>
       </c>
       <c r="C239">
-        <v>1.03113</v>
+        <v>1.0492</v>
       </c>
       <c r="D239">
-        <v>1.02111</v>
+        <v>1.03962</v>
       </c>
       <c r="E239">
-        <v>1.02441</v>
+        <v>1.03973</v>
       </c>
     </row>
     <row r="240" spans="1:5">
       <c r="A240" t="s">
         <v>240</v>
       </c>
       <c r="B240">
-        <v>1.03178</v>
+        <v>1.0512</v>
       </c>
       <c r="C240">
-        <v>1.03208</v>
+        <v>1.0528</v>
       </c>
       <c r="D240">
-        <v>1.0283</v>
+        <v>1.04744</v>
       </c>
       <c r="E240">
-        <v>1.02985</v>
+        <v>1.04835</v>
       </c>
     </row>
     <row r="241" spans="1:5">
       <c r="A241" t="s">
         <v>241</v>
       </c>
       <c r="B241">
-        <v>1.03391</v>
+        <v>1.04668</v>
       </c>
       <c r="C241">
-        <v>1.03569</v>
+        <v>1.05188</v>
       </c>
       <c r="D241">
-        <v>1.02725</v>
+        <v>1.04557</v>
       </c>
       <c r="E241">
-        <v>1.03178</v>
+        <v>1.05124</v>
       </c>
     </row>
     <row r="242" spans="1:5">
       <c r="A242" t="s">
         <v>242</v>
       </c>
       <c r="B242">
-        <v>1.03891</v>
+        <v>1.04791</v>
       </c>
       <c r="C242">
-        <v>1.04339</v>
+        <v>1.05277</v>
       </c>
       <c r="D242">
-        <v>1.0339</v>
+        <v>1.04522</v>
       </c>
       <c r="E242">
-        <v>1.03399</v>
+        <v>1.0467</v>
       </c>
     </row>
     <row r="243" spans="1:5">
       <c r="A243" t="s">
         <v>243</v>
       </c>
       <c r="B243">
-        <v>1.03159</v>
+        <v>1.05005</v>
       </c>
       <c r="C243">
-        <v>1.04363</v>
+        <v>1.05051</v>
       </c>
       <c r="D243">
-        <v>1.03123</v>
+        <v>1.04489</v>
       </c>
       <c r="E243">
-        <v>1.03891</v>
+        <v>1.04601</v>
       </c>
     </row>
     <row r="244" spans="1:5">
       <c r="A244" t="s">
         <v>244</v>
       </c>
       <c r="B244">
-        <v>1.0255</v>
+        <v>1.04217</v>
       </c>
       <c r="C244">
-        <v>1.03069</v>
+        <v>1.05028</v>
       </c>
       <c r="D244">
-        <v>1.0253</v>
+        <v>1.0418</v>
       </c>
       <c r="E244">
-        <v>1.03051</v>
+        <v>1.05007</v>
       </c>
     </row>
     <row r="245" spans="1:5">
       <c r="A245" t="s">
         <v>245</v>
       </c>
       <c r="B245">
-        <v>1.03597</v>
+        <v>1.04451</v>
       </c>
       <c r="C245">
-        <v>1.03751</v>
+        <v>1.04607</v>
       </c>
       <c r="D245">
-        <v>1.02239</v>
+        <v>1.04001</v>
       </c>
       <c r="E245">
-        <v>1.02645</v>
+        <v>1.04218</v>
       </c>
     </row>
     <row r="246" spans="1:5">
       <c r="A246" t="s">
         <v>246</v>
       </c>
       <c r="B246">
-        <v>1.04064</v>
+        <v>1.04832</v>
       </c>
       <c r="C246">
-        <v>1.04241</v>
+        <v>1.04858</v>
       </c>
       <c r="D246">
-        <v>1.03438</v>
+        <v>1.04346</v>
       </c>
       <c r="E246">
-        <v>1.03523</v>
+        <v>1.04453</v>
       </c>
     </row>
     <row r="247" spans="1:5">
       <c r="A247" t="s">
         <v>247</v>
       </c>
       <c r="B247">
-        <v>1.04275</v>
+        <v>1.04855</v>
       </c>
       <c r="C247">
-        <v>1.0458</v>
+        <v>1.05058</v>
       </c>
       <c r="D247">
-        <v>1.03714</v>
+        <v>1.04665</v>
       </c>
       <c r="E247">
-        <v>1.0406</v>
+        <v>1.04833</v>
       </c>
     </row>
     <row r="248" spans="1:5">
       <c r="A248" t="s">
         <v>248</v>
       </c>
       <c r="B248">
-        <v>1.04193</v>
+        <v>1.04632</v>
       </c>
       <c r="C248">
-        <v>1.04433</v>
+        <v>1.05137</v>
       </c>
       <c r="D248">
-        <v>1.04044</v>
+        <v>1.04466</v>
       </c>
       <c r="E248">
-        <v>1.04252</v>
+        <v>1.04914</v>
       </c>
     </row>
     <row r="249" spans="1:5">
       <c r="A249" t="s">
         <v>249</v>
       </c>
       <c r="B249">
-        <v>1.03973</v>
+        <v>1.03813</v>
       </c>
       <c r="C249">
-        <v>1.04293</v>
+        <v>1.04663</v>
       </c>
       <c r="D249">
-        <v>1.03897</v>
+        <v>1.03724</v>
       </c>
       <c r="E249">
-        <v>1.04219</v>
+        <v>1.04632</v>
       </c>
     </row>
     <row r="250" spans="1:5">
       <c r="A250" t="s">
         <v>250</v>
       </c>
       <c r="B250">
-        <v>1.04039</v>
+        <v>1.03604</v>
       </c>
       <c r="C250">
-        <v>1.04094</v>
+        <v>1.04291</v>
       </c>
       <c r="D250">
-        <v>1.03829</v>
+        <v>1.03163</v>
       </c>
       <c r="E250">
-        <v>1.03899</v>
+        <v>1.03605</v>
       </c>
     </row>
     <row r="251" spans="1:5">
       <c r="A251" t="s">
         <v>251</v>
       </c>
       <c r="B251">
-        <v>1.04312</v>
+        <v>1.0306</v>
       </c>
       <c r="C251">
-        <v>1.04448</v>
+        <v>1.03808</v>
       </c>
       <c r="D251">
-        <v>1.03835</v>
+        <v>1.02915</v>
       </c>
       <c r="E251">
-        <v>1.04053</v>
+        <v>1.03605</v>
       </c>
     </row>
     <row r="252" spans="1:5">
       <c r="A252" t="s">
         <v>252</v>
       </c>
       <c r="B252">
-        <v>1.03626</v>
+        <v>1.03083</v>
       </c>
       <c r="C252">
-        <v>1.04468</v>
+        <v>1.03357</v>
       </c>
       <c r="D252">
-        <v>1.03424</v>
+        <v>1.0298</v>
       </c>
       <c r="E252">
-        <v>1.0428</v>
+        <v>1.0306</v>
       </c>
     </row>
     <row r="253" spans="1:5">
       <c r="A253" t="s">
         <v>253</v>
       </c>
       <c r="B253">
-        <v>1.03492</v>
+        <v>1.03823</v>
       </c>
       <c r="C253">
-        <v>1.04216</v>
+        <v>1.04097</v>
       </c>
       <c r="D253">
-        <v>1.03444</v>
+        <v>1.03043</v>
       </c>
       <c r="E253">
-        <v>1.03622</v>
+        <v>1.03272</v>
       </c>
     </row>
     <row r="254" spans="1:5">
       <c r="A254" t="s">
         <v>254</v>
       </c>
       <c r="B254">
-        <v>1.049</v>
+        <v>1.04021</v>
       </c>
       <c r="C254">
-        <v>1.0512</v>
+        <v>1.04048</v>
       </c>
       <c r="D254">
-        <v>1.03434</v>
+        <v>1.03518</v>
       </c>
       <c r="E254">
-        <v>1.03509</v>
+        <v>1.03824</v>
       </c>
     </row>
     <row r="255" spans="1:5">
       <c r="A255" t="s">
         <v>255</v>
       </c>
       <c r="B255">
-        <v>1.05098</v>
+        <v>1.03777</v>
       </c>
       <c r="C255">
-        <v>1.05336</v>
+        <v>1.0442</v>
       </c>
       <c r="D255">
-        <v>1.04785</v>
+        <v>1.03691</v>
       </c>
       <c r="E255">
-        <v>1.04904</v>
+        <v>1.04021</v>
       </c>
     </row>
     <row r="256" spans="1:5">
       <c r="A256" t="s">
         <v>256</v>
       </c>
       <c r="B256">
-        <v>1.05042</v>
+        <v>1.03426</v>
       </c>
       <c r="C256">
-        <v>1.05239</v>
+        <v>1.0387</v>
       </c>
       <c r="D256">
-        <v>1.04739</v>
+        <v>1.02715</v>
       </c>
       <c r="E256">
-        <v>1.05106</v>
+        <v>1.03775</v>
       </c>
     </row>
     <row r="257" spans="1:5">
       <c r="A257" t="s">
         <v>257</v>
       </c>
       <c r="B257">
-        <v>1.04658</v>
+        <v>1.02404</v>
       </c>
       <c r="C257">
-        <v>1.05235</v>
+        <v>1.03494</v>
       </c>
       <c r="D257">
-        <v>1.04524</v>
+        <v>1.02098</v>
       </c>
       <c r="E257">
-        <v>1.04964</v>
+        <v>1.03427</v>
       </c>
     </row>
     <row r="258" spans="1:5">
       <c r="A258" t="s">
         <v>258</v>
       </c>
       <c r="B258">
-        <v>1.04924</v>
+        <v>1.03877</v>
       </c>
       <c r="C258">
-        <v>1.05302</v>
+        <v>1.04332</v>
       </c>
       <c r="D258">
-        <v>1.04631</v>
+        <v>1.03596</v>
       </c>
       <c r="E258">
-        <v>1.04656</v>
+        <v>1.03734</v>
       </c>
     </row>
     <row r="259" spans="1:5">
       <c r="A259" t="s">
         <v>259</v>
       </c>
       <c r="B259">
-        <v>1.05262</v>
+        <v>1.04203</v>
       </c>
       <c r="C259">
-        <v>1.05386</v>
+        <v>1.04668</v>
       </c>
       <c r="D259">
-        <v>1.04795</v>
+        <v>1.03855</v>
       </c>
       <c r="E259">
-        <v>1.04949</v>
+        <v>1.03889</v>
       </c>
     </row>
     <row r="260" spans="1:5">
       <c r="A260" t="s">
         <v>260</v>
       </c>
       <c r="B260">
-        <v>1.05521</v>
+        <v>1.04296</v>
       </c>
       <c r="C260">
-        <v>1.05675</v>
+        <v>1.0443</v>
       </c>
       <c r="D260">
-        <v>1.04978</v>
+        <v>1.03816</v>
       </c>
       <c r="E260">
-        <v>1.05265</v>
+        <v>1.04201</v>
       </c>
     </row>
     <row r="261" spans="1:5">
       <c r="A261" t="s">
         <v>261</v>
       </c>
       <c r="B261">
-        <v>1.05621</v>
+        <v>1.04911</v>
       </c>
       <c r="C261">
-        <v>1.05936</v>
+        <v>1.04921</v>
       </c>
       <c r="D261">
-        <v>1.05315</v>
+        <v>1.0413</v>
       </c>
       <c r="E261">
-        <v>1.05529</v>
+        <v>1.04296</v>
       </c>
     </row>
     <row r="262" spans="1:5">
       <c r="A262" t="s">
         <v>262</v>
       </c>
       <c r="B262">
-        <v>1.05827</v>
+        <v>1.04718</v>
       </c>
       <c r="C262">
-        <v>1.06288</v>
+        <v>1.05326</v>
       </c>
       <c r="D262">
-        <v>1.05416</v>
+        <v>1.04533</v>
       </c>
       <c r="E262">
-        <v>1.05631</v>
+        <v>1.04912</v>
       </c>
     </row>
     <row r="263" spans="1:5">
       <c r="A263" t="s">
         <v>263</v>
       </c>
       <c r="B263">
-        <v>1.05073</v>
+        <v>1.04146</v>
       </c>
       <c r="C263">
-        <v>1.05888</v>
+        <v>1.05209</v>
       </c>
       <c r="D263">
-        <v>1.05053</v>
+        <v>1.0411</v>
       </c>
       <c r="E263">
-        <v>1.05866</v>
+        <v>1.04941</v>
       </c>
     </row>
     <row r="264" spans="1:5">
       <c r="A264" t="s">
         <v>264</v>
       </c>
       <c r="B264">
-        <v>1.05067</v>
+        <v>1.04077</v>
       </c>
       <c r="C264">
-        <v>1.05432</v>
+        <v>1.04373</v>
       </c>
       <c r="D264">
-        <v>1.04716</v>
+        <v>1.03714</v>
       </c>
       <c r="E264">
-        <v>1.05093</v>
+        <v>1.04147</v>
       </c>
     </row>
     <row r="265" spans="1:5">
       <c r="A265" t="s">
         <v>265</v>
       </c>
       <c r="B265">
-        <v>1.04963</v>
+        <v>1.04249</v>
       </c>
       <c r="C265">
-        <v>1.05344</v>
+        <v>1.04568</v>
       </c>
       <c r="D265">
-        <v>1.048</v>
+        <v>1.03916</v>
       </c>
       <c r="E265">
-        <v>1.05084</v>
+        <v>1.04079</v>
       </c>
     </row>
     <row r="266" spans="1:5">
       <c r="A266" t="s">
         <v>266</v>
       </c>
       <c r="B266">
-        <v>1.05334</v>
+        <v>1.04149</v>
       </c>
       <c r="C266">
-        <v>1.05456</v>
+        <v>1.04348</v>
       </c>
       <c r="D266">
-        <v>1.04599</v>
+        <v>1.03411</v>
       </c>
       <c r="E266">
-        <v>1.0497</v>
+        <v>1.04238</v>
       </c>
     </row>
     <row r="267" spans="1:5">
       <c r="A267" t="s">
         <v>267</v>
       </c>
       <c r="B267">
-        <v>1.05464</v>
+        <v>1.02679</v>
       </c>
       <c r="C267">
-        <v>1.05964</v>
+        <v>1.0434</v>
       </c>
       <c r="D267">
-        <v>1.05409</v>
+        <v>1.02675</v>
       </c>
       <c r="E267">
-        <v>1.05816</v>
+        <v>1.04156</v>
       </c>
     </row>
     <row r="268" spans="1:5">
       <c r="A268" t="s">
         <v>268</v>
       </c>
       <c r="B268">
-        <v>1.05643</v>
+        <v>1.02969</v>
       </c>
       <c r="C268">
-        <v>1.05689</v>
+        <v>1.03301</v>
       </c>
       <c r="D268">
-        <v>1.05268</v>
+        <v>1.02646</v>
       </c>
       <c r="E268">
-        <v>1.05531</v>
+        <v>1.0275</v>
       </c>
     </row>
     <row r="269" spans="1:5">
       <c r="A269" t="s">
         <v>269</v>
       </c>
       <c r="B269">
-        <v>1.04874</v>
+        <v>1.02872</v>
       </c>
       <c r="C269">
-        <v>1.0587</v>
+        <v>1.03146</v>
       </c>
       <c r="D269">
-        <v>1.04737</v>
+        <v>1.02599</v>
       </c>
       <c r="E269">
-        <v>1.05656</v>
+        <v>1.03014</v>
       </c>
     </row>
     <row r="270" spans="1:5">
       <c r="A270" t="s">
         <v>270</v>
       </c>
       <c r="B270">
-        <v>1.04876</v>
+        <v>1.03069</v>
       </c>
       <c r="C270">
-        <v>1.0544</v>
+        <v>1.03539</v>
       </c>
       <c r="D270">
-        <v>1.04244</v>
+        <v>1.02592</v>
       </c>
       <c r="E270">
-        <v>1.04883</v>
+        <v>1.0289</v>
       </c>
     </row>
     <row r="271" spans="1:5">
       <c r="A271" t="s">
         <v>271</v>
       </c>
       <c r="B271">
-        <v>1.04978</v>
+        <v>1.02439</v>
       </c>
       <c r="C271">
-        <v>1.05295</v>
+        <v>1.03079</v>
       </c>
       <c r="D271">
-        <v>1.04482</v>
+        <v>1.02377</v>
       </c>
       <c r="E271">
-        <v>1.0495</v>
+        <v>1.03073</v>
       </c>
     </row>
     <row r="272" spans="1:5">
       <c r="A272" t="s">
         <v>272</v>
       </c>
       <c r="B272">
-        <v>1.04734</v>
+        <v>1.02444</v>
       </c>
       <c r="C272">
-        <v>1.04972</v>
+        <v>1.02493</v>
       </c>
       <c r="D272">
-        <v>1.03325</v>
+        <v>1.01766</v>
       </c>
       <c r="E272">
-        <v>1.04139</v>
+        <v>1.02441</v>
       </c>
     </row>
     <row r="273" spans="1:5">
       <c r="A273" t="s">
         <v>273</v>
       </c>
       <c r="B273">
-        <v>1.05401</v>
+        <v>1.02986</v>
       </c>
       <c r="C273">
-        <v>1.05543</v>
+        <v>1.03113</v>
       </c>
       <c r="D273">
-        <v>1.04615</v>
+        <v>1.02111</v>
       </c>
       <c r="E273">
-        <v>1.0473</v>
+        <v>1.02441</v>
       </c>
     </row>
     <row r="274" spans="1:5">
       <c r="A274" t="s">
         <v>274</v>
       </c>
       <c r="B274">
-        <v>1.05922</v>
+        <v>1.03178</v>
       </c>
       <c r="C274">
-        <v>1.06091</v>
+        <v>1.03208</v>
       </c>
       <c r="D274">
-        <v>1.0506</v>
+        <v>1.0283</v>
       </c>
       <c r="E274">
-        <v>1.05426</v>
+        <v>1.02985</v>
       </c>
     </row>
     <row r="275" spans="1:5">
       <c r="A275" t="s">
         <v>275</v>
       </c>
       <c r="B275">
-        <v>1.05974</v>
+        <v>1.03391</v>
       </c>
       <c r="C275">
-        <v>1.06001</v>
+        <v>1.03569</v>
       </c>
       <c r="D275">
-        <v>1.0523</v>
+        <v>1.02725</v>
       </c>
       <c r="E275">
-        <v>1.05953</v>
+        <v>1.03178</v>
       </c>
     </row>
     <row r="276" spans="1:5">
       <c r="A276" t="s">
         <v>276</v>
       </c>
       <c r="B276">
-        <v>1.05329</v>
+        <v>1.03891</v>
       </c>
       <c r="C276">
-        <v>1.06065</v>
+        <v>1.04339</v>
       </c>
       <c r="D276">
-        <v>1.05297</v>
+        <v>1.0339</v>
       </c>
       <c r="E276">
-        <v>1.05975</v>
+        <v>1.03399</v>
       </c>
     </row>
     <row r="277" spans="1:5">
       <c r="A277" t="s">
         <v>277</v>
       </c>
       <c r="B277">
-        <v>1.0529</v>
+        <v>1.03159</v>
       </c>
       <c r="C277">
-        <v>1.0592</v>
+        <v>1.04363</v>
       </c>
       <c r="D277">
-        <v>1.05157</v>
+        <v>1.03123</v>
       </c>
       <c r="E277">
-        <v>1.05271</v>
+        <v>1.03891</v>
       </c>
     </row>
     <row r="278" spans="1:5">
       <c r="A278" t="s">
         <v>278</v>
       </c>
       <c r="B278">
-        <v>1.0562</v>
+        <v>1.0255</v>
       </c>
       <c r="C278">
-        <v>1.05818</v>
+        <v>1.03069</v>
       </c>
       <c r="D278">
-        <v>1.04957</v>
+        <v>1.0253</v>
       </c>
       <c r="E278">
-        <v>1.05291</v>
+        <v>1.03051</v>
       </c>
     </row>
     <row r="279" spans="1:5">
       <c r="A279" t="s">
         <v>279</v>
       </c>
       <c r="B279">
-        <v>1.06207</v>
+        <v>1.03597</v>
       </c>
       <c r="C279">
-        <v>1.0653</v>
+        <v>1.03751</v>
       </c>
       <c r="D279">
-        <v>1.05549</v>
+        <v>1.02239</v>
       </c>
       <c r="E279">
-        <v>1.05631</v>
+        <v>1.02645</v>
       </c>
     </row>
     <row r="280" spans="1:5">
       <c r="A280" t="s">
         <v>280</v>
       </c>
       <c r="B280">
-        <v>1.0649</v>
+        <v>1.04064</v>
       </c>
       <c r="C280">
-        <v>1.06624</v>
+        <v>1.04241</v>
       </c>
       <c r="D280">
-        <v>1.05943</v>
+        <v>1.03438</v>
       </c>
       <c r="E280">
-        <v>1.06226</v>
+        <v>1.03523</v>
       </c>
     </row>
     <row r="281" spans="1:5">
       <c r="A281" t="s">
         <v>281</v>
       </c>
       <c r="B281">
-        <v>1.07119</v>
+        <v>1.04275</v>
       </c>
       <c r="C281">
-        <v>1.07272</v>
+        <v>1.0458</v>
       </c>
       <c r="D281">
-        <v>1.06279</v>
+        <v>1.03714</v>
       </c>
       <c r="E281">
-        <v>1.06542</v>
+        <v>1.0406</v>
       </c>
     </row>
     <row r="282" spans="1:5">
       <c r="A282" t="s">
         <v>282</v>
       </c>
       <c r="B282">
-        <v>1.08012</v>
+        <v>1.04193</v>
       </c>
       <c r="C282">
-        <v>1.08038</v>
+        <v>1.04433</v>
       </c>
       <c r="D282">
-        <v>1.0686</v>
+        <v>1.04044</v>
       </c>
       <c r="E282">
-        <v>1.07168</v>
+        <v>1.04252</v>
       </c>
     </row>
     <row r="283" spans="1:5">
       <c r="A283" t="s">
         <v>283</v>
       </c>
       <c r="B283">
-        <v>1.07236</v>
+        <v>1.03973</v>
       </c>
       <c r="C283">
-        <v>1.08239</v>
+        <v>1.04293</v>
       </c>
       <c r="D283">
-        <v>1.07122</v>
+        <v>1.03897</v>
       </c>
       <c r="E283">
-        <v>1.08012</v>
+        <v>1.04219</v>
       </c>
     </row>
     <row r="284" spans="1:5">
       <c r="A284" t="s">
         <v>284</v>
       </c>
       <c r="B284">
-        <v>1.0925</v>
+        <v>1.04039</v>
       </c>
       <c r="C284">
-        <v>1.09364</v>
+        <v>1.04094</v>
       </c>
       <c r="D284">
-        <v>1.06816</v>
+        <v>1.03829</v>
       </c>
       <c r="E284">
-        <v>1.07272</v>
+        <v>1.03899</v>
       </c>
     </row>
     <row r="285" spans="1:5">
       <c r="A285" t="s">
         <v>285</v>
       </c>
       <c r="B285">
-        <v>1.08714</v>
+        <v>1.04312</v>
       </c>
       <c r="C285">
-        <v>1.09356</v>
+        <v>1.04448</v>
       </c>
       <c r="D285">
-        <v>1.08714</v>
+        <v>1.03835</v>
       </c>
       <c r="E285">
-        <v>1.09269</v>
+        <v>1.04053</v>
       </c>
     </row>
     <row r="286" spans="1:5">
       <c r="A286" t="s">
         <v>286</v>
       </c>
       <c r="B286">
-        <v>1.08752</v>
+        <v>1.03626</v>
       </c>
       <c r="C286">
-        <v>1.0914</v>
+        <v>1.04468</v>
       </c>
       <c r="D286">
-        <v>1.0869</v>
+        <v>1.03424</v>
       </c>
       <c r="E286">
-        <v>1.08758</v>
+        <v>1.0428</v>
       </c>
     </row>
     <row r="287" spans="1:5">
       <c r="A287" t="s">
         <v>287</v>
       </c>
       <c r="B287">
-        <v>1.08824</v>
+        <v>1.03492</v>
       </c>
       <c r="C287">
-        <v>1.09049</v>
+        <v>1.04216</v>
       </c>
       <c r="D287">
-        <v>1.08333</v>
+        <v>1.03444</v>
       </c>
       <c r="E287">
-        <v>1.0835</v>
+        <v>1.03622</v>
       </c>
     </row>
     <row r="288" spans="1:5">
       <c r="A288" t="s">
         <v>288</v>
       </c>
       <c r="B288">
-        <v>1.08547</v>
+        <v>1.049</v>
       </c>
       <c r="C288">
-        <v>1.08873</v>
+        <v>1.0512</v>
       </c>
       <c r="D288">
-        <v>1.08434</v>
+        <v>1.03434</v>
       </c>
       <c r="E288">
-        <v>1.08824</v>
+        <v>1.03509</v>
       </c>
     </row>
     <row r="289" spans="1:5">
       <c r="A289" t="s">
         <v>289</v>
       </c>
       <c r="B289">
-        <v>1.08172</v>
+        <v>1.05098</v>
       </c>
       <c r="C289">
-        <v>1.08706</v>
+        <v>1.05336</v>
       </c>
       <c r="D289">
-        <v>1.08072</v>
+        <v>1.04785</v>
       </c>
       <c r="E289">
-        <v>1.08544</v>
+        <v>1.04904</v>
       </c>
     </row>
     <row r="290" spans="1:5">
       <c r="A290" t="s">
         <v>290</v>
       </c>
       <c r="B290">
-        <v>1.08105</v>
+        <v>1.05042</v>
       </c>
       <c r="C290">
-        <v>1.08255</v>
+        <v>1.05239</v>
       </c>
       <c r="D290">
-        <v>1.07681</v>
+        <v>1.04739</v>
       </c>
       <c r="E290">
-        <v>1.08171</v>
+        <v>1.05106</v>
       </c>
     </row>
     <row r="291" spans="1:5">
       <c r="A291" t="s">
         <v>291</v>
       </c>
       <c r="B291">
-        <v>1.07948</v>
+        <v>1.04658</v>
       </c>
       <c r="C291">
-        <v>1.08269</v>
+        <v>1.05235</v>
       </c>
       <c r="D291">
-        <v>1.07814</v>
+        <v>1.04524</v>
       </c>
       <c r="E291">
-        <v>1.08109</v>
+        <v>1.04964</v>
       </c>
     </row>
     <row r="292" spans="1:5">
       <c r="A292" t="s">
         <v>292</v>
       </c>
       <c r="B292">
-        <v>1.08265</v>
+        <v>1.04924</v>
       </c>
       <c r="C292">
-        <v>1.08386</v>
+        <v>1.05302</v>
       </c>
       <c r="D292">
-        <v>1.07922</v>
+        <v>1.04631</v>
       </c>
       <c r="E292">
-        <v>1.07951</v>
+        <v>1.04656</v>
       </c>
     </row>
     <row r="293" spans="1:5">
       <c r="A293" t="s">
         <v>293</v>
       </c>
       <c r="B293">
-        <v>1.07805</v>
+        <v>1.05262</v>
       </c>
       <c r="C293">
-        <v>1.0829</v>
+        <v>1.05386</v>
       </c>
       <c r="D293">
-        <v>1.07698</v>
+        <v>1.04795</v>
       </c>
       <c r="E293">
-        <v>1.08266</v>
+        <v>1.04949</v>
       </c>
     </row>
     <row r="294" spans="1:5">
       <c r="A294" t="s">
         <v>294</v>
       </c>
       <c r="B294">
-        <v>1.0797</v>
+        <v>1.05521</v>
       </c>
       <c r="C294">
-        <v>1.0806</v>
+        <v>1.05675</v>
       </c>
       <c r="D294">
-        <v>1.07606</v>
+        <v>1.04978</v>
       </c>
       <c r="E294">
-        <v>1.07807</v>
+        <v>1.05265</v>
       </c>
     </row>
     <row r="295" spans="1:5">
       <c r="A295" t="s">
         <v>295</v>
       </c>
       <c r="B295">
-        <v>1.08123</v>
+        <v>1.05621</v>
       </c>
       <c r="C295">
-        <v>1.08374</v>
+        <v>1.05936</v>
       </c>
       <c r="D295">
-        <v>1.07919</v>
+        <v>1.05315</v>
       </c>
       <c r="E295">
-        <v>1.07972</v>
+        <v>1.05529</v>
       </c>
     </row>
     <row r="296" spans="1:5">
       <c r="A296" t="s">
         <v>296</v>
       </c>
       <c r="B296">
-        <v>1.08671</v>
+        <v>1.05827</v>
       </c>
       <c r="C296">
-        <v>1.08691</v>
+        <v>1.06288</v>
       </c>
       <c r="D296">
-        <v>1.08103</v>
+        <v>1.05416</v>
       </c>
       <c r="E296">
-        <v>1.08138</v>
+        <v>1.05631</v>
       </c>
     </row>
     <row r="297" spans="1:5">
       <c r="A297" t="s">
         <v>297</v>
       </c>
       <c r="B297">
-        <v>1.08297</v>
+        <v>1.05073</v>
       </c>
       <c r="C297">
-        <v>1.08675</v>
+        <v>1.05888</v>
       </c>
       <c r="D297">
-        <v>1.08237</v>
+        <v>1.05053</v>
       </c>
       <c r="E297">
-        <v>1.08631</v>
+        <v>1.05866</v>
       </c>
     </row>
     <row r="298" spans="1:5">
       <c r="A298" t="s">
         <v>298</v>
       </c>
       <c r="B298">
-        <v>1.08606</v>
+        <v>1.05067</v>
       </c>
       <c r="C298">
-        <v>1.08728</v>
+        <v>1.05432</v>
       </c>
       <c r="D298">
-        <v>1.08102</v>
+        <v>1.04716</v>
       </c>
       <c r="E298">
-        <v>1.08299</v>
+        <v>1.05093</v>
       </c>
     </row>
     <row r="299" spans="1:5">
       <c r="A299" t="s">
         <v>299</v>
       </c>
       <c r="B299">
-        <v>1.08866</v>
+        <v>1.04963</v>
       </c>
       <c r="C299">
-        <v>1.09007</v>
+        <v>1.05344</v>
       </c>
       <c r="D299">
-        <v>1.08526</v>
+        <v>1.048</v>
       </c>
       <c r="E299">
-        <v>1.08607</v>
+        <v>1.05084</v>
       </c>
     </row>
     <row r="300" spans="1:5">
       <c r="A300" t="s">
         <v>300</v>
       </c>
       <c r="B300">
-        <v>1.09072</v>
+        <v>1.05334</v>
       </c>
       <c r="C300">
-        <v>1.0916</v>
+        <v>1.05456</v>
       </c>
       <c r="D300">
-        <v>1.08812</v>
+        <v>1.04599</v>
       </c>
       <c r="E300">
-        <v>1.08897</v>
+        <v>1.0497</v>
       </c>
     </row>
     <row r="301" spans="1:5">
       <c r="A301" t="s">
         <v>301</v>
       </c>
       <c r="B301">
-        <v>1.09298</v>
+        <v>1.05464</v>
       </c>
       <c r="C301">
-        <v>1.0936</v>
+        <v>1.05964</v>
       </c>
       <c r="D301">
-        <v>1.08873</v>
+        <v>1.05409</v>
       </c>
       <c r="E301">
-        <v>1.09076</v>
+        <v>1.05816</v>
       </c>
     </row>
     <row r="302" spans="1:5">
       <c r="A302" t="s">
         <v>302</v>
       </c>
       <c r="B302">
-        <v>1.09356</v>
+        <v>1.05643</v>
       </c>
       <c r="C302">
-        <v>1.09529</v>
+        <v>1.05689</v>
       </c>
       <c r="D302">
-        <v>1.09231</v>
+        <v>1.05268</v>
       </c>
       <c r="E302">
-        <v>1.09325</v>
+        <v>1.05531</v>
       </c>
     </row>
     <row r="303" spans="1:5">
       <c r="A303" t="s">
         <v>303</v>
       </c>
       <c r="B303">
-        <v>1.09368</v>
+        <v>1.04874</v>
       </c>
       <c r="C303">
-        <v>1.09541</v>
+        <v>1.0587</v>
       </c>
       <c r="D303">
-        <v>1.08995</v>
+        <v>1.04737</v>
       </c>
       <c r="E303">
-        <v>1.09359</v>
+        <v>1.05656</v>
       </c>
     </row>
     <row r="304" spans="1:5">
       <c r="A304" t="s">
         <v>304</v>
       </c>
       <c r="B304">
-        <v>1.09734</v>
+        <v>1.04876</v>
       </c>
       <c r="C304">
-        <v>1.09804</v>
+        <v>1.0544</v>
       </c>
       <c r="D304">
-        <v>1.09354</v>
+        <v>1.04244</v>
       </c>
       <c r="E304">
-        <v>1.09379</v>
+        <v>1.04883</v>
       </c>
     </row>
     <row r="305" spans="1:5">
       <c r="A305" t="s">
         <v>305</v>
       </c>
       <c r="B305">
-        <v>1.09699</v>
+        <v>1.04978</v>
       </c>
       <c r="C305">
-        <v>1.09964</v>
+        <v>1.05295</v>
       </c>
       <c r="D305">
-        <v>1.09601</v>
+        <v>1.04482</v>
       </c>
       <c r="E305">
-        <v>1.09792</v>
+        <v>1.0495</v>
       </c>
     </row>
     <row r="306" spans="1:5">
       <c r="A306" t="s">
         <v>306</v>
       </c>
       <c r="B306">
-        <v>1.09697</v>
+        <v>1.04734</v>
       </c>
       <c r="C306">
-        <v>1.09862</v>
+        <v>1.04972</v>
       </c>
       <c r="D306">
-        <v>1.09535</v>
+        <v>1.03325</v>
       </c>
       <c r="E306">
-        <v>1.09732</v>
+        <v>1.04139</v>
       </c>
     </row>
     <row r="307" spans="1:5">
       <c r="A307" t="s">
         <v>307</v>
       </c>
       <c r="B307">
-        <v>1.10295</v>
+        <v>1.05401</v>
       </c>
       <c r="C307">
-        <v>1.1039</v>
+        <v>1.05543</v>
       </c>
       <c r="D307">
-        <v>1.09506</v>
+        <v>1.04615</v>
       </c>
       <c r="E307">
-        <v>1.09756</v>
+        <v>1.0473</v>
       </c>
     </row>
     <row r="308" spans="1:5">
       <c r="A308" t="s">
         <v>308</v>
       </c>
       <c r="B308">
-        <v>1.10431</v>
+        <v>1.05922</v>
       </c>
       <c r="C308">
-        <v>1.10487</v>
+        <v>1.06091</v>
       </c>
       <c r="D308">
-        <v>1.10077</v>
+        <v>1.0506</v>
       </c>
       <c r="E308">
-        <v>1.10294</v>
+        <v>1.05426</v>
       </c>
     </row>
     <row r="309" spans="1:5">
       <c r="A309" t="s">
         <v>309</v>
       </c>
       <c r="B309">
-        <v>1.10664</v>
+        <v>1.05974</v>
       </c>
       <c r="C309">
-        <v>1.10822</v>
+        <v>1.06001</v>
       </c>
       <c r="D309">
-        <v>1.10317</v>
+        <v>1.0523</v>
       </c>
       <c r="E309">
-        <v>1.10434</v>
+        <v>1.05953</v>
       </c>
     </row>
     <row r="310" spans="1:5">
       <c r="A310" t="s">
         <v>310</v>
       </c>
       <c r="B310">
-        <v>1.11332</v>
+        <v>1.05329</v>
       </c>
       <c r="C310">
-        <v>1.11435</v>
+        <v>1.06065</v>
       </c>
       <c r="D310">
-        <v>1.1045</v>
+        <v>1.05297</v>
       </c>
       <c r="E310">
-        <v>1.10665</v>
+        <v>1.05975</v>
       </c>
     </row>
     <row r="311" spans="1:5">
       <c r="A311" t="s">
         <v>311</v>
       </c>
       <c r="B311">
-        <v>1.117</v>
+        <v>1.0529</v>
       </c>
       <c r="C311">
-        <v>1.1208</v>
+        <v>1.0592</v>
       </c>
       <c r="D311">
-        <v>1.11132</v>
+        <v>1.05157</v>
       </c>
       <c r="E311">
-        <v>1.11335</v>
+        <v>1.05271</v>
       </c>
     </row>
     <row r="312" spans="1:5">
       <c r="A312" t="s">
         <v>312</v>
       </c>
       <c r="B312">
-        <v>1.11705</v>
+        <v>1.0562</v>
       </c>
       <c r="C312">
-        <v>1.12023</v>
+        <v>1.05818</v>
       </c>
       <c r="D312">
-        <v>1.1119</v>
+        <v>1.04957</v>
       </c>
       <c r="E312">
-        <v>1.11632</v>
+        <v>1.05291</v>
       </c>
     </row>
     <row r="313" spans="1:5">
       <c r="A313" t="s">
         <v>313</v>
       </c>
       <c r="B313">
-        <v>1.11359</v>
+        <v>1.06207</v>
       </c>
       <c r="C313">
-        <v>1.11835</v>
+        <v>1.0653</v>
       </c>
       <c r="D313">
-        <v>1.11202</v>
+        <v>1.05549</v>
       </c>
       <c r="E313">
-        <v>1.11706</v>
+        <v>1.05631</v>
       </c>
     </row>
     <row r="314" spans="1:5">
       <c r="A314" t="s">
         <v>314</v>
       </c>
       <c r="B314">
-        <v>1.11776</v>
+        <v>1.0649</v>
       </c>
       <c r="C314">
-        <v>1.12181</v>
+        <v>1.06624</v>
       </c>
       <c r="D314">
-        <v>1.11258</v>
+        <v>1.05943</v>
       </c>
       <c r="E314">
-        <v>1.11367</v>
+        <v>1.06226</v>
       </c>
     </row>
     <row r="315" spans="1:5">
       <c r="A315" t="s">
         <v>315</v>
       </c>
       <c r="B315">
-        <v>1.10999</v>
+        <v>1.07119</v>
       </c>
       <c r="C315">
-        <v>1.11801</v>
+        <v>1.07272</v>
       </c>
       <c r="D315">
-        <v>1.10924</v>
+        <v>1.06279</v>
       </c>
       <c r="E315">
-        <v>1.11783</v>
+        <v>1.06542</v>
       </c>
     </row>
     <row r="316" spans="1:5">
       <c r="A316" t="s">
         <v>316</v>
       </c>
       <c r="B316">
-        <v>1.11635</v>
+        <v>1.08012</v>
       </c>
       <c r="C316">
-        <v>1.11666</v>
+        <v>1.08038</v>
       </c>
       <c r="D316">
-        <v>1.10813</v>
+        <v>1.0686</v>
       </c>
       <c r="E316">
-        <v>1.11</v>
+        <v>1.07168</v>
       </c>
     </row>
     <row r="317" spans="1:5">
       <c r="A317" t="s">
         <v>317</v>
       </c>
       <c r="B317">
-        <v>1.11602</v>
+        <v>1.07236</v>
       </c>
       <c r="C317">
-        <v>1.11811</v>
+        <v>1.08239</v>
       </c>
       <c r="D317">
-        <v>1.11353</v>
+        <v>1.07122</v>
       </c>
       <c r="E317">
-        <v>1.11613</v>
+        <v>1.08012</v>
       </c>
     </row>
     <row r="318" spans="1:5">
       <c r="A318" t="s">
         <v>318</v>
       </c>
       <c r="B318">
-        <v>1.11172</v>
+        <v>1.0925</v>
       </c>
       <c r="C318">
-        <v>1.11782</v>
+        <v>1.09364</v>
       </c>
       <c r="D318">
-        <v>1.10678</v>
+        <v>1.06816</v>
       </c>
       <c r="E318">
-        <v>1.11602</v>
+        <v>1.07272</v>
       </c>
     </row>
     <row r="319" spans="1:5">
       <c r="A319" t="s">
         <v>319</v>
       </c>
       <c r="B319">
-        <v>1.11122</v>
+        <v>1.08714</v>
       </c>
       <c r="C319">
-        <v>1.11883</v>
+        <v>1.09356</v>
       </c>
       <c r="D319">
-        <v>1.10961</v>
+        <v>1.08714</v>
       </c>
       <c r="E319">
-        <v>1.11172</v>
+        <v>1.09269</v>
       </c>
     </row>
     <row r="320" spans="1:5">
       <c r="A320" t="s">
         <v>320</v>
       </c>
       <c r="B320">
-        <v>1.11309</v>
+        <v>1.08752</v>
       </c>
       <c r="C320">
-        <v>1.11456</v>
+        <v>1.0914</v>
       </c>
       <c r="D320">
-        <v>1.11102</v>
+        <v>1.0869</v>
       </c>
       <c r="E320">
-        <v>1.11123</v>
+        <v>1.08758</v>
       </c>
     </row>
     <row r="321" spans="1:5">
       <c r="A321" t="s">
         <v>321</v>
       </c>
       <c r="B321">
-        <v>1.10854</v>
+        <v>1.08824</v>
       </c>
       <c r="C321">
-        <v>1.1137</v>
+        <v>1.09049</v>
       </c>
       <c r="D321">
-        <v>1.10841</v>
+        <v>1.08333</v>
       </c>
       <c r="E321">
-        <v>1.11313</v>
+        <v>1.0835</v>
       </c>
     </row>
     <row r="322" spans="1:5">
       <c r="A322" t="s">
         <v>322</v>
       </c>
       <c r="B322">
-        <v>1.1073</v>
+        <v>1.08547</v>
       </c>
       <c r="C322">
-        <v>1.1101</v>
+        <v>1.08873</v>
       </c>
       <c r="D322">
-        <v>1.10677</v>
+        <v>1.08434</v>
       </c>
       <c r="E322">
-        <v>1.10772</v>
+        <v>1.08824</v>
       </c>
     </row>
     <row r="323" spans="1:5">
       <c r="A323" t="s">
         <v>323</v>
       </c>
       <c r="B323">
-        <v>1.10105</v>
+        <v>1.08172</v>
       </c>
       <c r="C323">
-        <v>1.10743</v>
+        <v>1.08706</v>
       </c>
       <c r="D323">
-        <v>1.10046</v>
+        <v>1.08072</v>
       </c>
       <c r="E323">
-        <v>1.10731</v>
+        <v>1.08544</v>
       </c>
     </row>
     <row r="324" spans="1:5">
       <c r="A324" t="s">
         <v>324</v>
       </c>
       <c r="B324">
-        <v>1.10183</v>
+        <v>1.08105</v>
       </c>
       <c r="C324">
-        <v>1.1054</v>
+        <v>1.08255</v>
       </c>
       <c r="D324">
-        <v>1.10012</v>
+        <v>1.07681</v>
       </c>
       <c r="E324">
-        <v>1.10105</v>
+        <v>1.08171</v>
       </c>
     </row>
     <row r="325" spans="1:5">
       <c r="A325" t="s">
         <v>325</v>
       </c>
       <c r="B325">
-        <v>1.10336</v>
+        <v>1.07948</v>
       </c>
       <c r="C325">
-        <v>1.10489</v>
+        <v>1.08269</v>
       </c>
       <c r="D325">
-        <v>1.10145</v>
+        <v>1.07814</v>
       </c>
       <c r="E325">
-        <v>1.10184</v>
+        <v>1.08109</v>
       </c>
     </row>
     <row r="326" spans="1:5">
       <c r="A326" t="s">
         <v>326</v>
       </c>
       <c r="B326">
-        <v>1.10866</v>
+        <v>1.08265</v>
       </c>
       <c r="C326">
-        <v>1.10904</v>
+        <v>1.08386</v>
       </c>
       <c r="D326">
-        <v>1.10331</v>
+        <v>1.07922</v>
       </c>
       <c r="E326">
-        <v>1.10339</v>
+        <v>1.07951</v>
       </c>
     </row>
     <row r="327" spans="1:5">
       <c r="A327" t="s">
         <v>327</v>
       </c>
       <c r="B327">
-        <v>1.11089</v>
+        <v>1.07805</v>
       </c>
       <c r="C327">
-        <v>1.11545</v>
+        <v>1.0829</v>
       </c>
       <c r="D327">
-        <v>1.10648</v>
+        <v>1.07698</v>
       </c>
       <c r="E327">
-        <v>1.10875</v>
+        <v>1.08266</v>
       </c>
     </row>
     <row r="328" spans="1:5">
       <c r="A328" t="s">
         <v>328</v>
       </c>
       <c r="B328">
-        <v>1.10809</v>
+        <v>1.0797</v>
       </c>
       <c r="C328">
-        <v>1.11191</v>
+        <v>1.0806</v>
       </c>
       <c r="D328">
-        <v>1.10739</v>
+        <v>1.07606</v>
       </c>
       <c r="E328">
-        <v>1.11096</v>
+        <v>1.07807</v>
       </c>
     </row>
     <row r="329" spans="1:5">
       <c r="A329" t="s">
         <v>329</v>
       </c>
       <c r="B329">
-        <v>1.10416</v>
+        <v>1.08123</v>
       </c>
       <c r="C329">
-        <v>1.10944</v>
+        <v>1.08374</v>
       </c>
       <c r="D329">
-        <v>1.10347</v>
+        <v>1.07919</v>
       </c>
       <c r="E329">
-        <v>1.10813</v>
+        <v>1.07972</v>
       </c>
     </row>
     <row r="330" spans="1:5">
       <c r="A330" t="s">
         <v>330</v>
       </c>
       <c r="B330">
-        <v>1.10703</v>
+        <v>1.08671</v>
       </c>
       <c r="C330">
-        <v>1.10721</v>
+        <v>1.08691</v>
       </c>
       <c r="D330">
-        <v>1.10257</v>
+        <v>1.08103</v>
       </c>
       <c r="E330">
-        <v>1.10427</v>
+        <v>1.08138</v>
       </c>
     </row>
     <row r="331" spans="1:5">
       <c r="A331" t="s">
         <v>331</v>
       </c>
       <c r="B331">
-        <v>1.10468</v>
+        <v>1.08297</v>
       </c>
       <c r="C331">
-        <v>1.10766</v>
+        <v>1.08675</v>
       </c>
       <c r="D331">
-        <v>1.10412</v>
+        <v>1.08237</v>
       </c>
       <c r="E331">
-        <v>1.10713</v>
+        <v>1.08631</v>
       </c>
     </row>
     <row r="332" spans="1:5">
       <c r="A332" t="s">
         <v>332</v>
       </c>
       <c r="B332">
-        <v>1.10757</v>
+        <v>1.08606</v>
       </c>
       <c r="C332">
-        <v>1.10942</v>
+        <v>1.08728</v>
       </c>
       <c r="D332">
-        <v>1.10432</v>
+        <v>1.08102</v>
       </c>
       <c r="E332">
-        <v>1.10519</v>
+        <v>1.08299</v>
       </c>
     </row>
     <row r="333" spans="1:5">
       <c r="A333" t="s">
         <v>333</v>
       </c>
       <c r="B333">
-        <v>1.11182</v>
+        <v>1.08866</v>
       </c>
       <c r="C333">
-        <v>1.1139</v>
+        <v>1.09007</v>
       </c>
       <c r="D333">
-        <v>1.1055</v>
+        <v>1.08526</v>
       </c>
       <c r="E333">
-        <v>1.10764</v>
+        <v>1.08607</v>
       </c>
     </row>
     <row r="334" spans="1:5">
       <c r="A334" t="s">
         <v>334</v>
       </c>
       <c r="B334">
-        <v>1.11829</v>
+        <v>1.09072</v>
       </c>
       <c r="C334">
-        <v>1.11844</v>
+        <v>1.0916</v>
       </c>
       <c r="D334">
-        <v>1.11043</v>
+        <v>1.08812</v>
       </c>
       <c r="E334">
-        <v>1.11188</v>
+        <v>1.08897</v>
       </c>
     </row>
     <row r="335" spans="1:5">
       <c r="A335" t="s">
         <v>335</v>
       </c>
       <c r="B335">
-        <v>1.11602</v>
+        <v>1.09298</v>
       </c>
       <c r="C335">
-        <v>1.11897</v>
+        <v>1.0936</v>
       </c>
       <c r="D335">
-        <v>1.11497</v>
+        <v>1.08873</v>
       </c>
       <c r="E335">
-        <v>1.11831</v>
+        <v>1.09076</v>
       </c>
     </row>
     <row r="336" spans="1:5">
       <c r="A336" t="s">
         <v>336</v>
       </c>
       <c r="B336">
-        <v>1.11865</v>
+        <v>1.09356</v>
       </c>
       <c r="C336">
-        <v>1.12008</v>
+        <v>1.09529</v>
       </c>
       <c r="D336">
-        <v>1.11492</v>
+        <v>1.09231</v>
       </c>
       <c r="E336">
-        <v>1.11602</v>
+        <v>1.09325</v>
       </c>
     </row>
     <row r="337" spans="1:5">
       <c r="A337" t="s">
         <v>337</v>
       </c>
       <c r="B337">
-        <v>1.11103</v>
+        <v>1.09368</v>
       </c>
       <c r="C337">
-        <v>1.12002</v>
+        <v>1.09541</v>
       </c>
       <c r="D337">
-        <v>1.11031</v>
+        <v>1.08995</v>
       </c>
       <c r="E337">
-        <v>1.11907</v>
+        <v>1.09359</v>
       </c>
     </row>
     <row r="338" spans="1:5">
       <c r="A338" t="s">
         <v>338</v>
       </c>
       <c r="B338">
-        <v>1.11484</v>
+        <v>1.09734</v>
       </c>
       <c r="C338">
-        <v>1.11642</v>
+        <v>1.09804</v>
       </c>
       <c r="D338">
-        <v>1.10973</v>
+        <v>1.09354</v>
       </c>
       <c r="E338">
-        <v>1.11106</v>
+        <v>1.09379</v>
       </c>
     </row>
     <row r="339" spans="1:5">
       <c r="A339" t="s">
         <v>339</v>
       </c>
       <c r="B339">
-        <v>1.11282</v>
+        <v>1.09699</v>
       </c>
       <c r="C339">
-        <v>1.11734</v>
+        <v>1.09964</v>
       </c>
       <c r="D339">
-        <v>1.10983</v>
+        <v>1.09601</v>
       </c>
       <c r="E339">
-        <v>1.11492</v>
+        <v>1.09792</v>
       </c>
     </row>
     <row r="340" spans="1:5">
       <c r="A340" t="s">
         <v>340</v>
       </c>
       <c r="B340">
-        <v>1.10837</v>
+        <v>1.09697</v>
       </c>
       <c r="C340">
-        <v>1.11296</v>
+        <v>1.09862</v>
       </c>
       <c r="D340">
-        <v>1.10711</v>
+        <v>1.09535</v>
       </c>
       <c r="E340">
-        <v>1.1129</v>
+        <v>1.09732</v>
       </c>
     </row>
     <row r="341" spans="1:5">
       <c r="A341" t="s">
         <v>341</v>
       </c>
       <c r="B341">
-        <v>1.10245</v>
+        <v>1.10295</v>
       </c>
       <c r="C341">
-        <v>1.10857</v>
+        <v>1.1039</v>
       </c>
       <c r="D341">
-        <v>1.10219</v>
+        <v>1.09506</v>
       </c>
       <c r="E341">
-        <v>1.10843</v>
+        <v>1.09756</v>
       </c>
     </row>
     <row r="342" spans="1:5">
       <c r="A342" t="s">
         <v>342</v>
       </c>
       <c r="B342">
-        <v>1.09708</v>
+        <v>1.10431</v>
       </c>
       <c r="C342">
-        <v>1.10242</v>
+        <v>1.10487</v>
       </c>
       <c r="D342">
-        <v>1.09671</v>
+        <v>1.10077</v>
       </c>
       <c r="E342">
-        <v>1.10239</v>
+        <v>1.10294</v>
       </c>
     </row>
     <row r="343" spans="1:5">
       <c r="A343" t="s">
         <v>343</v>
       </c>
       <c r="B343">
-        <v>1.10111</v>
+        <v>1.10664</v>
       </c>
       <c r="C343">
-        <v>1.10149</v>
+        <v>1.10822</v>
       </c>
       <c r="D343">
-        <v>1.09488</v>
+        <v>1.10317</v>
       </c>
       <c r="E343">
-        <v>1.09705</v>
+        <v>1.10434</v>
       </c>
     </row>
     <row r="344" spans="1:5">
       <c r="A344" t="s">
         <v>344</v>
       </c>
       <c r="B344">
-        <v>1.09917</v>
+        <v>1.11332</v>
       </c>
       <c r="C344">
-        <v>1.10465</v>
+        <v>1.11435</v>
       </c>
       <c r="D344">
-        <v>1.09814</v>
+        <v>1.1045</v>
       </c>
       <c r="E344">
-        <v>1.10111</v>
+        <v>1.10665</v>
       </c>
     </row>
     <row r="345" spans="1:5">
       <c r="A345" t="s">
         <v>345</v>
       </c>
       <c r="B345">
-        <v>1.09299</v>
+        <v>1.117</v>
       </c>
       <c r="C345">
-        <v>1.09989</v>
+        <v>1.1208</v>
       </c>
       <c r="D345">
-        <v>1.0913</v>
+        <v>1.11132</v>
       </c>
       <c r="E345">
-        <v>1.0992</v>
+        <v>1.11335</v>
       </c>
     </row>
     <row r="346" spans="1:5">
       <c r="A346" t="s">
         <v>346</v>
       </c>
       <c r="B346">
-        <v>1.09098</v>
+        <v>1.11705</v>
       </c>
       <c r="C346">
-        <v>1.09387</v>
+        <v>1.12023</v>
       </c>
       <c r="D346">
-        <v>1.09098</v>
+        <v>1.1119</v>
       </c>
       <c r="E346">
-        <v>1.09306</v>
+        <v>1.11632</v>
       </c>
     </row>
     <row r="347" spans="1:5">
       <c r="A347" t="s">
         <v>347</v>
       </c>
       <c r="B347">
-        <v>1.09174</v>
+        <v>1.11359</v>
       </c>
       <c r="C347">
-        <v>1.09305</v>
+        <v>1.11835</v>
       </c>
       <c r="D347">
-        <v>1.09082</v>
-[...2 lines deleted...]
-        <v>348</v>
+        <v>1.11202</v>
+      </c>
+      <c r="E347">
+        <v>1.11706</v>
       </c>
     </row>
     <row r="348" spans="1:5">
       <c r="A348" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="B348">
-        <v>1.09217</v>
+        <v>1.11776</v>
       </c>
       <c r="C348">
-        <v>1.09445</v>
+        <v>1.12181</v>
       </c>
       <c r="D348">
-        <v>1.08807</v>
+        <v>1.11258</v>
       </c>
       <c r="E348">
-        <v>1.09177</v>
+        <v>1.11367</v>
       </c>
     </row>
     <row r="349" spans="1:5">
       <c r="A349" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="B349">
-        <v>1.09301</v>
+        <v>1.10999</v>
       </c>
       <c r="C349">
-        <v>1.0936</v>
+        <v>1.11801</v>
       </c>
       <c r="D349">
-        <v>1.0904</v>
+        <v>1.10924</v>
       </c>
       <c r="E349">
-        <v>1.09218</v>
+        <v>1.11783</v>
       </c>
     </row>
     <row r="350" spans="1:5">
       <c r="A350" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="B350">
-        <v>1.09508</v>
+        <v>1.11635</v>
       </c>
       <c r="C350">
-        <v>1.09617</v>
+        <v>1.11666</v>
       </c>
       <c r="D350">
-        <v>1.09023</v>
+        <v>1.10813</v>
       </c>
       <c r="E350">
-        <v>1.09302</v>
+        <v>1.11</v>
       </c>
     </row>
     <row r="351" spans="1:5">
       <c r="A351" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="B351">
-        <v>1.09059</v>
+        <v>1.11602</v>
       </c>
       <c r="C351">
-        <v>1.10075</v>
+        <v>1.11811</v>
       </c>
       <c r="D351">
-        <v>1.08913</v>
+        <v>1.11353</v>
       </c>
       <c r="E351">
-        <v>1.09515</v>
+        <v>1.11613</v>
       </c>
     </row>
     <row r="352" spans="1:5">
       <c r="A352" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="B352">
-        <v>1.0791</v>
+        <v>1.11172</v>
       </c>
       <c r="C352">
-        <v>1.09253</v>
+        <v>1.11782</v>
       </c>
       <c r="D352">
-        <v>1.07803</v>
+        <v>1.10678</v>
       </c>
       <c r="E352">
-        <v>1.09112</v>
+        <v>1.11602</v>
       </c>
     </row>
     <row r="353" spans="1:5">
       <c r="A353" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="B353">
-        <v>1.08247</v>
+        <v>1.11122</v>
       </c>
       <c r="C353">
-        <v>1.0834</v>
+        <v>1.11883</v>
       </c>
       <c r="D353">
-        <v>1.07761</v>
+        <v>1.10961</v>
       </c>
       <c r="E353">
-        <v>1.07899</v>
+        <v>1.11172</v>
       </c>
     </row>
     <row r="354" spans="1:5">
       <c r="A354" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
       <c r="B354">
-        <v>1.08141</v>
+        <v>1.11309</v>
       </c>
       <c r="C354">
-        <v>1.0848</v>
+        <v>1.11456</v>
       </c>
       <c r="D354">
-        <v>1.08005</v>
+        <v>1.11102</v>
       </c>
       <c r="E354">
-        <v>1.08245</v>
+        <v>1.11123</v>
       </c>
     </row>
     <row r="355" spans="1:5">
       <c r="A355" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="B355">
-        <v>1.08196</v>
+        <v>1.10854</v>
       </c>
       <c r="C355">
-        <v>1.08343</v>
+        <v>1.1137</v>
       </c>
       <c r="D355">
-        <v>1.07968</v>
+        <v>1.10841</v>
       </c>
       <c r="E355">
-        <v>1.08128</v>
+        <v>1.11313</v>
       </c>
     </row>
     <row r="356" spans="1:5">
       <c r="A356" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="B356">
-        <v>1.08528</v>
+        <v>1.1073</v>
       </c>
       <c r="C356">
-        <v>1.08686</v>
+        <v>1.1101</v>
       </c>
       <c r="D356">
-        <v>1.08014</v>
+        <v>1.10677</v>
       </c>
       <c r="E356">
-        <v>1.08198</v>
+        <v>1.10772</v>
       </c>
     </row>
     <row r="357" spans="1:5">
       <c r="A357" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="B357">
-        <v>1.08441</v>
+        <v>1.10105</v>
       </c>
       <c r="C357">
-        <v>1.08668</v>
+        <v>1.10743</v>
       </c>
       <c r="D357">
-        <v>1.08407</v>
+        <v>1.10046</v>
       </c>
       <c r="E357">
-        <v>1.08563</v>
+        <v>1.10731</v>
       </c>
     </row>
     <row r="358" spans="1:5">
       <c r="A358" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
       <c r="B358">
-        <v>1.08393</v>
+        <v>1.10183</v>
       </c>
       <c r="C358">
-        <v>1.08686</v>
+        <v>1.1054</v>
       </c>
       <c r="D358">
-        <v>1.08269</v>
+        <v>1.10012</v>
       </c>
       <c r="E358">
-        <v>1.08443</v>
+        <v>1.10105</v>
       </c>
     </row>
     <row r="359" spans="1:5">
       <c r="A359" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="B359">
-        <v>1.0853</v>
+        <v>1.10336</v>
       </c>
       <c r="C359">
-        <v>1.08652</v>
+        <v>1.10489</v>
       </c>
       <c r="D359">
-        <v>1.08243</v>
+        <v>1.10145</v>
       </c>
       <c r="E359">
-        <v>1.08394</v>
+        <v>1.10184</v>
       </c>
     </row>
     <row r="360" spans="1:5">
       <c r="A360" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="B360">
-        <v>1.08889</v>
+        <v>1.10866</v>
       </c>
       <c r="C360">
-        <v>1.08953</v>
+        <v>1.10904</v>
       </c>
       <c r="D360">
-        <v>1.08425</v>
+        <v>1.10331</v>
       </c>
       <c r="E360">
-        <v>1.08528</v>
+        <v>1.10339</v>
       </c>
     </row>
     <row r="361" spans="1:5">
       <c r="A361" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="B361">
-        <v>1.09005</v>
+        <v>1.11089</v>
       </c>
       <c r="C361">
-        <v>1.09013</v>
+        <v>1.11545</v>
       </c>
       <c r="D361">
-        <v>1.08717</v>
+        <v>1.10648</v>
       </c>
       <c r="E361">
-        <v>1.08891</v>
+        <v>1.10875</v>
       </c>
     </row>
     <row r="362" spans="1:5">
       <c r="A362" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="B362">
-        <v>1.08947</v>
+        <v>1.10809</v>
       </c>
       <c r="C362">
-        <v>1.09004</v>
+        <v>1.11191</v>
       </c>
       <c r="D362">
-        <v>1.08742</v>
+        <v>1.10739</v>
       </c>
       <c r="E362">
-        <v>1.0878</v>
+        <v>1.11096</v>
       </c>
     </row>
     <row r="363" spans="1:5">
       <c r="A363" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
       <c r="B363">
-        <v>1.09375</v>
+        <v>1.10416</v>
       </c>
       <c r="C363">
-        <v>1.09396</v>
+        <v>1.10944</v>
       </c>
       <c r="D363">
-        <v>1.08922</v>
+        <v>1.10347</v>
       </c>
       <c r="E363">
-        <v>1.08946</v>
+        <v>1.10813</v>
       </c>
     </row>
     <row r="364" spans="1:5">
       <c r="A364" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="B364">
-        <v>1.08976</v>
+        <v>1.10703</v>
       </c>
       <c r="C364">
-        <v>1.09465</v>
+        <v>1.10721</v>
       </c>
       <c r="D364">
-        <v>1.08938</v>
+        <v>1.10257</v>
       </c>
       <c r="E364">
-        <v>1.09381</v>
+        <v>1.10427</v>
       </c>
     </row>
     <row r="365" spans="1:5">
       <c r="A365" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="B365">
-        <v>1.0893</v>
+        <v>1.10468</v>
       </c>
       <c r="C365">
-        <v>1.09041</v>
+        <v>1.10766</v>
       </c>
       <c r="D365">
-        <v>1.08701</v>
+        <v>1.10412</v>
       </c>
       <c r="E365">
-        <v>1.08972</v>
+        <v>1.10713</v>
       </c>
     </row>
     <row r="366" spans="1:5">
       <c r="A366" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
       <c r="B366">
-        <v>1.08824</v>
+        <v>1.10757</v>
       </c>
       <c r="C366">
-        <v>1.0921</v>
+        <v>1.10942</v>
       </c>
       <c r="D366">
-        <v>1.08818</v>
+        <v>1.10432</v>
       </c>
       <c r="E366">
-        <v>1.08931</v>
+        <v>1.10519</v>
       </c>
     </row>
     <row r="367" spans="1:5">
       <c r="A367" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="B367">
-        <v>1.08652</v>
+        <v>1.11182</v>
       </c>
       <c r="C367">
-        <v>1.09099</v>
+        <v>1.1139</v>
       </c>
       <c r="D367">
-        <v>1.08603</v>
+        <v>1.1055</v>
       </c>
       <c r="E367">
-        <v>1.0905</v>
+        <v>1.10764</v>
       </c>
     </row>
     <row r="368" spans="1:5">
       <c r="A368" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="B368">
-        <v>1.08283</v>
+        <v>1.11829</v>
       </c>
       <c r="C368">
-        <v>1.08982</v>
+        <v>1.11844</v>
       </c>
       <c r="D368">
-        <v>1.0821</v>
+        <v>1.11043</v>
       </c>
       <c r="E368">
-        <v>1.08665</v>
+        <v>1.11188</v>
       </c>
     </row>
     <row r="369" spans="1:5">
       <c r="A369" t="s">
-        <v>370</v>
+        <v>369</v>
       </c>
       <c r="B369">
-        <v>1.08112</v>
+        <v>1.11602</v>
       </c>
       <c r="C369">
-        <v>1.08293</v>
+        <v>1.11897</v>
       </c>
       <c r="D369">
-        <v>1.08061</v>
+        <v>1.11497</v>
       </c>
       <c r="E369">
-        <v>1.08288</v>
+        <v>1.11831</v>
       </c>
     </row>
     <row r="370" spans="1:5">
       <c r="A370" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
       <c r="B370">
-        <v>1.08229</v>
+        <v>1.11865</v>
       </c>
       <c r="C370">
-        <v>1.0832</v>
+        <v>1.12008</v>
       </c>
       <c r="D370">
-        <v>1.08041</v>
+        <v>1.11492</v>
       </c>
       <c r="E370">
-        <v>1.08124</v>
+        <v>1.11602</v>
       </c>
     </row>
     <row r="371" spans="1:5">
       <c r="A371" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="B371">
-        <v>1.08187</v>
+        <v>1.11103</v>
       </c>
       <c r="C371">
-        <v>1.08436</v>
+        <v>1.12002</v>
       </c>
       <c r="D371">
-        <v>1.08133</v>
+        <v>1.11031</v>
       </c>
       <c r="E371">
-        <v>1.08231</v>
+        <v>1.11907</v>
       </c>
     </row>
     <row r="372" spans="1:5">
       <c r="A372" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="B372">
-        <v>1.08108</v>
+        <v>1.11484</v>
       </c>
       <c r="C372">
-        <v>1.08412</v>
+        <v>1.11642</v>
       </c>
       <c r="D372">
-        <v>1.07995</v>
+        <v>1.10973</v>
       </c>
       <c r="E372">
-        <v>1.084</v>
+        <v>1.11106</v>
       </c>
     </row>
     <row r="373" spans="1:5">
       <c r="A373" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="B373">
-        <v>1.07813</v>
+        <v>1.11282</v>
       </c>
       <c r="C373">
-        <v>1.08124</v>
+        <v>1.11734</v>
       </c>
       <c r="D373">
-        <v>1.07764</v>
+        <v>1.10983</v>
       </c>
       <c r="E373">
-        <v>1.08106</v>
+        <v>1.11492</v>
       </c>
     </row>
     <row r="374" spans="1:5">
       <c r="A374" t="s">
         <v>374</v>
       </c>
       <c r="B374">
-        <v>1.07813</v>
+        <v>1.10837</v>
       </c>
       <c r="C374">
-        <v>1.08124</v>
+        <v>1.11296</v>
       </c>
       <c r="D374">
-        <v>1.07764</v>
+        <v>1.10711</v>
       </c>
       <c r="E374">
-        <v>1.08106</v>
+        <v>1.1129</v>
       </c>
     </row>
     <row r="375" spans="1:5">
       <c r="A375" t="s">
         <v>375</v>
       </c>
       <c r="B375">
-        <v>1.07437</v>
+        <v>1.10245</v>
       </c>
       <c r="C375">
-        <v>1.08154</v>
+        <v>1.10857</v>
       </c>
       <c r="D375">
-        <v>1.07349</v>
+        <v>1.10219</v>
       </c>
       <c r="E375">
-        <v>1.07859</v>
+        <v>1.10843</v>
       </c>
     </row>
     <row r="376" spans="1:5">
       <c r="A376" t="s">
         <v>376</v>
       </c>
       <c r="B376">
-        <v>1.07378</v>
+        <v>1.09708</v>
       </c>
       <c r="C376">
-        <v>1.07457</v>
+        <v>1.10242</v>
       </c>
       <c r="D376">
-        <v>1.07085</v>
+        <v>1.09671</v>
       </c>
       <c r="E376">
-        <v>1.07438</v>
+        <v>1.10239</v>
       </c>
     </row>
     <row r="377" spans="1:5">
       <c r="A377" t="s">
         <v>377</v>
       </c>
       <c r="B377">
-        <v>1.0735</v>
+        <v>1.10111</v>
       </c>
       <c r="C377">
-        <v>1.0775</v>
+        <v>1.10149</v>
       </c>
       <c r="D377">
-        <v>1.07183</v>
+        <v>1.09488</v>
       </c>
       <c r="E377">
-        <v>1.07386</v>
+        <v>1.09705</v>
       </c>
     </row>
     <row r="378" spans="1:5">
       <c r="A378" t="s">
         <v>378</v>
       </c>
       <c r="B378">
-        <v>1.07025</v>
+        <v>1.09917</v>
       </c>
       <c r="C378">
-        <v>1.07234</v>
+        <v>1.10465</v>
       </c>
       <c r="D378">
-        <v>1.0684</v>
+        <v>1.09814</v>
       </c>
       <c r="E378">
-        <v>1.07096</v>
+        <v>1.10111</v>
       </c>
     </row>
     <row r="379" spans="1:5">
       <c r="A379" t="s">
         <v>379</v>
       </c>
       <c r="B379">
-        <v>1.06791</v>
+        <v>1.09299</v>
       </c>
       <c r="C379">
-        <v>1.07251</v>
+        <v>1.09989</v>
       </c>
       <c r="D379">
-        <v>1.06757</v>
+        <v>1.0913</v>
       </c>
       <c r="E379">
-        <v>1.07023</v>
+        <v>1.0992</v>
       </c>
     </row>
     <row r="380" spans="1:5">
       <c r="A380" t="s">
         <v>380</v>
       </c>
       <c r="B380">
-        <v>1.07128</v>
+        <v>1.09098</v>
       </c>
       <c r="C380">
-        <v>1.07166</v>
+        <v>1.09387</v>
       </c>
       <c r="D380">
-        <v>1.06646</v>
+        <v>1.09098</v>
       </c>
       <c r="E380">
-        <v>1.06787</v>
+        <v>1.09306</v>
       </c>
     </row>
     <row r="381" spans="1:5">
       <c r="A381" t="s">
         <v>381</v>
       </c>
       <c r="B381">
-        <v>1.07309</v>
+        <v>1.09174</v>
       </c>
       <c r="C381">
-        <v>1.07428</v>
+        <v>1.09305</v>
       </c>
       <c r="D381">
-        <v>1.06893</v>
-[...2 lines deleted...]
-        <v>1.07127</v>
+        <v>1.09082</v>
+      </c>
+      <c r="E381" t="s">
+        <v>382</v>
       </c>
     </row>
     <row r="382" spans="1:5">
       <c r="A382" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B382">
-        <v>1.069</v>
+        <v>1.09217</v>
       </c>
       <c r="C382">
-        <v>1.0745</v>
+        <v>1.09445</v>
       </c>
       <c r="D382">
-        <v>1.06824</v>
+        <v>1.08807</v>
       </c>
       <c r="E382">
-        <v>1.07329</v>
+        <v>1.09177</v>
       </c>
     </row>
     <row r="383" spans="1:5">
       <c r="A383" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B383">
-        <v>1.07007</v>
+        <v>1.09301</v>
       </c>
       <c r="C383">
-        <v>1.07191</v>
+        <v>1.0936</v>
       </c>
       <c r="D383">
-        <v>1.06696</v>
+        <v>1.0904</v>
       </c>
       <c r="E383">
-        <v>1.06905</v>
+        <v>1.09218</v>
       </c>
     </row>
     <row r="384" spans="1:5">
       <c r="A384" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="B384">
-        <v>1.0742</v>
+        <v>1.09508</v>
       </c>
       <c r="C384">
-        <v>1.07473</v>
+        <v>1.09617</v>
       </c>
       <c r="D384">
-        <v>1.07005</v>
+        <v>1.09023</v>
       </c>
       <c r="E384">
-        <v>1.07011</v>
+        <v>1.09302</v>
       </c>
     </row>
     <row r="385" spans="1:5">
       <c r="A385" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B385">
-        <v>1.07383</v>
+        <v>1.09059</v>
       </c>
       <c r="C385">
-        <v>1.0752</v>
+        <v>1.10075</v>
       </c>
       <c r="D385">
-        <v>1.07234</v>
+        <v>1.08913</v>
       </c>
       <c r="E385">
-        <v>1.07424</v>
+        <v>1.09515</v>
       </c>
     </row>
     <row r="386" spans="1:5">
       <c r="A386" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B386">
-        <v>1.07329</v>
+        <v>1.0791</v>
       </c>
       <c r="C386">
-        <v>1.076</v>
+        <v>1.09253</v>
       </c>
       <c r="D386">
-        <v>1.07086</v>
+        <v>1.07803</v>
       </c>
       <c r="E386">
-        <v>1.07384</v>
+        <v>1.09112</v>
       </c>
     </row>
     <row r="387" spans="1:5">
       <c r="A387" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B387">
-        <v>1.07025</v>
+        <v>1.08247</v>
       </c>
       <c r="C387">
-        <v>1.07364</v>
+        <v>1.0834</v>
       </c>
       <c r="D387">
-        <v>1.0685</v>
+        <v>1.07761</v>
       </c>
       <c r="E387">
-        <v>1.07325</v>
+        <v>1.07899</v>
       </c>
     </row>
     <row r="388" spans="1:5">
       <c r="A388" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="B388">
-        <v>1.07366</v>
+        <v>1.08141</v>
       </c>
       <c r="C388">
-        <v>1.07435</v>
+        <v>1.0848</v>
       </c>
       <c r="D388">
-        <v>1.06662</v>
+        <v>1.08005</v>
       </c>
       <c r="E388">
-        <v>1.07047</v>
+        <v>1.08245</v>
       </c>
     </row>
     <row r="389" spans="1:5">
       <c r="A389" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B389">
-        <v>1.08082</v>
+        <v>1.08196</v>
       </c>
       <c r="C389">
-        <v>1.0815</v>
+        <v>1.08343</v>
       </c>
       <c r="D389">
-        <v>1.07315</v>
+        <v>1.07968</v>
       </c>
       <c r="E389">
-        <v>1.07368</v>
+        <v>1.08128</v>
       </c>
     </row>
     <row r="390" spans="1:5">
       <c r="A390" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="B390">
-        <v>1.07393</v>
+        <v>1.08528</v>
       </c>
       <c r="C390">
-        <v>1.08509</v>
+        <v>1.08686</v>
       </c>
       <c r="D390">
-        <v>1.07332</v>
+        <v>1.08014</v>
       </c>
       <c r="E390">
-        <v>1.0808</v>
+        <v>1.08198</v>
       </c>
     </row>
     <row r="391" spans="1:5">
       <c r="A391" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B391">
-        <v>1.07632</v>
+        <v>1.08441</v>
       </c>
       <c r="C391">
-        <v>1.07721</v>
+        <v>1.08668</v>
       </c>
       <c r="D391">
-        <v>1.07182</v>
+        <v>1.08407</v>
       </c>
       <c r="E391">
-        <v>1.07389</v>
+        <v>1.08563</v>
       </c>
     </row>
     <row r="392" spans="1:5">
       <c r="A392" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="B392">
-        <v>1.07762</v>
+        <v>1.08393</v>
       </c>
       <c r="C392">
-        <v>1.07802</v>
+        <v>1.08686</v>
       </c>
       <c r="D392">
-        <v>1.07314</v>
+        <v>1.08269</v>
       </c>
       <c r="E392">
-        <v>1.07642</v>
+        <v>1.08443</v>
       </c>
     </row>
     <row r="393" spans="1:5">
       <c r="A393" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B393">
-        <v>1.08882</v>
+        <v>1.0853</v>
       </c>
       <c r="C393">
-        <v>1.09005</v>
+        <v>1.08652</v>
       </c>
       <c r="D393">
-        <v>1.07986</v>
+        <v>1.08243</v>
       </c>
       <c r="E393">
-        <v>1.07991</v>
+        <v>1.08394</v>
       </c>
     </row>
     <row r="394" spans="1:5">
       <c r="A394" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B394">
-        <v>1.08687</v>
+        <v>1.08889</v>
       </c>
       <c r="C394">
-        <v>1.09005</v>
+        <v>1.08953</v>
       </c>
       <c r="D394">
-        <v>1.08605</v>
+        <v>1.08425</v>
       </c>
       <c r="E394">
-        <v>1.08881</v>
+        <v>1.08528</v>
       </c>
     </row>
     <row r="395" spans="1:5">
       <c r="A395" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B395">
-        <v>1.08794</v>
+        <v>1.09005</v>
       </c>
       <c r="C395">
-        <v>1.08904</v>
+        <v>1.09013</v>
       </c>
       <c r="D395">
-        <v>1.08531</v>
+        <v>1.08717</v>
       </c>
       <c r="E395">
-        <v>1.08677</v>
+        <v>1.08891</v>
       </c>
     </row>
     <row r="396" spans="1:5">
       <c r="A396" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="B396">
-        <v>1.09028</v>
+        <v>1.08947</v>
       </c>
       <c r="C396">
-        <v>1.09147</v>
+        <v>1.09004</v>
       </c>
       <c r="D396">
-        <v>1.08574</v>
+        <v>1.08742</v>
       </c>
       <c r="E396">
-        <v>1.08777</v>
+        <v>1.0878</v>
       </c>
     </row>
     <row r="397" spans="1:5">
       <c r="A397" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B397">
-        <v>1.08499</v>
+        <v>1.09375</v>
       </c>
       <c r="C397">
-        <v>1.09033</v>
+        <v>1.09396</v>
       </c>
       <c r="D397">
-        <v>1.08264</v>
+        <v>1.08922</v>
       </c>
       <c r="E397">
-        <v>1.0903</v>
+        <v>1.08946</v>
       </c>
     </row>
     <row r="398" spans="1:5">
       <c r="A398" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="B398">
-        <v>1.08292</v>
+        <v>1.08976</v>
       </c>
       <c r="C398">
-        <v>1.08809</v>
+        <v>1.09465</v>
       </c>
       <c r="D398">
-        <v>1.08098</v>
+        <v>1.08938</v>
       </c>
       <c r="E398">
-        <v>1.08494</v>
+        <v>1.09381</v>
       </c>
     </row>
     <row r="399" spans="1:5">
       <c r="A399" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B399">
-        <v>1.08004</v>
+        <v>1.0893</v>
       </c>
       <c r="C399">
-        <v>1.08437</v>
+        <v>1.09041</v>
       </c>
       <c r="D399">
-        <v>1.07869</v>
+        <v>1.08701</v>
       </c>
       <c r="E399">
-        <v>1.08306</v>
+        <v>1.08972</v>
       </c>
     </row>
     <row r="400" spans="1:5">
       <c r="A400" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B400">
-        <v>1.08594</v>
+        <v>1.08824</v>
       </c>
       <c r="C400">
-        <v>1.08594</v>
+        <v>1.0921</v>
       </c>
       <c r="D400">
-        <v>1.07985</v>
+        <v>1.08818</v>
       </c>
       <c r="E400">
-        <v>1.07992</v>
+        <v>1.08931</v>
       </c>
     </row>
     <row r="401" spans="1:5">
       <c r="A401" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B401">
-        <v>1.0857</v>
+        <v>1.08652</v>
       </c>
       <c r="C401">
-        <v>1.08876</v>
+        <v>1.09099</v>
       </c>
       <c r="D401">
-        <v>1.08537</v>
+        <v>1.08603</v>
       </c>
       <c r="E401">
-        <v>1.08552</v>
+        <v>1.0905</v>
       </c>
     </row>
     <row r="402" spans="1:5">
       <c r="A402" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B402">
-        <v>1.08476</v>
+        <v>1.08283</v>
       </c>
       <c r="C402">
-        <v>1.0866</v>
+        <v>1.08982</v>
       </c>
       <c r="D402">
-        <v>1.08393</v>
+        <v>1.0821</v>
       </c>
       <c r="E402">
-        <v>1.08558</v>
+        <v>1.08665</v>
       </c>
     </row>
     <row r="403" spans="1:5">
       <c r="A403" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B403">
-        <v>1.0814</v>
+        <v>1.08112</v>
       </c>
       <c r="C403">
-        <v>1.08564</v>
+        <v>1.08293</v>
       </c>
       <c r="D403">
-        <v>1.08042</v>
+        <v>1.08061</v>
       </c>
       <c r="E403">
-        <v>1.08455</v>
+        <v>1.08288</v>
       </c>
     </row>
     <row r="404" spans="1:5">
       <c r="A404" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B404">
-        <v>1.08216</v>
+        <v>1.08229</v>
       </c>
       <c r="C404">
-        <v>1.08596</v>
+        <v>1.0832</v>
       </c>
       <c r="D404">
-        <v>1.08034</v>
+        <v>1.08041</v>
       </c>
       <c r="E404">
-        <v>1.08143</v>
+        <v>1.08124</v>
       </c>
     </row>
     <row r="405" spans="1:5">
       <c r="A405" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B405">
-        <v>1.08534</v>
+        <v>1.08187</v>
       </c>
       <c r="C405">
-        <v>1.08622</v>
+        <v>1.08436</v>
       </c>
       <c r="D405">
-        <v>1.0816</v>
+        <v>1.08133</v>
       </c>
       <c r="E405">
-        <v>1.08211</v>
+        <v>1.08231</v>
       </c>
     </row>
     <row r="406" spans="1:5">
       <c r="A406" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="B406">
-        <v>1.08593</v>
+        <v>1.08108</v>
       </c>
       <c r="C406">
-        <v>1.08734</v>
+        <v>1.08412</v>
       </c>
       <c r="D406">
-        <v>1.08412</v>
+        <v>1.07995</v>
       </c>
       <c r="E406">
-        <v>1.08525</v>
+        <v>1.084</v>
       </c>
     </row>
     <row r="407" spans="1:5">
       <c r="A407" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="B407">
-        <v>1.08721</v>
+        <v>1.07813</v>
       </c>
       <c r="C407">
-        <v>1.08831</v>
+        <v>1.08124</v>
       </c>
       <c r="D407">
-        <v>1.08529</v>
+        <v>1.07764</v>
       </c>
       <c r="E407">
-        <v>1.08554</v>
+        <v>1.08106</v>
       </c>
     </row>
     <row r="408" spans="1:5">
       <c r="A408" t="s">
         <v>408</v>
       </c>
       <c r="B408">
-        <v>1.0866</v>
+        <v>1.07813</v>
       </c>
       <c r="C408">
-        <v>1.08771</v>
+        <v>1.08124</v>
       </c>
       <c r="D408">
-        <v>1.08343</v>
+        <v>1.07764</v>
       </c>
       <c r="E408">
-        <v>1.08712</v>
+        <v>1.08106</v>
       </c>
     </row>
     <row r="409" spans="1:5">
       <c r="A409" t="s">
         <v>409</v>
       </c>
       <c r="B409">
-        <v>1.08828</v>
+        <v>1.07437</v>
       </c>
       <c r="C409">
-        <v>1.08936</v>
+        <v>1.08154</v>
       </c>
       <c r="D409">
-        <v>1.08529</v>
+        <v>1.07349</v>
       </c>
       <c r="E409">
-        <v>1.08657</v>
+        <v>1.07859</v>
       </c>
     </row>
     <row r="410" spans="1:5">
       <c r="A410" t="s">
         <v>410</v>
       </c>
       <c r="B410">
-        <v>1.08179</v>
+        <v>1.07378</v>
       </c>
       <c r="C410">
-        <v>1.08847</v>
+        <v>1.07457</v>
       </c>
       <c r="D410">
-        <v>1.08116</v>
+        <v>1.07085</v>
       </c>
       <c r="E410">
-        <v>1.08824</v>
+        <v>1.07438</v>
       </c>
     </row>
     <row r="411" spans="1:5">
       <c r="A411" t="s">
         <v>411</v>
       </c>
       <c r="B411">
-        <v>1.07887</v>
+        <v>1.0735</v>
       </c>
       <c r="C411">
-        <v>1.08242</v>
+        <v>1.0775</v>
       </c>
       <c r="D411">
-        <v>1.07658</v>
+        <v>1.07183</v>
       </c>
       <c r="E411">
-        <v>1.08183</v>
+        <v>1.07386</v>
       </c>
     </row>
     <row r="412" spans="1:5">
       <c r="A412" t="s">
         <v>412</v>
       </c>
       <c r="B412">
-        <v>1.07723</v>
+        <v>1.07025</v>
       </c>
       <c r="C412">
-        <v>1.08054</v>
+        <v>1.07234</v>
       </c>
       <c r="D412">
-        <v>1.07643</v>
+        <v>1.0684</v>
       </c>
       <c r="E412">
-        <v>1.07885</v>
+        <v>1.07096</v>
       </c>
     </row>
     <row r="413" spans="1:5">
       <c r="A413" t="s">
         <v>413</v>
       </c>
       <c r="B413">
-        <v>1.07818</v>
+        <v>1.06791</v>
       </c>
       <c r="C413">
-        <v>1.07887</v>
+        <v>1.07251</v>
       </c>
       <c r="D413">
-        <v>1.0759</v>
+        <v>1.06757</v>
       </c>
       <c r="E413">
-        <v>1.07704</v>
+        <v>1.07023</v>
       </c>
     </row>
     <row r="414" spans="1:5">
       <c r="A414" t="s">
         <v>414</v>
       </c>
       <c r="B414">
-        <v>1.07469</v>
+        <v>1.07128</v>
       </c>
       <c r="C414">
-        <v>1.07831</v>
+        <v>1.07166</v>
       </c>
       <c r="D414">
-        <v>1.07225</v>
+        <v>1.06646</v>
       </c>
       <c r="E414">
-        <v>1.07803</v>
+        <v>1.06787</v>
       </c>
     </row>
     <row r="415" spans="1:5">
       <c r="A415" t="s">
         <v>415</v>
       </c>
       <c r="B415">
-        <v>1.07531</v>
+        <v>1.07309</v>
       </c>
       <c r="C415">
-        <v>1.07561</v>
+        <v>1.07428</v>
       </c>
       <c r="D415">
-        <v>1.07336</v>
+        <v>1.06893</v>
       </c>
       <c r="E415">
-        <v>1.07468</v>
+        <v>1.07127</v>
       </c>
     </row>
     <row r="416" spans="1:5">
       <c r="A416" t="s">
         <v>416</v>
       </c>
       <c r="B416">
-        <v>1.07605</v>
+        <v>1.069</v>
       </c>
       <c r="C416">
-        <v>1.0786</v>
+        <v>1.0745</v>
       </c>
       <c r="D416">
-        <v>1.07465</v>
+        <v>1.06824</v>
       </c>
       <c r="E416">
-        <v>1.07536</v>
+        <v>1.07329</v>
       </c>
     </row>
     <row r="417" spans="1:5">
       <c r="A417" t="s">
         <v>417</v>
       </c>
       <c r="B417">
-        <v>1.07624</v>
+        <v>1.07007</v>
       </c>
       <c r="C417">
-        <v>1.07894</v>
+        <v>1.07191</v>
       </c>
       <c r="D417">
-        <v>1.07562</v>
+        <v>1.06696</v>
       </c>
       <c r="E417">
-        <v>1.07661</v>
+        <v>1.06905</v>
       </c>
     </row>
     <row r="418" spans="1:5">
       <c r="A418" t="s">
         <v>418</v>
       </c>
       <c r="B418">
-        <v>1.07232</v>
+        <v>1.0742</v>
       </c>
       <c r="C418">
-        <v>1.08113</v>
+        <v>1.07473</v>
       </c>
       <c r="D418">
-        <v>1.07223</v>
+        <v>1.07005</v>
       </c>
       <c r="E418">
-        <v>1.07627</v>
+        <v>1.07011</v>
       </c>
     </row>
     <row r="419" spans="1:5">
       <c r="A419" t="s">
         <v>419</v>
       </c>
       <c r="B419">
-        <v>1.07052</v>
+        <v>1.07383</v>
       </c>
       <c r="C419">
-        <v>1.07288</v>
+        <v>1.0752</v>
       </c>
       <c r="D419">
-        <v>1.06728</v>
+        <v>1.07234</v>
       </c>
       <c r="E419">
-        <v>1.07233</v>
+        <v>1.07424</v>
       </c>
     </row>
     <row r="420" spans="1:5">
       <c r="A420" t="s">
         <v>420</v>
       </c>
       <c r="B420">
-        <v>1.06652</v>
+        <v>1.07329</v>
       </c>
       <c r="C420">
-        <v>1.07313</v>
+        <v>1.076</v>
       </c>
       <c r="D420">
-        <v>1.06481</v>
+        <v>1.07086</v>
       </c>
       <c r="E420">
-        <v>1.07126</v>
+        <v>1.07384</v>
       </c>
     </row>
     <row r="421" spans="1:5">
       <c r="A421" t="s">
         <v>421</v>
       </c>
       <c r="B421">
-        <v>1.07195</v>
+        <v>1.07025</v>
       </c>
       <c r="C421">
-        <v>1.07339</v>
+        <v>1.07364</v>
       </c>
       <c r="D421">
-        <v>1.06636</v>
+        <v>1.0685</v>
       </c>
       <c r="E421">
-        <v>1.06645</v>
+        <v>1.07325</v>
       </c>
     </row>
     <row r="422" spans="1:5">
       <c r="A422" t="s">
         <v>422</v>
       </c>
       <c r="B422">
-        <v>1.07037</v>
+        <v>1.07366</v>
       </c>
       <c r="C422">
-        <v>1.07323</v>
+        <v>1.07435</v>
       </c>
       <c r="D422">
-        <v>1.06888</v>
+        <v>1.06662</v>
       </c>
       <c r="E422">
-        <v>1.07185</v>
+        <v>1.07047</v>
       </c>
     </row>
     <row r="423" spans="1:5">
       <c r="A423" t="s">
         <v>423</v>
       </c>
       <c r="B423">
-        <v>1.07275</v>
+        <v>1.08082</v>
       </c>
       <c r="C423">
-        <v>1.07515</v>
+        <v>1.0815</v>
       </c>
       <c r="D423">
-        <v>1.06726</v>
+        <v>1.07315</v>
       </c>
       <c r="E423">
-        <v>1.06985</v>
+        <v>1.07368</v>
       </c>
     </row>
     <row r="424" spans="1:5">
       <c r="A424" t="s">
         <v>424</v>
       </c>
       <c r="B424">
-        <v>1.06971</v>
+        <v>1.07393</v>
       </c>
       <c r="C424">
-        <v>1.07388</v>
+        <v>1.08509</v>
       </c>
       <c r="D424">
-        <v>1.06769</v>
+        <v>1.07332</v>
       </c>
       <c r="E424">
-        <v>1.07285</v>
+        <v>1.0808</v>
       </c>
     </row>
     <row r="425" spans="1:5">
       <c r="A425" t="s">
         <v>425</v>
       </c>
       <c r="B425">
-        <v>1.07009</v>
+        <v>1.07632</v>
       </c>
       <c r="C425">
-        <v>1.07129</v>
+        <v>1.07721</v>
       </c>
       <c r="D425">
-        <v>1.06765</v>
+        <v>1.07182</v>
       </c>
       <c r="E425">
-        <v>1.06978</v>
+        <v>1.07389</v>
       </c>
     </row>
     <row r="426" spans="1:5">
       <c r="A426" t="s">
         <v>426</v>
       </c>
       <c r="B426">
-        <v>1.0653</v>
+        <v>1.07762</v>
       </c>
       <c r="C426">
-        <v>1.071</v>
+        <v>1.07802</v>
       </c>
       <c r="D426">
-        <v>1.06371</v>
+        <v>1.07314</v>
       </c>
       <c r="E426">
-        <v>1.07008</v>
+        <v>1.07642</v>
       </c>
     </row>
     <row r="427" spans="1:5">
       <c r="A427" t="s">
         <v>427</v>
       </c>
       <c r="B427">
-        <v>1.06583</v>
+        <v>1.08882</v>
       </c>
       <c r="C427">
-        <v>1.06693</v>
+        <v>1.09005</v>
       </c>
       <c r="D427">
-        <v>1.06226</v>
+        <v>1.07986</v>
       </c>
       <c r="E427">
-        <v>1.06526</v>
+        <v>1.07991</v>
       </c>
     </row>
     <row r="428" spans="1:5">
       <c r="A428" t="s">
         <v>428</v>
       </c>
       <c r="B428">
-        <v>1.0643</v>
+        <v>1.08687</v>
       </c>
       <c r="C428">
-        <v>1.06762</v>
+        <v>1.09005</v>
       </c>
       <c r="D428">
-        <v>1.06091</v>
+        <v>1.08605</v>
       </c>
       <c r="E428">
-        <v>1.06533</v>
+        <v>1.08881</v>
       </c>
     </row>
     <row r="429" spans="1:5">
       <c r="A429" t="s">
         <v>429</v>
       </c>
       <c r="B429">
-        <v>1.06719</v>
+        <v>1.08794</v>
       </c>
       <c r="C429">
-        <v>1.06886</v>
+        <v>1.08904</v>
       </c>
       <c r="D429">
-        <v>1.064</v>
+        <v>1.08531</v>
       </c>
       <c r="E429">
-        <v>1.06423</v>
+        <v>1.08677</v>
       </c>
     </row>
     <row r="430" spans="1:5">
       <c r="A430" t="s">
         <v>430</v>
       </c>
       <c r="B430">
-        <v>1.06164</v>
+        <v>1.09028</v>
       </c>
       <c r="C430">
-        <v>1.06782</v>
+        <v>1.09147</v>
       </c>
       <c r="D430">
-        <v>1.06049</v>
+        <v>1.08574</v>
       </c>
       <c r="E430">
-        <v>1.06714</v>
+        <v>1.08777</v>
       </c>
     </row>
     <row r="431" spans="1:5">
       <c r="A431" t="s">
         <v>431</v>
       </c>
       <c r="B431">
-        <v>1.06232</v>
+        <v>1.08499</v>
       </c>
       <c r="C431">
-        <v>1.06522</v>
+        <v>1.09033</v>
       </c>
       <c r="D431">
-        <v>1.05998</v>
+        <v>1.08264</v>
       </c>
       <c r="E431">
-        <v>1.06175</v>
+        <v>1.0903</v>
       </c>
     </row>
     <row r="432" spans="1:5">
       <c r="A432" t="s">
         <v>432</v>
       </c>
       <c r="B432">
-        <v>1.06454</v>
+        <v>1.08292</v>
       </c>
       <c r="C432">
-        <v>1.06638</v>
+        <v>1.08809</v>
       </c>
       <c r="D432">
-        <v>1.06188</v>
+        <v>1.08098</v>
       </c>
       <c r="E432">
-        <v>1.06229</v>
+        <v>1.08494</v>
       </c>
     </row>
     <row r="433" spans="1:5">
       <c r="A433" t="s">
         <v>433</v>
       </c>
       <c r="B433">
-        <v>1.0726</v>
+        <v>1.08004</v>
       </c>
       <c r="C433">
-        <v>1.07279</v>
+        <v>1.08437</v>
       </c>
       <c r="D433">
-        <v>1.06211</v>
+        <v>1.07869</v>
       </c>
       <c r="E433">
-        <v>1.06366</v>
+        <v>1.08306</v>
       </c>
     </row>
     <row r="434" spans="1:5">
       <c r="A434" t="s">
         <v>434</v>
       </c>
       <c r="B434">
-        <v>1.07414</v>
+        <v>1.08594</v>
       </c>
       <c r="C434">
-        <v>1.07552</v>
+        <v>1.08594</v>
       </c>
       <c r="D434">
-        <v>1.06978</v>
+        <v>1.07985</v>
       </c>
       <c r="E434">
-        <v>1.07247</v>
+        <v>1.07992</v>
       </c>
     </row>
     <row r="435" spans="1:5">
       <c r="A435" t="s">
         <v>435</v>
       </c>
       <c r="B435">
-        <v>1.08556</v>
+        <v>1.0857</v>
       </c>
       <c r="C435">
-        <v>1.08651</v>
+        <v>1.08876</v>
       </c>
       <c r="D435">
-        <v>1.07273</v>
+        <v>1.08537</v>
       </c>
       <c r="E435">
-        <v>1.07411</v>
+        <v>1.08552</v>
       </c>
     </row>
     <row r="436" spans="1:5">
       <c r="A436" t="s">
         <v>436</v>
       </c>
       <c r="B436">
-        <v>1.08566</v>
+        <v>1.08476</v>
       </c>
       <c r="C436">
-        <v>1.08836</v>
+        <v>1.0866</v>
       </c>
       <c r="D436">
-        <v>1.08463</v>
+        <v>1.08393</v>
       </c>
       <c r="E436">
-        <v>1.08555</v>
+        <v>1.08558</v>
       </c>
     </row>
     <row r="437" spans="1:5">
       <c r="A437" t="s">
         <v>437</v>
       </c>
       <c r="B437">
-        <v>1.08296</v>
+        <v>1.0814</v>
       </c>
       <c r="C437">
-        <v>1.08607</v>
+        <v>1.08564</v>
       </c>
       <c r="D437">
-        <v>1.08196</v>
+        <v>1.08042</v>
       </c>
       <c r="E437">
-        <v>1.08579</v>
+        <v>1.08455</v>
       </c>
     </row>
     <row r="438" spans="1:5">
       <c r="A438" t="s">
         <v>438</v>
       </c>
       <c r="B438">
-        <v>1.08341</v>
+        <v>1.08216</v>
       </c>
       <c r="C438">
-        <v>1.08466</v>
+        <v>1.08596</v>
       </c>
       <c r="D438">
-        <v>1.079</v>
+        <v>1.08034</v>
       </c>
       <c r="E438">
-        <v>1.08338</v>
+        <v>1.08143</v>
       </c>
     </row>
     <row r="439" spans="1:5">
       <c r="A439" t="s">
         <v>439</v>
       </c>
       <c r="B439">
-        <v>1.08344</v>
+        <v>1.08534</v>
       </c>
       <c r="C439">
-        <v>1.08751</v>
+        <v>1.08622</v>
       </c>
       <c r="D439">
-        <v>1.08305</v>
+        <v>1.0816</v>
       </c>
       <c r="E439">
-        <v>1.0836</v>
+        <v>1.08211</v>
       </c>
     </row>
     <row r="440" spans="1:5">
       <c r="A440" t="s">
         <v>440</v>
       </c>
       <c r="B440">
-        <v>1.07705</v>
+        <v>1.08593</v>
       </c>
       <c r="C440">
-        <v>1.08354</v>
+        <v>1.08734</v>
       </c>
       <c r="D440">
-        <v>1.07637</v>
+        <v>1.08412</v>
       </c>
       <c r="E440">
-        <v>1.08347</v>
+        <v>1.08525</v>
       </c>
     </row>
     <row r="441" spans="1:5">
       <c r="A441" t="s">
         <v>441</v>
       </c>
       <c r="B441">
-        <v>1.07423</v>
+        <v>1.08721</v>
       </c>
       <c r="C441">
-        <v>1.07776</v>
+        <v>1.08831</v>
       </c>
       <c r="D441">
-        <v>1.07232</v>
+        <v>1.08529</v>
       </c>
       <c r="E441">
-        <v>1.0768</v>
+        <v>1.08554</v>
       </c>
     </row>
     <row r="442" spans="1:5">
       <c r="A442" t="s">
         <v>442</v>
       </c>
       <c r="B442">
-        <v>1.07893</v>
+        <v>1.0866</v>
       </c>
       <c r="C442">
-        <v>1.07974</v>
+        <v>1.08771</v>
       </c>
       <c r="D442">
-        <v>1.07296</v>
+        <v>1.08343</v>
       </c>
       <c r="E442">
-        <v>1.07416</v>
+        <v>1.08712</v>
       </c>
     </row>
     <row r="443" spans="1:5">
       <c r="A443" t="s">
         <v>443</v>
       </c>
       <c r="B443">
-        <v>1.07884</v>
+        <v>1.08828</v>
       </c>
       <c r="C443">
-        <v>1.08038</v>
+        <v>1.08936</v>
       </c>
       <c r="D443">
-        <v>1.07717</v>
+        <v>1.08529</v>
       </c>
       <c r="E443">
-        <v>1.07894</v>
+        <v>1.08657</v>
       </c>
     </row>
     <row r="444" spans="1:5">
       <c r="A444" t="s">
         <v>444</v>
       </c>
       <c r="B444">
-        <v>1.08253</v>
+        <v>1.08179</v>
       </c>
       <c r="C444">
-        <v>1.08262</v>
+        <v>1.08847</v>
       </c>
       <c r="D444">
-        <v>1.07737</v>
+        <v>1.08116</v>
       </c>
       <c r="E444">
-        <v>1.07861</v>
+        <v>1.08824</v>
       </c>
     </row>
     <row r="445" spans="1:5">
       <c r="A445" t="s">
         <v>445</v>
       </c>
       <c r="B445">
-        <v>1.08303</v>
+        <v>1.07887</v>
       </c>
       <c r="C445">
-        <v>1.08378</v>
+        <v>1.08242</v>
       </c>
       <c r="D445">
-        <v>1.08094</v>
+        <v>1.07658</v>
       </c>
       <c r="E445">
-        <v>1.08265</v>
+        <v>1.08183</v>
       </c>
     </row>
     <row r="446" spans="1:5">
       <c r="A446" t="s">
         <v>446</v>
       </c>
       <c r="B446">
-        <v>1.08359</v>
+        <v>1.07723</v>
       </c>
       <c r="C446">
-        <v>1.08629</v>
+        <v>1.08054</v>
       </c>
       <c r="D446">
-        <v>1.08229</v>
+        <v>1.07643</v>
       </c>
       <c r="E446">
-        <v>1.08298</v>
+        <v>1.07885</v>
       </c>
     </row>
     <row r="447" spans="1:5">
       <c r="A447" t="s">
         <v>447</v>
       </c>
       <c r="B447">
-        <v>1.08079</v>
+        <v>1.07818</v>
       </c>
       <c r="C447">
-        <v>1.0841</v>
+        <v>1.07887</v>
       </c>
       <c r="D447">
-        <v>1.08007</v>
+        <v>1.0759</v>
       </c>
       <c r="E447">
-        <v>1.0836</v>
+        <v>1.07704</v>
       </c>
     </row>
     <row r="448" spans="1:5">
       <c r="A448" t="s">
         <v>448</v>
       </c>
       <c r="B448">
-        <v>1.08579</v>
+        <v>1.07469</v>
       </c>
       <c r="C448">
-        <v>1.08666</v>
+        <v>1.07831</v>
       </c>
       <c r="D448">
-        <v>1.08003</v>
+        <v>1.07225</v>
       </c>
       <c r="E448">
-        <v>1.08042</v>
+        <v>1.07803</v>
       </c>
     </row>
     <row r="449" spans="1:5">
       <c r="A449" t="s">
         <v>449</v>
       </c>
       <c r="B449">
-        <v>1.09193</v>
+        <v>1.07531</v>
       </c>
       <c r="C449">
-        <v>1.09411</v>
+        <v>1.07561</v>
       </c>
       <c r="D449">
-        <v>1.0854</v>
+        <v>1.07336</v>
       </c>
       <c r="E449">
-        <v>1.08583</v>
+        <v>1.07468</v>
       </c>
     </row>
     <row r="450" spans="1:5">
       <c r="A450" t="s">
         <v>450</v>
       </c>
       <c r="B450">
-        <v>1.08625</v>
+        <v>1.07605</v>
       </c>
       <c r="C450">
-        <v>1.09214</v>
+        <v>1.0786</v>
       </c>
       <c r="D450">
-        <v>1.0835</v>
+        <v>1.07465</v>
       </c>
       <c r="E450">
-        <v>1.09209</v>
+        <v>1.07536</v>
       </c>
     </row>
     <row r="451" spans="1:5">
       <c r="A451" t="s">
         <v>451</v>
       </c>
       <c r="B451">
-        <v>1.08708</v>
+        <v>1.07624</v>
       </c>
       <c r="C451">
-        <v>1.08752</v>
+        <v>1.07894</v>
       </c>
       <c r="D451">
-        <v>1.08333</v>
+        <v>1.07562</v>
       </c>
       <c r="E451">
-        <v>1.08643</v>
+        <v>1.07661</v>
       </c>
     </row>
     <row r="452" spans="1:5">
       <c r="A452" t="s">
         <v>452</v>
       </c>
       <c r="B452">
-        <v>1.08802</v>
+        <v>1.07232</v>
       </c>
       <c r="C452">
-        <v>1.09047</v>
+        <v>1.08113</v>
       </c>
       <c r="D452">
-        <v>1.08646</v>
+        <v>1.07223</v>
       </c>
       <c r="E452">
-        <v>1.0871</v>
+        <v>1.07627</v>
       </c>
     </row>
     <row r="453" spans="1:5">
       <c r="A453" t="s">
         <v>453</v>
       </c>
       <c r="B453">
-        <v>1.08818</v>
+        <v>1.07052</v>
       </c>
       <c r="C453">
-        <v>1.08982</v>
+        <v>1.07288</v>
       </c>
       <c r="D453">
-        <v>1.08716</v>
+        <v>1.06728</v>
       </c>
       <c r="E453">
-        <v>1.08879</v>
+        <v>1.07233</v>
       </c>
     </row>
     <row r="454" spans="1:5">
       <c r="A454" t="s">
         <v>454</v>
       </c>
       <c r="B454">
-        <v>1.09491</v>
+        <v>1.06652</v>
       </c>
       <c r="C454">
-        <v>1.09538</v>
+        <v>1.07313</v>
       </c>
       <c r="D454">
-        <v>1.08793</v>
+        <v>1.06481</v>
       </c>
       <c r="E454">
-        <v>1.08823</v>
+        <v>1.07126</v>
       </c>
     </row>
     <row r="455" spans="1:5">
       <c r="A455" t="s">
         <v>455</v>
       </c>
       <c r="B455">
-        <v>1.09253</v>
+        <v>1.07195</v>
       </c>
       <c r="C455">
-        <v>1.09624</v>
+        <v>1.07339</v>
       </c>
       <c r="D455">
-        <v>1.09186</v>
+        <v>1.06636</v>
       </c>
       <c r="E455">
-        <v>1.09466</v>
+        <v>1.06645</v>
       </c>
     </row>
     <row r="456" spans="1:5">
       <c r="A456" t="s">
         <v>456</v>
       </c>
       <c r="B456">
-        <v>1.09243</v>
+        <v>1.07037</v>
       </c>
       <c r="C456">
-        <v>1.09423</v>
+        <v>1.07323</v>
       </c>
       <c r="D456">
-        <v>1.09008</v>
+        <v>1.06888</v>
       </c>
       <c r="E456">
-        <v>1.09248</v>
+        <v>1.07185</v>
       </c>
     </row>
     <row r="457" spans="1:5">
       <c r="A457" t="s">
         <v>457</v>
       </c>
       <c r="B457">
-        <v>1.09408</v>
+        <v>1.07275</v>
       </c>
       <c r="C457">
-        <v>1.09466</v>
+        <v>1.07515</v>
       </c>
       <c r="D457">
-        <v>1.09131</v>
+        <v>1.06726</v>
       </c>
       <c r="E457">
-        <v>1.09241</v>
+        <v>1.06985</v>
       </c>
     </row>
     <row r="458" spans="1:5">
       <c r="A458" t="s">
         <v>458</v>
       </c>
       <c r="B458">
-        <v>1.09465</v>
+        <v>1.06971</v>
       </c>
       <c r="C458">
-        <v>1.09797</v>
+        <v>1.07388</v>
       </c>
       <c r="D458">
-        <v>1.09169</v>
+        <v>1.06769</v>
       </c>
       <c r="E458">
-        <v>1.09348</v>
+        <v>1.07285</v>
       </c>
     </row>
     <row r="459" spans="1:5">
       <c r="A459" t="s">
         <v>459</v>
       </c>
       <c r="B459">
-        <v>1.08949</v>
+        <v>1.07009</v>
       </c>
       <c r="C459">
-        <v>1.09478</v>
+        <v>1.07129</v>
       </c>
       <c r="D459">
-        <v>1.08665</v>
+        <v>1.06765</v>
       </c>
       <c r="E459">
-        <v>1.09469</v>
+        <v>1.06978</v>
       </c>
     </row>
     <row r="460" spans="1:5">
       <c r="A460" t="s">
         <v>460</v>
       </c>
       <c r="B460">
-        <v>1.08565</v>
+        <v>1.0653</v>
       </c>
       <c r="C460">
-        <v>1.09139</v>
+        <v>1.071</v>
       </c>
       <c r="D460">
-        <v>1.08408</v>
+        <v>1.06371</v>
       </c>
       <c r="E460">
-        <v>1.08976</v>
+        <v>1.07008</v>
       </c>
     </row>
     <row r="461" spans="1:5">
       <c r="A461" t="s">
         <v>461</v>
       </c>
       <c r="B461">
-        <v>1.08495</v>
+        <v>1.06583</v>
       </c>
       <c r="C461">
-        <v>1.08747</v>
+        <v>1.06693</v>
       </c>
       <c r="D461">
-        <v>1.08396</v>
+        <v>1.06226</v>
       </c>
       <c r="E461">
-        <v>1.08552</v>
+        <v>1.06526</v>
       </c>
     </row>
     <row r="462" spans="1:5">
       <c r="A462" t="s">
         <v>462</v>
       </c>
       <c r="B462">
-        <v>1.08003</v>
+        <v>1.0643</v>
       </c>
       <c r="C462">
-        <v>1.08418</v>
+        <v>1.06762</v>
       </c>
       <c r="D462">
-        <v>1.07968</v>
+        <v>1.06091</v>
       </c>
       <c r="E462">
-        <v>1.0836</v>
+        <v>1.06533</v>
       </c>
     </row>
     <row r="463" spans="1:5">
       <c r="A463" t="s">
         <v>463</v>
       </c>
       <c r="B463">
-        <v>1.08281</v>
+        <v>1.06719</v>
       </c>
       <c r="C463">
-        <v>1.08545</v>
+        <v>1.06886</v>
       </c>
       <c r="D463">
-        <v>1.07944</v>
+        <v>1.064</v>
       </c>
       <c r="E463">
-        <v>1.08035</v>
+        <v>1.06423</v>
       </c>
     </row>
     <row r="464" spans="1:5">
       <c r="A464" t="s">
         <v>464</v>
       </c>
       <c r="B464">
-        <v>1.0844</v>
+        <v>1.06164</v>
       </c>
       <c r="C464">
-        <v>1.08461</v>
+        <v>1.06782</v>
       </c>
       <c r="D464">
-        <v>1.07952</v>
+        <v>1.06049</v>
       </c>
       <c r="E464">
-        <v>1.08372</v>
+        <v>1.06714</v>
       </c>
     </row>
     <row r="465" spans="1:5">
       <c r="A465" t="s">
         <v>465</v>
       </c>
       <c r="B465">
-        <v>1.0848</v>
+        <v>1.06232</v>
       </c>
       <c r="C465">
-        <v>1.08645</v>
+        <v>1.06522</v>
       </c>
       <c r="D465">
-        <v>1.08316</v>
+        <v>1.05998</v>
       </c>
       <c r="E465">
-        <v>1.08437</v>
+        <v>1.06175</v>
       </c>
     </row>
     <row r="466" spans="1:5">
       <c r="A466" t="s">
         <v>466</v>
       </c>
       <c r="B466">
-        <v>1.08192</v>
+        <v>1.06454</v>
       </c>
       <c r="C466">
-        <v>1.08584</v>
+        <v>1.06638</v>
       </c>
       <c r="D466">
-        <v>1.08112</v>
+        <v>1.06188</v>
       </c>
       <c r="E466">
-        <v>1.08499</v>
+        <v>1.06229</v>
       </c>
     </row>
     <row r="467" spans="1:5">
       <c r="A467" t="s">
         <v>467</v>
       </c>
       <c r="B467">
-        <v>1.08198</v>
+        <v>1.0726</v>
       </c>
       <c r="C467">
-        <v>1.08381</v>
+        <v>1.07279</v>
       </c>
       <c r="D467">
-        <v>1.08104</v>
+        <v>1.06211</v>
       </c>
       <c r="E467">
-        <v>1.08209</v>
+        <v>1.06366</v>
       </c>
     </row>
     <row r="468" spans="1:5">
       <c r="A468" t="s">
         <v>468</v>
       </c>
       <c r="B468">
-        <v>1.08146</v>
+        <v>1.07414</v>
       </c>
       <c r="C468">
-        <v>1.08867</v>
+        <v>1.07552</v>
       </c>
       <c r="D468">
-        <v>1.08013</v>
+        <v>1.06978</v>
       </c>
       <c r="E468">
-        <v>1.08216</v>
+        <v>1.07247</v>
       </c>
     </row>
     <row r="469" spans="1:5">
       <c r="A469" t="s">
         <v>469</v>
       </c>
       <c r="B469">
-        <v>1.0805</v>
+        <v>1.08556</v>
       </c>
       <c r="C469">
-        <v>1.0823</v>
+        <v>1.08651</v>
       </c>
       <c r="D469">
-        <v>1.07885</v>
+        <v>1.07273</v>
       </c>
       <c r="E469">
-        <v>1.08183</v>
+        <v>1.07411</v>
       </c>
     </row>
     <row r="470" spans="1:5">
       <c r="A470" t="s">
         <v>470</v>
       </c>
       <c r="B470">
-        <v>1.07778</v>
+        <v>1.08566</v>
       </c>
       <c r="C470">
-        <v>1.08374</v>
+        <v>1.08836</v>
       </c>
       <c r="D470">
-        <v>1.07602</v>
+        <v>1.08463</v>
       </c>
       <c r="E470">
-        <v>1.08066</v>
+        <v>1.08555</v>
       </c>
     </row>
     <row r="471" spans="1:5">
       <c r="A471" t="s">
         <v>471</v>
       </c>
       <c r="B471">
-        <v>1.07801</v>
+        <v>1.08296</v>
       </c>
       <c r="C471">
-        <v>1.07879</v>
+        <v>1.08607</v>
       </c>
       <c r="D471">
-        <v>1.07606</v>
+        <v>1.08196</v>
       </c>
       <c r="E471">
-        <v>1.07777</v>
+        <v>1.08579</v>
       </c>
     </row>
     <row r="472" spans="1:5">
       <c r="A472" t="s">
         <v>472</v>
       </c>
       <c r="B472">
-        <v>1.07685</v>
+        <v>1.08341</v>
       </c>
       <c r="C472">
-        <v>1.07861</v>
+        <v>1.08466</v>
       </c>
       <c r="D472">
-        <v>1.07306</v>
+        <v>1.079</v>
       </c>
       <c r="E472">
-        <v>1.07751</v>
+        <v>1.08338</v>
       </c>
     </row>
     <row r="473" spans="1:5">
       <c r="A473" t="s">
         <v>473</v>
       </c>
       <c r="B473">
-        <v>1.07255</v>
+        <v>1.08344</v>
       </c>
       <c r="C473">
-        <v>1.07834</v>
+        <v>1.08751</v>
       </c>
       <c r="D473">
-        <v>1.07233</v>
+        <v>1.08305</v>
       </c>
       <c r="E473">
-        <v>1.0771</v>
+        <v>1.0836</v>
       </c>
     </row>
     <row r="474" spans="1:5">
       <c r="A474" t="s">
         <v>474</v>
       </c>
       <c r="B474">
-        <v>1.0708</v>
+        <v>1.07705</v>
       </c>
       <c r="C474">
-        <v>1.07331</v>
+        <v>1.08354</v>
       </c>
       <c r="D474">
-        <v>1.06936</v>
+        <v>1.07637</v>
       </c>
       <c r="E474">
-        <v>1.07263</v>
+        <v>1.08347</v>
       </c>
     </row>
     <row r="475" spans="1:5">
       <c r="A475" t="s">
         <v>475</v>
       </c>
       <c r="B475">
-        <v>1.07718</v>
+        <v>1.07423</v>
       </c>
       <c r="C475">
-        <v>1.07932</v>
+        <v>1.07776</v>
       </c>
       <c r="D475">
-        <v>1.06993</v>
+        <v>1.07232</v>
       </c>
       <c r="E475">
-        <v>1.07078</v>
+        <v>1.0768</v>
       </c>
     </row>
     <row r="476" spans="1:5">
       <c r="A476" t="s">
         <v>476</v>
       </c>
       <c r="B476">
-        <v>1.07932</v>
+        <v>1.07893</v>
       </c>
       <c r="C476">
-        <v>1.08042</v>
+        <v>1.07974</v>
       </c>
       <c r="D476">
-        <v>1.07545</v>
+        <v>1.07296</v>
       </c>
       <c r="E476">
-        <v>1.07704</v>
+        <v>1.07416</v>
       </c>
     </row>
     <row r="477" spans="1:5">
       <c r="A477" t="s">
         <v>477</v>
       </c>
       <c r="B477">
-        <v>1.0777</v>
+        <v>1.07884</v>
       </c>
       <c r="C477">
-        <v>1.07937</v>
+        <v>1.08038</v>
       </c>
       <c r="D477">
-        <v>1.07607</v>
+        <v>1.07717</v>
       </c>
       <c r="E477">
-        <v>1.07848</v>
+        <v>1.07894</v>
       </c>
     </row>
     <row r="478" spans="1:5">
       <c r="A478" t="s">
         <v>478</v>
       </c>
       <c r="B478">
-        <v>1.07713</v>
+        <v>1.08253</v>
       </c>
       <c r="C478">
-        <v>1.07874</v>
+        <v>1.08262</v>
       </c>
       <c r="D478">
-        <v>1.07401</v>
+        <v>1.07737</v>
       </c>
       <c r="E478">
-        <v>1.07767</v>
+        <v>1.07861</v>
       </c>
     </row>
     <row r="479" spans="1:5">
       <c r="A479" t="s">
         <v>479</v>
       </c>
       <c r="B479">
-        <v>1.0753</v>
+        <v>1.08303</v>
       </c>
       <c r="C479">
-        <v>1.07825</v>
+        <v>1.08378</v>
       </c>
       <c r="D479">
-        <v>1.07441</v>
+        <v>1.08094</v>
       </c>
       <c r="E479">
-        <v>1.07717</v>
+        <v>1.08265</v>
       </c>
     </row>
     <row r="480" spans="1:5">
       <c r="A480" t="s">
         <v>480</v>
       </c>
       <c r="B480">
-        <v>1.07408</v>
+        <v>1.08359</v>
       </c>
       <c r="C480">
-        <v>1.07609</v>
+        <v>1.08629</v>
       </c>
       <c r="D480">
-        <v>1.07211</v>
+        <v>1.08229</v>
       </c>
       <c r="E480">
-        <v>1.07528</v>
+        <v>1.08298</v>
       </c>
     </row>
     <row r="481" spans="1:5">
       <c r="A481" t="s">
         <v>481</v>
       </c>
       <c r="B481">
-        <v>1.07726</v>
+        <v>1.08079</v>
       </c>
       <c r="C481">
-        <v>1.07846</v>
+        <v>1.0841</v>
       </c>
       <c r="D481">
-        <v>1.07218</v>
+        <v>1.08007</v>
       </c>
       <c r="E481">
-        <v>1.0741</v>
+        <v>1.0836</v>
       </c>
     </row>
     <row r="482" spans="1:5">
       <c r="A482" t="s">
         <v>482</v>
       </c>
       <c r="B482">
-        <v>1.0871</v>
+        <v>1.08579</v>
       </c>
       <c r="C482">
-        <v>1.0896</v>
+        <v>1.08666</v>
       </c>
       <c r="D482">
-        <v>1.07791</v>
+        <v>1.08003</v>
       </c>
       <c r="E482">
-        <v>1.07918</v>
+        <v>1.08042</v>
       </c>
     </row>
     <row r="483" spans="1:5">
       <c r="A483" t="s">
         <v>483</v>
       </c>
       <c r="B483">
-        <v>1.08162</v>
+        <v>1.09193</v>
       </c>
       <c r="C483">
-        <v>1.08734</v>
+        <v>1.09411</v>
       </c>
       <c r="D483">
-        <v>1.07785</v>
+        <v>1.0854</v>
       </c>
       <c r="E483">
-        <v>1.08709</v>
+        <v>1.08583</v>
       </c>
     </row>
     <row r="484" spans="1:5">
       <c r="A484" t="s">
         <v>484</v>
       </c>
       <c r="B484">
-        <v>1.08411</v>
+        <v>1.08625</v>
       </c>
       <c r="C484">
-        <v>1.08435</v>
+        <v>1.09214</v>
       </c>
       <c r="D484">
-        <v>1.08047</v>
+        <v>1.0835</v>
       </c>
       <c r="E484">
-        <v>1.08176</v>
+        <v>1.09209</v>
       </c>
     </row>
     <row r="485" spans="1:5">
       <c r="A485" t="s">
         <v>485</v>
       </c>
       <c r="B485">
-        <v>1.0833</v>
+        <v>1.08708</v>
       </c>
       <c r="C485">
-        <v>1.0856</v>
+        <v>1.08752</v>
       </c>
       <c r="D485">
-        <v>1.08105</v>
+        <v>1.08333</v>
       </c>
       <c r="E485">
-        <v>1.08443</v>
+        <v>1.08643</v>
       </c>
     </row>
     <row r="486" spans="1:5">
       <c r="A486" t="s">
         <v>486</v>
       </c>
       <c r="B486">
-        <v>1.08441</v>
+        <v>1.08802</v>
       </c>
       <c r="C486">
-        <v>1.08486</v>
+        <v>1.09047</v>
       </c>
       <c r="D486">
-        <v>1.07944</v>
+        <v>1.08646</v>
       </c>
       <c r="E486">
-        <v>1.0832</v>
+        <v>1.0871</v>
       </c>
     </row>
     <row r="487" spans="1:5">
       <c r="A487" t="s">
         <v>487</v>
       </c>
       <c r="B487">
-        <v>1.08425</v>
+        <v>1.08818</v>
       </c>
       <c r="C487">
-        <v>1.0884</v>
+        <v>1.08982</v>
       </c>
       <c r="D487">
-        <v>1.08115</v>
+        <v>1.08716</v>
       </c>
       <c r="E487">
-        <v>1.08531</v>
+        <v>1.08879</v>
       </c>
     </row>
     <row r="488" spans="1:5">
       <c r="A488" t="s">
         <v>488</v>
       </c>
       <c r="B488">
-        <v>1.08773</v>
+        <v>1.09491</v>
       </c>
       <c r="C488">
-        <v>1.09005</v>
+        <v>1.09538</v>
       </c>
       <c r="D488">
-        <v>1.08203</v>
+        <v>1.08793</v>
       </c>
       <c r="E488">
-        <v>1.08447</v>
+        <v>1.08823</v>
       </c>
     </row>
     <row r="489" spans="1:5">
       <c r="A489" t="s">
         <v>489</v>
       </c>
       <c r="B489">
-        <v>1.0847</v>
+        <v>1.09253</v>
       </c>
       <c r="C489">
-        <v>1.09309</v>
+        <v>1.09624</v>
       </c>
       <c r="D489">
-        <v>1.08394</v>
+        <v>1.09186</v>
       </c>
       <c r="E489">
-        <v>1.08833</v>
+        <v>1.09466</v>
       </c>
     </row>
     <row r="490" spans="1:5">
       <c r="A490" t="s">
         <v>490</v>
       </c>
       <c r="B490">
-        <v>1.08815</v>
+        <v>1.09243</v>
       </c>
       <c r="C490">
-        <v>1.09147</v>
+        <v>1.09423</v>
       </c>
       <c r="D490">
-        <v>1.08202</v>
+        <v>1.09008</v>
       </c>
       <c r="E490">
-        <v>1.08523</v>
+        <v>1.09248</v>
       </c>
     </row>
     <row r="491" spans="1:5">
       <c r="A491" t="s">
         <v>491</v>
       </c>
       <c r="B491">
-        <v>1.08893</v>
+        <v>1.09408</v>
       </c>
       <c r="C491">
-        <v>1.09081</v>
+        <v>1.09466</v>
       </c>
       <c r="D491">
-        <v>1.08786</v>
+        <v>1.09131</v>
       </c>
       <c r="E491">
-        <v>1.08812</v>
+        <v>1.09241</v>
       </c>
     </row>
     <row r="492" spans="1:5">
       <c r="A492" t="s">
         <v>492</v>
       </c>
       <c r="B492">
-        <v>1.08733</v>
+        <v>1.09465</v>
       </c>
       <c r="C492">
-        <v>1.08949</v>
+        <v>1.09797</v>
       </c>
       <c r="D492">
-        <v>1.08613</v>
+        <v>1.09169</v>
       </c>
       <c r="E492">
-        <v>1.08934</v>
+        <v>1.09348</v>
       </c>
     </row>
     <row r="493" spans="1:5">
       <c r="A493" t="s">
         <v>493</v>
       </c>
       <c r="B493">
-        <v>1.0881</v>
+        <v>1.08949</v>
       </c>
       <c r="C493">
-        <v>1.09053</v>
+        <v>1.09478</v>
       </c>
       <c r="D493">
-        <v>1.08453</v>
+        <v>1.08665</v>
       </c>
       <c r="E493">
-        <v>1.08744</v>
+        <v>1.09469</v>
       </c>
     </row>
     <row r="494" spans="1:5">
       <c r="A494" t="s">
         <v>494</v>
       </c>
       <c r="B494">
-        <v>1.08728</v>
+        <v>1.08565</v>
       </c>
       <c r="C494">
-        <v>1.08831</v>
+        <v>1.09139</v>
       </c>
       <c r="D494">
-        <v>1.08431</v>
+        <v>1.08408</v>
       </c>
       <c r="E494">
-        <v>1.08807</v>
+        <v>1.08976</v>
       </c>
     </row>
     <row r="495" spans="1:5">
       <c r="A495" t="s">
         <v>495</v>
       </c>
       <c r="B495">
-        <v>1.09481</v>
+        <v>1.08495</v>
       </c>
       <c r="C495">
-        <v>1.09492</v>
+        <v>1.08747</v>
       </c>
       <c r="D495">
-        <v>1.08607</v>
+        <v>1.08396</v>
       </c>
       <c r="E495">
-        <v>1.08739</v>
+        <v>1.08552</v>
       </c>
     </row>
     <row r="496" spans="1:5">
       <c r="A496" t="s">
         <v>496</v>
       </c>
       <c r="B496">
-        <v>1.09453</v>
+        <v>1.08003</v>
       </c>
       <c r="C496">
-        <v>1.09659</v>
+        <v>1.08418</v>
       </c>
       <c r="D496">
-        <v>1.09321</v>
+        <v>1.07968</v>
       </c>
       <c r="E496">
-        <v>1.09491</v>
+        <v>1.0836</v>
       </c>
     </row>
     <row r="497" spans="1:5">
       <c r="A497" t="s">
         <v>497</v>
       </c>
       <c r="B497">
-        <v>1.09711</v>
+        <v>1.08281</v>
       </c>
       <c r="C497">
-        <v>1.09855</v>
+        <v>1.08545</v>
       </c>
       <c r="D497">
-        <v>1.09346</v>
+        <v>1.07944</v>
       </c>
       <c r="E497">
-        <v>1.09498</v>
+        <v>1.08035</v>
       </c>
     </row>
     <row r="498" spans="1:5">
       <c r="A498" t="s">
         <v>498</v>
       </c>
       <c r="B498">
-        <v>1.09711</v>
+        <v>1.0844</v>
       </c>
       <c r="C498">
-        <v>1.09973</v>
+        <v>1.08461</v>
       </c>
       <c r="D498">
-        <v>1.09289</v>
+        <v>1.07952</v>
       </c>
       <c r="E498">
-        <v>1.09721</v>
+        <v>1.08372</v>
       </c>
     </row>
     <row r="499" spans="1:5">
       <c r="A499" t="s">
         <v>499</v>
       </c>
       <c r="B499">
-        <v>1.09303</v>
+        <v>1.0848</v>
       </c>
       <c r="C499">
-        <v>1.09718</v>
+        <v>1.08645</v>
       </c>
       <c r="D499">
-        <v>1.09198</v>
+        <v>1.08316</v>
       </c>
       <c r="E499">
-        <v>1.09713</v>
+        <v>1.08437</v>
       </c>
     </row>
     <row r="500" spans="1:5">
       <c r="A500" t="s">
         <v>500</v>
       </c>
       <c r="B500">
-        <v>1.09491</v>
+        <v>1.08192</v>
       </c>
       <c r="C500">
-        <v>1.09649</v>
+        <v>1.08584</v>
       </c>
       <c r="D500">
-        <v>1.09089</v>
+        <v>1.08112</v>
       </c>
       <c r="E500">
-        <v>1.09299</v>
+        <v>1.08499</v>
       </c>
     </row>
     <row r="501" spans="1:5">
       <c r="A501" t="s">
         <v>501</v>
       </c>
       <c r="B501">
-        <v>1.09341</v>
+        <v>1.08198</v>
       </c>
       <c r="C501">
-        <v>1.09775</v>
+        <v>1.08381</v>
       </c>
       <c r="D501">
-        <v>1.09213</v>
+        <v>1.08104</v>
       </c>
       <c r="E501">
-        <v>1.09492</v>
+        <v>1.08209</v>
       </c>
     </row>
     <row r="502" spans="1:5">
       <c r="A502" t="s">
         <v>502</v>
       </c>
       <c r="B502">
-        <v>1.09439</v>
+        <v>1.08146</v>
       </c>
       <c r="C502">
-        <v>1.0997</v>
+        <v>1.08867</v>
       </c>
       <c r="D502">
-        <v>1.08756</v>
+        <v>1.08013</v>
       </c>
       <c r="E502">
-        <v>1.09379</v>
+        <v>1.08216</v>
       </c>
     </row>
     <row r="503" spans="1:5">
       <c r="A503" t="s">
         <v>503</v>
       </c>
       <c r="B503">
-        <v>1.09195</v>
+        <v>1.0805</v>
       </c>
       <c r="C503">
-        <v>1.09709</v>
+        <v>1.0823</v>
       </c>
       <c r="D503">
-        <v>1.09101</v>
+        <v>1.07885</v>
       </c>
       <c r="E503">
-        <v>1.09445</v>
+        <v>1.08183</v>
       </c>
     </row>
     <row r="504" spans="1:5">
       <c r="A504" t="s">
         <v>504</v>
       </c>
       <c r="B504">
-        <v>1.09421</v>
+        <v>1.07778</v>
       </c>
       <c r="C504">
-        <v>1.09641</v>
+        <v>1.08374</v>
       </c>
       <c r="D504">
-        <v>1.08916</v>
+        <v>1.07602</v>
       </c>
       <c r="E504">
-        <v>1.09205</v>
+        <v>1.08066</v>
       </c>
     </row>
     <row r="505" spans="1:5">
       <c r="A505" t="s">
         <v>505</v>
       </c>
       <c r="B505">
-        <v>1.10431</v>
+        <v>1.07801</v>
       </c>
       <c r="C505">
-        <v>1.10436</v>
+        <v>1.07879</v>
       </c>
       <c r="D505">
-        <v>1.09369</v>
+        <v>1.07606</v>
       </c>
       <c r="E505">
-        <v>1.094</v>
+        <v>1.07777</v>
       </c>
     </row>
     <row r="506" spans="1:5">
       <c r="A506" t="s">
         <v>506</v>
       </c>
       <c r="B506">
-        <v>1.10596</v>
+        <v>1.07685</v>
       </c>
       <c r="C506">
-        <v>1.10829</v>
+        <v>1.07861</v>
       </c>
       <c r="D506">
-        <v>1.10366</v>
+        <v>1.07306</v>
       </c>
       <c r="E506">
-        <v>1.10394</v>
+        <v>1.07751</v>
       </c>
     </row>
     <row r="507" spans="1:5">
       <c r="A507" t="s">
         <v>507</v>
       </c>
       <c r="B507">
-        <v>1.11035</v>
+        <v>1.07255</v>
       </c>
       <c r="C507">
-        <v>1.11379</v>
+        <v>1.07834</v>
       </c>
       <c r="D507">
-        <v>1.10538</v>
+        <v>1.07233</v>
       </c>
       <c r="E507">
-        <v>1.10609</v>
+        <v>1.0771</v>
       </c>
     </row>
     <row r="508" spans="1:5">
       <c r="A508" t="s">
         <v>508</v>
       </c>
       <c r="B508">
-        <v>1.10413</v>
+        <v>1.0708</v>
       </c>
       <c r="C508">
-        <v>1.11211</v>
+        <v>1.07331</v>
       </c>
       <c r="D508">
-        <v>1.10271</v>
+        <v>1.06936</v>
       </c>
       <c r="E508">
-        <v>1.11046</v>
+        <v>1.07263</v>
       </c>
     </row>
     <row r="509" spans="1:5">
       <c r="A509" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="B509">
-        <v>1.10413</v>
+        <v>1.07718</v>
       </c>
       <c r="C509">
-        <v>1.11211</v>
+        <v>1.07932</v>
       </c>
       <c r="D509">
-        <v>1.10271</v>
+        <v>1.06993</v>
       </c>
       <c r="E509">
-        <v>1.11046</v>
+        <v>1.07078</v>
       </c>
     </row>
     <row r="510" spans="1:5">
       <c r="A510" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="B510">
-        <v>1.10074</v>
+        <v>1.07932</v>
       </c>
       <c r="C510">
-        <v>1.10435</v>
+        <v>1.08042</v>
       </c>
       <c r="D510">
-        <v>1.10071</v>
+        <v>1.07545</v>
       </c>
       <c r="E510">
-        <v>1.1041</v>
+        <v>1.07704</v>
       </c>
     </row>
     <row r="511" spans="1:5">
       <c r="A511" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="B511">
-        <v>1.10074</v>
+        <v>1.0777</v>
       </c>
       <c r="C511">
-        <v>1.10435</v>
+        <v>1.07937</v>
       </c>
       <c r="D511">
-        <v>1.10071</v>
+        <v>1.07607</v>
       </c>
       <c r="E511">
-        <v>1.1041</v>
+        <v>1.07848</v>
       </c>
     </row>
     <row r="512" spans="1:5">
       <c r="A512" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B512">
-        <v>1.101</v>
+        <v>1.07713</v>
       </c>
       <c r="C512">
-        <v>1.10388</v>
+        <v>1.07874</v>
       </c>
       <c r="D512">
-        <v>1.09861</v>
+        <v>1.07401</v>
       </c>
       <c r="E512">
-        <v>1.10112</v>
+        <v>1.07767</v>
       </c>
     </row>
     <row r="513" spans="1:5">
       <c r="A513" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="B513">
-        <v>1.101</v>
+        <v>1.0753</v>
       </c>
       <c r="C513">
-        <v>1.10388</v>
+        <v>1.07825</v>
       </c>
       <c r="D513">
-        <v>1.09861</v>
+        <v>1.07441</v>
       </c>
       <c r="E513">
-        <v>1.10112</v>
+        <v>1.07717</v>
       </c>
     </row>
     <row r="514" spans="1:5">
       <c r="A514" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="B514">
-        <v>1.09383</v>
+        <v>1.07408</v>
       </c>
       <c r="C514">
-        <v>1.10112</v>
+        <v>1.07609</v>
       </c>
       <c r="D514">
-        <v>1.09309</v>
+        <v>1.07211</v>
       </c>
       <c r="E514">
-        <v>1.10096</v>
+        <v>1.07528</v>
       </c>
     </row>
     <row r="515" spans="1:5">
       <c r="A515" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="B515">
-        <v>1.09792</v>
+        <v>1.07726</v>
       </c>
       <c r="C515">
-        <v>1.09831</v>
+        <v>1.07846</v>
       </c>
       <c r="D515">
-        <v>1.09283</v>
+        <v>1.07218</v>
       </c>
       <c r="E515">
-        <v>1.09415</v>
+        <v>1.0741</v>
       </c>
     </row>
     <row r="516" spans="1:5">
       <c r="A516" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="B516">
-        <v>1.09222</v>
+        <v>1.0871</v>
       </c>
       <c r="C516">
-        <v>1.09861</v>
+        <v>1.0896</v>
       </c>
       <c r="D516">
-        <v>1.09109</v>
+        <v>1.07791</v>
       </c>
       <c r="E516">
-        <v>1.09796</v>
+        <v>1.07918</v>
       </c>
     </row>
     <row r="517" spans="1:5">
       <c r="A517" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="B517">
-        <v>1.08927</v>
+        <v>1.08162</v>
       </c>
       <c r="C517">
-        <v>1.09297</v>
+        <v>1.08734</v>
       </c>
       <c r="D517">
-        <v>1.08907</v>
+        <v>1.07785</v>
       </c>
       <c r="E517">
-        <v>1.09226</v>
+        <v>1.08709</v>
       </c>
     </row>
     <row r="518" spans="1:5">
       <c r="A518" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="B518">
-        <v>1.09906</v>
+        <v>1.08411</v>
       </c>
       <c r="C518">
-        <v>1.10021</v>
+        <v>1.08435</v>
       </c>
       <c r="D518">
-        <v>1.08872</v>
+        <v>1.08047</v>
       </c>
       <c r="E518">
-        <v>1.08929</v>
+        <v>1.08176</v>
       </c>
     </row>
     <row r="519" spans="1:5">
       <c r="A519" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="B519">
-        <v>1.08728</v>
+        <v>1.0833</v>
       </c>
       <c r="C519">
-        <v>1.10077</v>
+        <v>1.0856</v>
       </c>
       <c r="D519">
-        <v>1.08725</v>
+        <v>1.08105</v>
       </c>
       <c r="E519">
-        <v>1.09904</v>
+        <v>1.08443</v>
       </c>
     </row>
     <row r="520" spans="1:5">
       <c r="A520" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="B520">
-        <v>1.07925</v>
+        <v>1.08441</v>
       </c>
       <c r="C520">
-        <v>1.0895</v>
+        <v>1.08486</v>
       </c>
       <c r="D520">
-        <v>1.07716</v>
+        <v>1.07944</v>
       </c>
       <c r="E520">
-        <v>1.08738</v>
+        <v>1.0832</v>
       </c>
     </row>
     <row r="521" spans="1:5">
       <c r="A521" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="B521">
-        <v>1.07632</v>
+        <v>1.08425</v>
       </c>
       <c r="C521">
-        <v>1.08256</v>
+        <v>1.0884</v>
       </c>
       <c r="D521">
-        <v>1.07528</v>
+        <v>1.08115</v>
       </c>
       <c r="E521">
-        <v>1.07931</v>
+        <v>1.08531</v>
       </c>
     </row>
     <row r="522" spans="1:5">
       <c r="A522" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="B522">
-        <v>1.07633</v>
+        <v>1.08773</v>
       </c>
       <c r="C522">
-        <v>1.07774</v>
+        <v>1.09005</v>
       </c>
       <c r="D522">
-        <v>1.07401</v>
+        <v>1.08203</v>
       </c>
       <c r="E522">
-        <v>1.07631</v>
+        <v>1.08447</v>
       </c>
     </row>
     <row r="523" spans="1:5">
       <c r="A523" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="B523">
-        <v>1.07932</v>
+        <v>1.0847</v>
       </c>
       <c r="C523">
-        <v>1.07993</v>
+        <v>1.09309</v>
       </c>
       <c r="D523">
-        <v>1.07221</v>
+        <v>1.08394</v>
       </c>
       <c r="E523">
-        <v>1.07622</v>
+        <v>1.08833</v>
       </c>
     </row>
     <row r="524" spans="1:5">
       <c r="A524" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="B524">
-        <v>1.07619</v>
+        <v>1.08815</v>
       </c>
       <c r="C524">
-        <v>1.08165</v>
+        <v>1.09147</v>
       </c>
       <c r="D524">
-        <v>1.07538</v>
+        <v>1.08202</v>
       </c>
       <c r="E524">
-        <v>1.07919</v>
+        <v>1.08523</v>
       </c>
     </row>
     <row r="525" spans="1:5">
       <c r="A525" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="B525">
-        <v>1.07958</v>
+        <v>1.08893</v>
       </c>
       <c r="C525">
-        <v>1.0803</v>
+        <v>1.09081</v>
       </c>
       <c r="D525">
-        <v>1.07572</v>
+        <v>1.08786</v>
       </c>
       <c r="E525">
-        <v>1.07617</v>
+        <v>1.08812</v>
       </c>
     </row>
     <row r="526" spans="1:5">
       <c r="A526" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="B526">
-        <v>1.08347</v>
+        <v>1.08733</v>
       </c>
       <c r="C526">
-        <v>1.08461</v>
+        <v>1.08949</v>
       </c>
       <c r="D526">
-        <v>1.07767</v>
+        <v>1.08613</v>
       </c>
       <c r="E526">
-        <v>1.07964</v>
+        <v>1.08934</v>
       </c>
     </row>
     <row r="527" spans="1:5">
       <c r="A527" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="B527">
-        <v>1.08918</v>
+        <v>1.0881</v>
       </c>
       <c r="C527">
-        <v>1.08935</v>
+        <v>1.09053</v>
       </c>
       <c r="D527">
-        <v>1.08179</v>
+        <v>1.08453</v>
       </c>
       <c r="E527">
-        <v>1.08349</v>
+        <v>1.08744</v>
       </c>
     </row>
     <row r="528" spans="1:5">
       <c r="A528" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="B528">
-        <v>1.08874</v>
+        <v>1.08728</v>
       </c>
       <c r="C528">
-        <v>1.09113</v>
+        <v>1.08831</v>
       </c>
       <c r="D528">
-        <v>1.08273</v>
+        <v>1.08431</v>
       </c>
       <c r="E528">
-        <v>1.0878</v>
+        <v>1.08807</v>
       </c>
     </row>
     <row r="529" spans="1:5">
       <c r="A529" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="B529">
-        <v>1.09694</v>
+        <v>1.09481</v>
       </c>
       <c r="C529">
-        <v>1.09825</v>
+        <v>1.09492</v>
       </c>
       <c r="D529">
-        <v>1.0878</v>
+        <v>1.08607</v>
       </c>
       <c r="E529">
-        <v>1.08872</v>
+        <v>1.08739</v>
       </c>
     </row>
     <row r="530" spans="1:5">
       <c r="A530" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="B530">
-        <v>1.09916</v>
+        <v>1.09453</v>
       </c>
       <c r="C530">
-        <v>1.10157</v>
+        <v>1.09659</v>
       </c>
       <c r="D530">
-        <v>1.09585</v>
+        <v>1.09321</v>
       </c>
       <c r="E530">
-        <v>1.09677</v>
+        <v>1.09491</v>
       </c>
     </row>
     <row r="531" spans="1:5">
       <c r="A531" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="B531">
-        <v>1.09522</v>
+        <v>1.09711</v>
       </c>
       <c r="C531">
-        <v>1.10074</v>
+        <v>1.09855</v>
       </c>
       <c r="D531">
-        <v>1.0933</v>
+        <v>1.09346</v>
       </c>
       <c r="E531">
-        <v>1.09935</v>
+        <v>1.09498</v>
       </c>
     </row>
     <row r="532" spans="1:5">
       <c r="A532" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="B532">
-        <v>1.09399</v>
+        <v>1.09711</v>
       </c>
       <c r="C532">
-        <v>1.09578</v>
+        <v>1.09973</v>
       </c>
       <c r="D532">
-        <v>1.09236</v>
+        <v>1.09289</v>
       </c>
       <c r="E532">
-        <v>1.09525</v>
+        <v>1.09721</v>
       </c>
     </row>
     <row r="533" spans="1:5">
       <c r="A533" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="B533">
-        <v>1.09019</v>
+        <v>1.09303</v>
       </c>
       <c r="C533">
-        <v>1.09473</v>
+        <v>1.09718</v>
       </c>
       <c r="D533">
-        <v>1.08936</v>
+        <v>1.09198</v>
       </c>
       <c r="E533">
-        <v>1.09428</v>
+        <v>1.09713</v>
       </c>
     </row>
     <row r="534" spans="1:5">
       <c r="A534" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="B534">
-        <v>1.08874</v>
+        <v>1.09491</v>
       </c>
       <c r="C534">
-        <v>1.09292</v>
+        <v>1.09649</v>
       </c>
       <c r="D534">
-        <v>1.08822</v>
+        <v>1.09089</v>
       </c>
       <c r="E534">
-        <v>1.09036</v>
+        <v>1.09299</v>
       </c>
     </row>
     <row r="535" spans="1:5">
       <c r="A535" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="B535">
-        <v>1.09093</v>
+        <v>1.09341</v>
       </c>
       <c r="C535">
-        <v>1.09215</v>
+        <v>1.09775</v>
       </c>
       <c r="D535">
-        <v>1.08511</v>
+        <v>1.09213</v>
       </c>
       <c r="E535">
-        <v>1.08872</v>
+        <v>1.09492</v>
       </c>
     </row>
     <row r="536" spans="1:5">
       <c r="A536" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="B536">
-        <v>1.09382</v>
+        <v>1.09439</v>
       </c>
       <c r="C536">
-        <v>1.09638</v>
+        <v>1.0997</v>
       </c>
       <c r="D536">
-        <v>1.08987</v>
+        <v>1.08756</v>
       </c>
       <c r="E536">
-        <v>1.09096</v>
+        <v>1.09379</v>
       </c>
     </row>
     <row r="537" spans="1:5">
       <c r="A537" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="B537">
-        <v>1.09058</v>
+        <v>1.09195</v>
       </c>
       <c r="C537">
-        <v>1.09504</v>
+        <v>1.09709</v>
       </c>
       <c r="D537">
-        <v>1.08961</v>
+        <v>1.09101</v>
       </c>
       <c r="E537">
-        <v>1.09391</v>
+        <v>1.09445</v>
       </c>
     </row>
     <row r="538" spans="1:5">
       <c r="A538" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="B538">
-        <v>1.08509</v>
+        <v>1.09421</v>
       </c>
       <c r="C538">
-        <v>1.09077</v>
+        <v>1.09641</v>
       </c>
       <c r="D538">
-        <v>1.08234</v>
+        <v>1.08916</v>
       </c>
       <c r="E538">
-        <v>1.09069</v>
+        <v>1.09205</v>
       </c>
     </row>
     <row r="539" spans="1:5">
       <c r="A539" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="B539">
-        <v>1.08498</v>
+        <v>1.10431</v>
       </c>
       <c r="C539">
-        <v>1.08941</v>
+        <v>1.10436</v>
       </c>
       <c r="D539">
-        <v>1.08285</v>
+        <v>1.09369</v>
       </c>
       <c r="E539">
-        <v>1.08515</v>
+        <v>1.094</v>
       </c>
     </row>
     <row r="540" spans="1:5">
       <c r="A540" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="B540">
-        <v>1.0878</v>
+        <v>1.10596</v>
       </c>
       <c r="C540">
-        <v>1.08844</v>
+        <v>1.10829</v>
       </c>
       <c r="D540">
-        <v>1.083</v>
+        <v>1.10366</v>
       </c>
       <c r="E540">
-        <v>1.08458</v>
+        <v>1.10394</v>
       </c>
     </row>
     <row r="541" spans="1:5">
       <c r="A541" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="B541">
-        <v>1.06971</v>
+        <v>1.11035</v>
       </c>
       <c r="C541">
-        <v>1.08859</v>
+        <v>1.11379</v>
       </c>
       <c r="D541">
-        <v>1.06914</v>
+        <v>1.10538</v>
       </c>
       <c r="E541">
-        <v>1.08773</v>
+        <v>1.10609</v>
       </c>
     </row>
     <row r="542" spans="1:5">
       <c r="A542" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="B542">
-        <v>1.06865</v>
+        <v>1.10413</v>
       </c>
       <c r="C542">
-        <v>1.07047</v>
+        <v>1.11211</v>
       </c>
       <c r="D542">
-        <v>1.06636</v>
+        <v>1.10271</v>
       </c>
       <c r="E542">
-        <v>1.06973</v>
+        <v>1.11046</v>
       </c>
     </row>
     <row r="543" spans="1:5">
       <c r="A543" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="B543">
-        <v>1.06707</v>
+        <v>1.10413</v>
       </c>
       <c r="C543">
-        <v>1.06913</v>
+        <v>1.11211</v>
       </c>
       <c r="D543">
-        <v>1.06548</v>
+        <v>1.10271</v>
       </c>
       <c r="E543">
-        <v>1.06839</v>
+        <v>1.11046</v>
       </c>
     </row>
     <row r="544" spans="1:5">
       <c r="A544" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="B544">
-        <v>1.07083</v>
+        <v>1.10074</v>
       </c>
       <c r="C544">
-        <v>1.07143</v>
+        <v>1.10435</v>
       </c>
       <c r="D544">
-        <v>1.06989</v>
+        <v>1.10071</v>
       </c>
       <c r="E544">
-        <v>1.07079</v>
+        <v>1.1041</v>
       </c>
     </row>
     <row r="545" spans="1:5">
       <c r="A545" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="B545">
-        <v>1.0694</v>
+        <v>1.10074</v>
       </c>
       <c r="C545">
-        <v>1.07147</v>
+        <v>1.10435</v>
       </c>
       <c r="D545">
-        <v>1.06579</v>
+        <v>1.10071</v>
       </c>
       <c r="E545">
-        <v>1.07084</v>
+        <v>1.1041</v>
       </c>
     </row>
     <row r="546" spans="1:5">
       <c r="A546" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="B546">
-        <v>1.07184</v>
+        <v>1.101</v>
       </c>
       <c r="C546">
-        <v>1.07203</v>
+        <v>1.10388</v>
       </c>
       <c r="D546">
-        <v>1.06628</v>
+        <v>1.09861</v>
       </c>
       <c r="E546">
-        <v>1.06933</v>
+        <v>1.10112</v>
       </c>
     </row>
     <row r="547" spans="1:5">
       <c r="A547" t="s">
         <v>544</v>
       </c>
       <c r="B547">
-        <v>1.07278</v>
+        <v>1.101</v>
       </c>
       <c r="C547">
-        <v>1.07549</v>
+        <v>1.10388</v>
       </c>
       <c r="D547">
-        <v>1.07179</v>
+        <v>1.09861</v>
       </c>
       <c r="E547">
-        <v>1.07183</v>
+        <v>1.10112</v>
       </c>
     </row>
     <row r="548" spans="1:5">
       <c r="A548" t="s">
         <v>545</v>
       </c>
       <c r="B548">
-        <v>1.05691</v>
+        <v>1.09383</v>
       </c>
       <c r="C548">
-        <v>1.06663</v>
+        <v>1.10112</v>
       </c>
       <c r="D548">
-        <v>1.05599</v>
+        <v>1.09309</v>
       </c>
       <c r="E548">
-        <v>1.0621</v>
+        <v>1.10096</v>
       </c>
     </row>
     <row r="549" spans="1:5">
       <c r="A549" t="s">
         <v>546</v>
       </c>
       <c r="B549">
-        <v>1.05729</v>
+        <v>1.09792</v>
       </c>
       <c r="C549">
-        <v>1.05793</v>
+        <v>1.09831</v>
       </c>
       <c r="D549">
-        <v>1.05155</v>
+        <v>1.09283</v>
       </c>
       <c r="E549">
-        <v>1.05686</v>
+        <v>1.09415</v>
       </c>
     </row>
     <row r="550" spans="1:5">
       <c r="A550" t="s">
         <v>547</v>
       </c>
       <c r="B550">
-        <v>1.06137</v>
+        <v>1.09222</v>
       </c>
       <c r="C550">
-        <v>1.06736</v>
+        <v>1.09861</v>
       </c>
       <c r="D550">
-        <v>1.05561</v>
+        <v>1.09109</v>
       </c>
       <c r="E550">
-        <v>1.05741</v>
+        <v>1.09796</v>
       </c>
     </row>
     <row r="551" spans="1:5">
       <c r="A551" t="s">
         <v>548</v>
       </c>
       <c r="B551">
-        <v>1.05583</v>
+        <v>1.08927</v>
       </c>
       <c r="C551">
-        <v>1.06237</v>
+        <v>1.09297</v>
       </c>
       <c r="D551">
-        <v>1.05457</v>
+        <v>1.08907</v>
       </c>
       <c r="E551">
-        <v>1.0614</v>
+        <v>1.09226</v>
       </c>
     </row>
     <row r="552" spans="1:5">
       <c r="A552" t="s">
         <v>549</v>
       </c>
       <c r="B552">
-        <v>1.05608</v>
+        <v>1.09906</v>
       </c>
       <c r="C552">
-        <v>1.05955</v>
+        <v>1.10021</v>
       </c>
       <c r="D552">
-        <v>1.0534</v>
+        <v>1.08872</v>
       </c>
       <c r="E552">
-        <v>1.05691</v>
+        <v>1.08929</v>
       </c>
     </row>
     <row r="553" spans="1:5">
       <c r="A553" t="s">
         <v>550</v>
       </c>
       <c r="B553">
-        <v>1.05653</v>
+        <v>1.08728</v>
       </c>
       <c r="C553">
-        <v>1.05709</v>
+        <v>1.10077</v>
       </c>
       <c r="D553">
-        <v>1.05209</v>
+        <v>1.08725</v>
       </c>
       <c r="E553">
-        <v>1.05616</v>
+        <v>1.09904</v>
       </c>
     </row>
     <row r="554" spans="1:5">
       <c r="A554" t="s">
         <v>551</v>
       </c>
       <c r="B554">
-        <v>1.05887</v>
+        <v>1.07925</v>
       </c>
       <c r="C554">
-        <v>1.06053</v>
+        <v>1.0895</v>
       </c>
       <c r="D554">
-        <v>1.05643</v>
+        <v>1.07716</v>
       </c>
       <c r="E554">
-        <v>1.05648</v>
+        <v>1.08738</v>
       </c>
     </row>
     <row r="555" spans="1:5">
       <c r="A555" t="s">
         <v>552</v>
       </c>
       <c r="B555">
-        <v>1.06682</v>
+        <v>1.07632</v>
       </c>
       <c r="C555">
-        <v>1.0693</v>
+        <v>1.08256</v>
       </c>
       <c r="D555">
-        <v>1.05815</v>
+        <v>1.07528</v>
       </c>
       <c r="E555">
-        <v>1.05897</v>
+        <v>1.07931</v>
       </c>
     </row>
     <row r="556" spans="1:5">
       <c r="A556" t="s">
         <v>553</v>
       </c>
       <c r="B556">
-        <v>1.05904</v>
+        <v>1.07633</v>
       </c>
       <c r="C556">
-        <v>1.06765</v>
+        <v>1.07774</v>
       </c>
       <c r="D556">
-        <v>1.057</v>
+        <v>1.07401</v>
       </c>
       <c r="E556">
-        <v>1.0667</v>
+        <v>1.07631</v>
       </c>
     </row>
     <row r="557" spans="1:5">
       <c r="A557" t="s">
         <v>554</v>
       </c>
       <c r="B557">
-        <v>1.05814</v>
+        <v>1.07932</v>
       </c>
       <c r="C557">
-        <v>1.06024</v>
+        <v>1.07993</v>
       </c>
       <c r="D557">
-        <v>1.05636</v>
+        <v>1.07221</v>
       </c>
       <c r="E557">
-        <v>1.0591</v>
+        <v>1.07622</v>
       </c>
     </row>
     <row r="558" spans="1:5">
       <c r="A558" t="s">
         <v>555</v>
       </c>
       <c r="B558">
-        <v>1.05348</v>
+        <v>1.07619</v>
       </c>
       <c r="C558">
-        <v>1.06154</v>
+        <v>1.08165</v>
       </c>
       <c r="D558">
-        <v>1.05267</v>
+        <v>1.07538</v>
       </c>
       <c r="E558">
-        <v>1.05808</v>
+        <v>1.07919</v>
       </c>
     </row>
     <row r="559" spans="1:5">
       <c r="A559" t="s">
         <v>556</v>
       </c>
       <c r="B559">
-        <v>1.05761</v>
+        <v>1.07958</v>
       </c>
       <c r="C559">
-        <v>1.05928</v>
+        <v>1.0803</v>
       </c>
       <c r="D559">
-        <v>1.05218</v>
+        <v>1.07572</v>
       </c>
       <c r="E559">
-        <v>1.05351</v>
+        <v>1.07617</v>
       </c>
     </row>
     <row r="560" spans="1:5">
       <c r="A560" t="s">
         <v>557</v>
       </c>
       <c r="B560">
-        <v>1.05592</v>
+        <v>1.08347</v>
       </c>
       <c r="C560">
-        <v>1.05935</v>
+        <v>1.08461</v>
       </c>
       <c r="D560">
-        <v>1.05315</v>
+        <v>1.07767</v>
       </c>
       <c r="E560">
-        <v>1.05748</v>
+        <v>1.07964</v>
       </c>
     </row>
     <row r="561" spans="1:5">
       <c r="A561" t="s">
         <v>558</v>
       </c>
       <c r="B561">
-        <v>1.05182</v>
+        <v>1.08918</v>
       </c>
       <c r="C561">
-        <v>1.05613</v>
+        <v>1.08935</v>
       </c>
       <c r="D561">
-        <v>1.05142</v>
+        <v>1.08179</v>
       </c>
       <c r="E561">
-        <v>1.05582</v>
+        <v>1.08349</v>
       </c>
     </row>
     <row r="562" spans="1:5">
       <c r="A562" t="s">
         <v>559</v>
       </c>
       <c r="B562">
-        <v>1.05267</v>
+        <v>1.08874</v>
       </c>
       <c r="C562">
-        <v>1.05572</v>
+        <v>1.09113</v>
       </c>
       <c r="D562">
-        <v>1.04941</v>
+        <v>1.08273</v>
       </c>
       <c r="E562">
-        <v>1.05122</v>
+        <v>1.0878</v>
       </c>
     </row>
     <row r="563" spans="1:5">
       <c r="A563" t="s">
         <v>560</v>
       </c>
       <c r="B563">
-        <v>1.06184</v>
+        <v>1.09694</v>
       </c>
       <c r="C563">
-        <v>1.06385</v>
+        <v>1.09825</v>
       </c>
       <c r="D563">
-        <v>1.05243</v>
+        <v>1.0878</v>
       </c>
       <c r="E563">
-        <v>1.05268</v>
+        <v>1.08872</v>
       </c>
     </row>
     <row r="564" spans="1:5">
       <c r="A564" t="s">
         <v>561</v>
       </c>
       <c r="B564">
-        <v>1.06037</v>
+        <v>1.09916</v>
       </c>
       <c r="C564">
-        <v>1.06333</v>
+        <v>1.10157</v>
       </c>
       <c r="D564">
-        <v>1.05806</v>
+        <v>1.09585</v>
       </c>
       <c r="E564">
-        <v>1.06178</v>
+        <v>1.09677</v>
       </c>
     </row>
     <row r="565" spans="1:5">
       <c r="A565" t="s">
         <v>562</v>
       </c>
       <c r="B565">
-        <v>1.05593</v>
+        <v>1.09522</v>
       </c>
       <c r="C565">
-        <v>1.06184</v>
+        <v>1.10074</v>
       </c>
       <c r="D565">
-        <v>1.0553</v>
+        <v>1.0933</v>
       </c>
       <c r="E565">
-        <v>1.06036</v>
+        <v>1.09935</v>
       </c>
     </row>
     <row r="566" spans="1:5">
       <c r="A566" t="s">
         <v>563</v>
       </c>
       <c r="B566">
-        <v>1.05627</v>
+        <v>1.09399</v>
       </c>
       <c r="C566">
-        <v>1.0573</v>
+        <v>1.09578</v>
       </c>
       <c r="D566">
-        <v>1.0518</v>
+        <v>1.09236</v>
       </c>
       <c r="E566">
-        <v>1.05653</v>
+        <v>1.09525</v>
       </c>
     </row>
     <row r="567" spans="1:5">
       <c r="A567" t="s">
         <v>564</v>
       </c>
       <c r="B567">
-        <v>1.05439</v>
+        <v>1.09019</v>
       </c>
       <c r="C567">
-        <v>1.05986</v>
+        <v>1.09473</v>
       </c>
       <c r="D567">
-        <v>1.04813</v>
+        <v>1.08936</v>
       </c>
       <c r="E567">
-        <v>1.0588</v>
+        <v>1.09428</v>
       </c>
     </row>
     <row r="568" spans="1:5">
       <c r="A568" t="s">
         <v>565</v>
       </c>
       <c r="B568">
-        <v>1.05032</v>
+        <v>1.08874</v>
       </c>
       <c r="C568">
-        <v>1.05504</v>
+        <v>1.09292</v>
       </c>
       <c r="D568">
-        <v>1.04962</v>
+        <v>1.08822</v>
       </c>
       <c r="E568">
-        <v>1.05496</v>
+        <v>1.09036</v>
       </c>
     </row>
     <row r="569" spans="1:5">
       <c r="A569" t="s">
         <v>566</v>
       </c>
       <c r="B569">
-        <v>1.04656</v>
+        <v>1.09093</v>
       </c>
       <c r="C569">
-        <v>1.05309</v>
+        <v>1.09215</v>
       </c>
       <c r="D569">
-        <v>1.045</v>
+        <v>1.08511</v>
       </c>
       <c r="E569">
-        <v>1.05027</v>
+        <v>1.08872</v>
       </c>
     </row>
     <row r="570" spans="1:5">
       <c r="A570" t="s">
         <v>567</v>
       </c>
       <c r="B570">
-        <v>1.04761</v>
+        <v>1.09382</v>
       </c>
       <c r="C570">
-        <v>1.04922</v>
+        <v>1.09638</v>
       </c>
       <c r="D570">
-        <v>1.04469</v>
+        <v>1.08987</v>
       </c>
       <c r="E570">
-        <v>1.04649</v>
+        <v>1.09096</v>
       </c>
     </row>
     <row r="571" spans="1:5">
       <c r="A571" t="s">
         <v>568</v>
       </c>
       <c r="B571">
-        <v>1.05598</v>
+        <v>1.09058</v>
       </c>
       <c r="C571">
-        <v>1.05905</v>
+        <v>1.09504</v>
       </c>
       <c r="D571">
-        <v>1.04761</v>
+        <v>1.08961</v>
       </c>
       <c r="E571">
-        <v>1.04762</v>
+        <v>1.09391</v>
       </c>
     </row>
     <row r="572" spans="1:5">
       <c r="A572" t="s">
         <v>569</v>
       </c>
       <c r="B572">
-        <v>1.0564</v>
+        <v>1.08509</v>
       </c>
       <c r="C572">
-        <v>1.06157</v>
+        <v>1.09077</v>
       </c>
       <c r="D572">
-        <v>1.05531</v>
+        <v>1.08234</v>
       </c>
       <c r="E572">
-        <v>1.0571</v>
+        <v>1.09069</v>
       </c>
     </row>
     <row r="573" spans="1:5">
       <c r="A573" t="s">
         <v>570</v>
       </c>
       <c r="B573">
-        <v>1.05007</v>
+        <v>1.08498</v>
       </c>
       <c r="C573">
-        <v>1.05774</v>
+        <v>1.08941</v>
       </c>
       <c r="D573">
-        <v>1.04897</v>
+        <v>1.08285</v>
       </c>
       <c r="E573">
-        <v>1.05648</v>
+        <v>1.08515</v>
       </c>
     </row>
     <row r="574" spans="1:5">
       <c r="A574" t="s">
         <v>571</v>
       </c>
       <c r="B574">
-        <v>1.05708</v>
+        <v>1.0878</v>
       </c>
       <c r="C574">
-        <v>1.05727</v>
+        <v>1.08844</v>
       </c>
       <c r="D574">
-        <v>1.04866</v>
+        <v>1.083</v>
       </c>
       <c r="E574">
-        <v>1.05018</v>
+        <v>1.08458</v>
       </c>
     </row>
     <row r="575" spans="1:5">
       <c r="A575" t="s">
         <v>572</v>
       </c>
       <c r="B575">
-        <v>1.0592</v>
+        <v>1.06971</v>
       </c>
       <c r="C575">
-        <v>1.06076</v>
+        <v>1.08859</v>
       </c>
       <c r="D575">
-        <v>1.05607</v>
+        <v>1.06914</v>
       </c>
       <c r="E575">
-        <v>1.05705</v>
+        <v>1.08773</v>
       </c>
     </row>
     <row r="576" spans="1:5">
       <c r="A576" t="s">
         <v>573</v>
       </c>
       <c r="B576">
-        <v>1.06477</v>
+        <v>1.06865</v>
       </c>
       <c r="C576">
-        <v>1.06543</v>
+        <v>1.07047</v>
       </c>
       <c r="D576">
-        <v>1.0574</v>
+        <v>1.06636</v>
       </c>
       <c r="E576">
-        <v>1.05908</v>
+        <v>1.06973</v>
       </c>
     </row>
     <row r="577" spans="1:5">
       <c r="A577" t="s">
         <v>574</v>
       </c>
       <c r="B577">
-        <v>1.06591</v>
+        <v>1.06707</v>
       </c>
       <c r="C577">
-        <v>1.06704</v>
+        <v>1.06913</v>
       </c>
       <c r="D577">
-        <v>1.06136</v>
+        <v>1.06548</v>
       </c>
       <c r="E577">
-        <v>1.06425</v>
+        <v>1.06839</v>
       </c>
     </row>
     <row r="578" spans="1:5">
       <c r="A578" t="s">
         <v>575</v>
       </c>
       <c r="B578">
-        <v>1.06567</v>
+        <v>1.07083</v>
       </c>
       <c r="C578">
-        <v>1.06722</v>
+        <v>1.07143</v>
       </c>
       <c r="D578">
-        <v>1.06154</v>
+        <v>1.06989</v>
       </c>
       <c r="E578">
-        <v>1.06598</v>
+        <v>1.07079</v>
       </c>
     </row>
     <row r="579" spans="1:5">
       <c r="A579" t="s">
         <v>576</v>
       </c>
       <c r="B579">
-        <v>1.06773</v>
+        <v>1.0694</v>
       </c>
       <c r="C579">
-        <v>1.07354</v>
+        <v>1.07147</v>
       </c>
       <c r="D579">
-        <v>1.06487</v>
+        <v>1.06579</v>
       </c>
       <c r="E579">
-        <v>1.06591</v>
+        <v>1.07084</v>
       </c>
     </row>
     <row r="580" spans="1:5">
       <c r="A580" t="s">
         <v>577</v>
       </c>
       <c r="B580">
-        <v>1.06908</v>
+        <v>1.07184</v>
       </c>
       <c r="C580">
-        <v>1.07165</v>
+        <v>1.07203</v>
       </c>
       <c r="D580">
-        <v>1.06737</v>
+        <v>1.06628</v>
       </c>
       <c r="E580">
-        <v>1.0678</v>
+        <v>1.06933</v>
       </c>
     </row>
     <row r="581" spans="1:5">
       <c r="A581" t="s">
         <v>578</v>
       </c>
       <c r="B581">
-        <v>1.06634</v>
+        <v>1.07278</v>
       </c>
       <c r="C581">
-        <v>1.06972</v>
+        <v>1.07549</v>
       </c>
       <c r="D581">
-        <v>1.06533</v>
+        <v>1.07179</v>
       </c>
       <c r="E581">
-        <v>1.06911</v>
+        <v>1.07183</v>
       </c>
     </row>
     <row r="582" spans="1:5">
       <c r="A582" t="s">
         <v>579</v>
       </c>
       <c r="B582">
-        <v>1.06415</v>
+        <v>1.05691</v>
       </c>
       <c r="C582">
-        <v>1.06865</v>
+        <v>1.06663</v>
       </c>
       <c r="D582">
-        <v>1.06312</v>
+        <v>1.05599</v>
       </c>
       <c r="E582">
-        <v>1.06584</v>
+        <v>1.0621</v>
       </c>
     </row>
     <row r="583" spans="1:5">
       <c r="A583" t="s">
         <v>580</v>
       </c>
       <c r="B583">
-        <v>1.07277</v>
+        <v>1.05729</v>
       </c>
       <c r="C583">
-        <v>1.07506</v>
+        <v>1.05793</v>
       </c>
       <c r="D583">
-        <v>1.06305</v>
+        <v>1.05155</v>
       </c>
       <c r="E583">
-        <v>1.06431</v>
+        <v>1.05686</v>
       </c>
     </row>
     <row r="584" spans="1:5">
       <c r="A584" t="s">
         <v>581</v>
       </c>
       <c r="B584">
-        <v>1.07529</v>
+        <v>1.06137</v>
       </c>
       <c r="C584">
-        <v>1.07635</v>
+        <v>1.06736</v>
       </c>
       <c r="D584">
-        <v>1.071</v>
+        <v>1.05561</v>
       </c>
       <c r="E584">
-        <v>1.07281</v>
+        <v>1.05741</v>
       </c>
     </row>
     <row r="585" spans="1:5">
       <c r="A585" t="s">
         <v>582</v>
       </c>
       <c r="B585">
-        <v>1.07489</v>
+        <v>1.05583</v>
       </c>
       <c r="C585">
-        <v>1.07672</v>
+        <v>1.06237</v>
       </c>
       <c r="D585">
-        <v>1.07041</v>
+        <v>1.05457</v>
       </c>
       <c r="E585">
-        <v>1.07534</v>
+        <v>1.0614</v>
       </c>
     </row>
     <row r="586" spans="1:5">
       <c r="A586" t="s">
         <v>583</v>
       </c>
       <c r="B586">
-        <v>1.07099</v>
+        <v>1.05608</v>
       </c>
       <c r="C586">
-        <v>1.0758</v>
+        <v>1.05955</v>
       </c>
       <c r="D586">
-        <v>1.07086</v>
+        <v>1.0534</v>
       </c>
       <c r="E586">
-        <v>1.07488</v>
+        <v>1.05691</v>
       </c>
     </row>
     <row r="587" spans="1:5">
       <c r="A587" t="s">
         <v>584</v>
       </c>
       <c r="B587">
-        <v>1.06959</v>
+        <v>1.05653</v>
       </c>
       <c r="C587">
-        <v>1.07424</v>
+        <v>1.05709</v>
       </c>
       <c r="D587">
-        <v>1.06888</v>
+        <v>1.05209</v>
       </c>
       <c r="E587">
-        <v>1.06981</v>
+        <v>1.05616</v>
       </c>
     </row>
     <row r="588" spans="1:5">
       <c r="A588" t="s">
         <v>585</v>
       </c>
       <c r="B588">
-        <v>1.07257</v>
+        <v>1.05887</v>
       </c>
       <c r="C588">
-        <v>1.07304</v>
+        <v>1.06053</v>
       </c>
       <c r="D588">
-        <v>1.06847</v>
+        <v>1.05643</v>
       </c>
       <c r="E588">
-        <v>1.06944</v>
+        <v>1.05648</v>
       </c>
     </row>
     <row r="589" spans="1:5">
       <c r="A589" t="s">
         <v>586</v>
       </c>
       <c r="B589">
-        <v>1.07211</v>
+        <v>1.06682</v>
       </c>
       <c r="C589">
-        <v>1.07475</v>
+        <v>1.0693</v>
       </c>
       <c r="D589">
-        <v>1.07012</v>
+        <v>1.05815</v>
       </c>
       <c r="E589">
-        <v>1.07249</v>
+        <v>1.05897</v>
       </c>
     </row>
     <row r="590" spans="1:5">
       <c r="A590" t="s">
         <v>587</v>
       </c>
       <c r="B590">
-        <v>1.07929</v>
+        <v>1.05904</v>
       </c>
       <c r="C590">
-        <v>1.0797</v>
+        <v>1.06765</v>
       </c>
       <c r="D590">
-        <v>1.07049</v>
+        <v>1.057</v>
       </c>
       <c r="E590">
-        <v>1.07206</v>
+        <v>1.0667</v>
       </c>
     </row>
     <row r="591" spans="1:5">
       <c r="A591" t="s">
         <v>588</v>
       </c>
       <c r="B591">
-        <v>1.07703</v>
+        <v>1.05814</v>
       </c>
       <c r="C591">
-        <v>1.08075</v>
+        <v>1.06024</v>
       </c>
       <c r="D591">
-        <v>1.07702</v>
+        <v>1.05636</v>
       </c>
       <c r="E591">
-        <v>1.07952</v>
+        <v>1.0591</v>
       </c>
     </row>
     <row r="592" spans="1:5">
       <c r="A592" t="s">
         <v>589</v>
       </c>
       <c r="B592">
-        <v>1.08421</v>
+        <v>1.05348</v>
       </c>
       <c r="C592">
-        <v>1.08806</v>
+        <v>1.06154</v>
       </c>
       <c r="D592">
-        <v>1.07707</v>
+        <v>1.05267</v>
       </c>
       <c r="E592">
-        <v>1.07733</v>
+        <v>1.05808</v>
       </c>
     </row>
     <row r="593" spans="1:5">
       <c r="A593" t="s">
         <v>590</v>
       </c>
       <c r="B593">
-        <v>1.09222</v>
+        <v>1.05761</v>
       </c>
       <c r="C593">
-        <v>1.09382</v>
+        <v>1.05928</v>
       </c>
       <c r="D593">
-        <v>1.08336</v>
+        <v>1.05218</v>
       </c>
       <c r="E593">
-        <v>1.08424</v>
+        <v>1.05351</v>
       </c>
     </row>
     <row r="594" spans="1:5">
       <c r="A594" t="s">
         <v>591</v>
       </c>
       <c r="B594">
-        <v>1.08777</v>
+        <v>1.05592</v>
       </c>
       <c r="C594">
-        <v>1.0944</v>
+        <v>1.05935</v>
       </c>
       <c r="D594">
-        <v>1.08538</v>
+        <v>1.05315</v>
       </c>
       <c r="E594">
-        <v>1.09218</v>
+        <v>1.05748</v>
       </c>
     </row>
     <row r="595" spans="1:5">
       <c r="A595" t="s">
         <v>592</v>
       </c>
       <c r="B595">
-        <v>1.08176</v>
+        <v>1.05182</v>
       </c>
       <c r="C595">
-        <v>1.08906</v>
+        <v>1.05613</v>
       </c>
       <c r="D595">
-        <v>1.07809</v>
+        <v>1.05142</v>
       </c>
       <c r="E595">
-        <v>1.08778</v>
+        <v>1.05582</v>
       </c>
     </row>
     <row r="596" spans="1:5">
       <c r="A596" t="s">
         <v>593</v>
       </c>
       <c r="B596">
-        <v>1.07977</v>
+        <v>1.05267</v>
       </c>
       <c r="C596">
-        <v>1.08207</v>
+        <v>1.05572</v>
       </c>
       <c r="D596">
-        <v>1.07935</v>
+        <v>1.04941</v>
       </c>
       <c r="E596">
-        <v>1.08178</v>
+        <v>1.05122</v>
       </c>
     </row>
     <row r="597" spans="1:5">
       <c r="A597" t="s">
         <v>594</v>
       </c>
       <c r="B597">
-        <v>1.08089</v>
+        <v>1.06184</v>
       </c>
       <c r="C597">
-        <v>1.08405</v>
+        <v>1.06385</v>
       </c>
       <c r="D597">
-        <v>1.07643</v>
+        <v>1.05243</v>
       </c>
       <c r="E597">
-        <v>1.08014</v>
+        <v>1.05268</v>
       </c>
     </row>
     <row r="598" spans="1:5">
       <c r="A598" t="s">
         <v>595</v>
       </c>
       <c r="B598">
-        <v>1.0863</v>
+        <v>1.06037</v>
       </c>
       <c r="C598">
-        <v>1.08752</v>
+        <v>1.06333</v>
       </c>
       <c r="D598">
-        <v>1.08036</v>
+        <v>1.05806</v>
       </c>
       <c r="E598">
-        <v>1.08091</v>
+        <v>1.06178</v>
       </c>
     </row>
     <row r="599" spans="1:5">
       <c r="A599" t="s">
         <v>596</v>
       </c>
       <c r="B599">
-        <v>1.08449</v>
+        <v>1.05593</v>
       </c>
       <c r="C599">
-        <v>1.08701</v>
+        <v>1.06184</v>
       </c>
       <c r="D599">
-        <v>1.08011</v>
+        <v>1.0553</v>
       </c>
       <c r="E599">
-        <v>1.08623</v>
+        <v>1.06036</v>
       </c>
     </row>
     <row r="600" spans="1:5">
       <c r="A600" t="s">
         <v>597</v>
       </c>
       <c r="B600">
-        <v>1.08946</v>
+        <v>1.05627</v>
       </c>
       <c r="C600">
-        <v>1.0929</v>
+        <v>1.0573</v>
       </c>
       <c r="D600">
-        <v>1.08315</v>
+        <v>1.0518</v>
       </c>
       <c r="E600">
-        <v>1.08445</v>
+        <v>1.05653</v>
       </c>
     </row>
     <row r="601" spans="1:5">
       <c r="A601" t="s">
         <v>598</v>
       </c>
       <c r="B601">
-        <v>1.08714</v>
+        <v>1.05439</v>
       </c>
       <c r="C601">
-        <v>1.09123</v>
+        <v>1.05986</v>
       </c>
       <c r="D601">
-        <v>1.08683</v>
+        <v>1.04813</v>
       </c>
       <c r="E601">
-        <v>1.08941</v>
+        <v>1.0588</v>
       </c>
     </row>
     <row r="602" spans="1:5">
       <c r="A602" t="s">
         <v>599</v>
       </c>
       <c r="B602">
-        <v>1.08704</v>
+        <v>1.05032</v>
       </c>
       <c r="C602">
-        <v>1.08924</v>
+        <v>1.05504</v>
       </c>
       <c r="D602">
-        <v>1.08435</v>
+        <v>1.04962</v>
       </c>
       <c r="E602">
-        <v>1.08713</v>
+        <v>1.05496</v>
       </c>
     </row>
     <row r="603" spans="1:5">
       <c r="A603" t="s">
         <v>600</v>
       </c>
       <c r="B603">
-        <v>1.08772</v>
+        <v>1.04656</v>
       </c>
       <c r="C603">
-        <v>1.09171</v>
+        <v>1.05309</v>
       </c>
       <c r="D603">
-        <v>1.0855</v>
+        <v>1.045</v>
       </c>
       <c r="E603">
-        <v>1.08713</v>
+        <v>1.05027</v>
       </c>
     </row>
     <row r="604" spans="1:5">
       <c r="A604" t="s">
         <v>601</v>
       </c>
       <c r="B604">
-        <v>1.0905</v>
+        <v>1.04761</v>
       </c>
       <c r="C604">
-        <v>1.09332</v>
+        <v>1.04922</v>
       </c>
       <c r="D604">
-        <v>1.08701</v>
+        <v>1.04469</v>
       </c>
       <c r="E604">
-        <v>1.0878</v>
+        <v>1.04649</v>
       </c>
     </row>
     <row r="605" spans="1:5">
       <c r="A605" t="s">
         <v>602</v>
       </c>
       <c r="B605">
-        <v>1.09041</v>
+        <v>1.05598</v>
       </c>
       <c r="C605">
-        <v>1.0951</v>
+        <v>1.05905</v>
       </c>
       <c r="D605">
-        <v>1.08956</v>
+        <v>1.04761</v>
       </c>
       <c r="E605">
-        <v>1.09036</v>
+        <v>1.04762</v>
       </c>
     </row>
     <row r="606" spans="1:5">
       <c r="A606" t="s">
         <v>603</v>
       </c>
       <c r="B606">
-        <v>1.09428</v>
+        <v>1.0564</v>
       </c>
       <c r="C606">
-        <v>1.09588</v>
+        <v>1.06157</v>
       </c>
       <c r="D606">
-        <v>1.08733</v>
+        <v>1.05531</v>
       </c>
       <c r="E606">
-        <v>1.09053</v>
+        <v>1.0571</v>
       </c>
     </row>
     <row r="607" spans="1:5">
       <c r="A607" t="s">
         <v>604</v>
       </c>
       <c r="B607">
-        <v>1.09794</v>
+        <v>1.05007</v>
       </c>
       <c r="C607">
-        <v>1.10036</v>
+        <v>1.05774</v>
       </c>
       <c r="D607">
-        <v>1.09416</v>
+        <v>1.04897</v>
       </c>
       <c r="E607">
-        <v>1.09453</v>
+        <v>1.05648</v>
       </c>
     </row>
     <row r="608" spans="1:5">
       <c r="A608" t="s">
         <v>605</v>
       </c>
       <c r="B608">
-        <v>1.09729</v>
+        <v>1.05708</v>
       </c>
       <c r="C608">
-        <v>1.10636</v>
+        <v>1.05727</v>
       </c>
       <c r="D608">
-        <v>1.09651</v>
+        <v>1.04866</v>
       </c>
       <c r="E608">
-        <v>1.09795</v>
+        <v>1.05018</v>
       </c>
     </row>
     <row r="609" spans="1:5">
       <c r="A609" t="s">
         <v>606</v>
       </c>
       <c r="B609">
-        <v>1.09543</v>
+        <v>1.0592</v>
       </c>
       <c r="C609">
-        <v>1.0994</v>
+        <v>1.06076</v>
       </c>
       <c r="D609">
-        <v>1.09457</v>
+        <v>1.05607</v>
       </c>
       <c r="E609">
-        <v>1.09724</v>
+        <v>1.05705</v>
       </c>
     </row>
     <row r="610" spans="1:5">
       <c r="A610" t="s">
         <v>607</v>
       </c>
       <c r="B610">
-        <v>1.10013</v>
+        <v>1.06477</v>
       </c>
       <c r="C610">
-        <v>1.10099</v>
+        <v>1.06543</v>
       </c>
       <c r="D610">
-        <v>1.09276</v>
+        <v>1.0574</v>
       </c>
       <c r="E610">
-        <v>1.0955</v>
+        <v>1.05908</v>
       </c>
     </row>
     <row r="611" spans="1:5">
       <c r="A611" t="s">
         <v>608</v>
       </c>
       <c r="B611">
-        <v>1.10061</v>
+        <v>1.06591</v>
       </c>
       <c r="C611">
-        <v>1.10105</v>
+        <v>1.06704</v>
       </c>
       <c r="D611">
-        <v>1.09639</v>
+        <v>1.06136</v>
       </c>
       <c r="E611">
-        <v>1.10018</v>
+        <v>1.06425</v>
       </c>
     </row>
     <row r="612" spans="1:5">
       <c r="A612" t="s">
         <v>609</v>
       </c>
       <c r="B612">
-        <v>1.09481</v>
+        <v>1.06567</v>
       </c>
       <c r="C612">
-        <v>1.10405</v>
+        <v>1.06722</v>
       </c>
       <c r="D612">
-        <v>1.09335</v>
+        <v>1.06154</v>
       </c>
       <c r="E612">
-        <v>1.10062</v>
+        <v>1.06598</v>
       </c>
     </row>
     <row r="613" spans="1:5">
       <c r="A613" t="s">
         <v>610</v>
       </c>
       <c r="B613">
-        <v>1.09367</v>
+        <v>1.06773</v>
       </c>
       <c r="C613">
-        <v>1.09615</v>
+        <v>1.07354</v>
       </c>
       <c r="D613">
-        <v>1.09108</v>
+        <v>1.06487</v>
       </c>
       <c r="E613">
-        <v>1.0948</v>
+        <v>1.06591</v>
       </c>
     </row>
     <row r="614" spans="1:5">
       <c r="A614" t="s">
         <v>611</v>
       </c>
       <c r="B614">
-        <v>1.09811</v>
+        <v>1.06908</v>
       </c>
       <c r="C614">
-        <v>1.1017</v>
+        <v>1.07165</v>
       </c>
       <c r="D614">
-        <v>1.09166</v>
+        <v>1.06737</v>
       </c>
       <c r="E614">
-        <v>1.0937</v>
+        <v>1.0678</v>
       </c>
     </row>
     <row r="615" spans="1:5">
       <c r="A615" t="s">
         <v>612</v>
       </c>
       <c r="B615">
-        <v>1.09958</v>
+        <v>1.06634</v>
       </c>
       <c r="C615">
-        <v>1.10016</v>
+        <v>1.06972</v>
       </c>
       <c r="D615">
-        <v>1.09509</v>
+        <v>1.06533</v>
       </c>
       <c r="E615">
-        <v>1.09828</v>
+        <v>1.06911</v>
       </c>
     </row>
     <row r="616" spans="1:5">
       <c r="A616" t="s">
         <v>613</v>
       </c>
       <c r="B616">
-        <v>1.1025</v>
+        <v>1.06415</v>
       </c>
       <c r="C616">
-        <v>1.10444</v>
+        <v>1.06865</v>
       </c>
       <c r="D616">
-        <v>1.09921</v>
+        <v>1.06312</v>
       </c>
       <c r="E616">
-        <v>1.09957</v>
+        <v>1.06584</v>
       </c>
     </row>
     <row r="617" spans="1:5">
       <c r="A617" t="s">
         <v>614</v>
       </c>
       <c r="B617">
-        <v>1.09774</v>
+        <v>1.07277</v>
       </c>
       <c r="C617">
-        <v>1.10461</v>
+        <v>1.07506</v>
       </c>
       <c r="D617">
-        <v>1.09422</v>
+        <v>1.06305</v>
       </c>
       <c r="E617">
-        <v>1.10395</v>
+        <v>1.06431</v>
       </c>
     </row>
     <row r="618" spans="1:5">
       <c r="A618" t="s">
         <v>615</v>
       </c>
       <c r="B618">
-        <v>1.11286</v>
+        <v>1.07529</v>
       </c>
       <c r="C618">
-        <v>1.11435</v>
+        <v>1.07635</v>
       </c>
       <c r="D618">
-        <v>1.11065</v>
+        <v>1.071</v>
       </c>
       <c r="E618">
-        <v>1.11253</v>
+        <v>1.07281</v>
       </c>
     </row>
     <row r="619" spans="1:5">
       <c r="A619" t="s">
         <v>616</v>
       </c>
       <c r="B619">
-        <v>1.10512</v>
+        <v>1.07489</v>
       </c>
       <c r="C619">
-        <v>1.11055</v>
+        <v>1.07672</v>
       </c>
       <c r="D619">
-        <v>1.10363</v>
+        <v>1.07041</v>
       </c>
       <c r="E619">
-        <v>1.10844</v>
+        <v>1.07534</v>
       </c>
     </row>
     <row r="620" spans="1:5">
       <c r="A620" t="s">
         <v>617</v>
       </c>
       <c r="B620">
-        <v>1.10633</v>
+        <v>1.07099</v>
       </c>
       <c r="C620">
-        <v>1.10857</v>
+        <v>1.0758</v>
       </c>
       <c r="D620">
-        <v>1.10194</v>
+        <v>1.07086</v>
       </c>
       <c r="E620">
-        <v>1.10542</v>
+        <v>1.07488</v>
       </c>
     </row>
     <row r="621" spans="1:5">
       <c r="A621" t="s">
         <v>618</v>
       </c>
       <c r="B621">
-        <v>1.11286</v>
+        <v>1.06959</v>
       </c>
       <c r="C621">
-        <v>1.11435</v>
+        <v>1.07424</v>
       </c>
       <c r="D621">
-        <v>1.11065</v>
+        <v>1.06888</v>
       </c>
       <c r="E621">
-        <v>1.11253</v>
+        <v>1.06981</v>
       </c>
     </row>
     <row r="622" spans="1:5">
       <c r="A622" t="s">
         <v>619</v>
       </c>
       <c r="B622">
-        <v>1.11286</v>
+        <v>1.07257</v>
       </c>
       <c r="C622">
-        <v>1.11435</v>
+        <v>1.07304</v>
       </c>
       <c r="D622">
-        <v>1.11065</v>
+        <v>1.06847</v>
       </c>
       <c r="E622">
-        <v>1.11253</v>
+        <v>1.06944</v>
       </c>
     </row>
     <row r="623" spans="1:5">
       <c r="A623" t="s">
         <v>620</v>
       </c>
       <c r="B623">
-        <v>1.11998</v>
+        <v>1.07211</v>
       </c>
       <c r="C623">
-        <v>1.12278</v>
+        <v>1.07475</v>
       </c>
       <c r="D623">
-        <v>1.1117</v>
+        <v>1.07012</v>
       </c>
       <c r="E623">
-        <v>1.11282</v>
+        <v>1.07249</v>
       </c>
     </row>
     <row r="624" spans="1:5">
       <c r="A624" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="B624">
-        <v>1.11998</v>
+        <v>1.07929</v>
       </c>
       <c r="C624">
-        <v>1.12278</v>
+        <v>1.0797</v>
       </c>
       <c r="D624">
-        <v>1.1117</v>
+        <v>1.07049</v>
       </c>
       <c r="E624">
-        <v>1.11282</v>
+        <v>1.07206</v>
       </c>
     </row>
     <row r="625" spans="1:5">
       <c r="A625" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="B625">
-        <v>1.12259</v>
+        <v>1.07703</v>
       </c>
       <c r="C625">
-        <v>1.12387</v>
+        <v>1.08075</v>
       </c>
       <c r="D625">
-        <v>1.1173</v>
+        <v>1.07702</v>
       </c>
       <c r="E625">
-        <v>1.12012</v>
+        <v>1.07952</v>
       </c>
     </row>
     <row r="626" spans="1:5">
       <c r="A626" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="B626">
-        <v>1.12271</v>
+        <v>1.08421</v>
       </c>
       <c r="C626">
-        <v>1.12475</v>
+        <v>1.08806</v>
       </c>
       <c r="D626">
-        <v>1.12019</v>
+        <v>1.07707</v>
       </c>
       <c r="E626">
-        <v>1.12368</v>
+        <v>1.07733</v>
       </c>
     </row>
     <row r="627" spans="1:5">
       <c r="A627" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="B627">
-        <v>1.12237</v>
+        <v>1.09222</v>
       </c>
       <c r="C627">
-        <v>1.12436</v>
+        <v>1.09382</v>
       </c>
       <c r="D627">
-        <v>1.12028</v>
+        <v>1.08336</v>
       </c>
       <c r="E627">
-        <v>1.12247</v>
+        <v>1.08424</v>
       </c>
     </row>
     <row r="628" spans="1:5">
       <c r="A628" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="B628">
-        <v>1.11265</v>
+        <v>1.08777</v>
       </c>
       <c r="C628">
-        <v>1.2265</v>
+        <v>1.0944</v>
       </c>
       <c r="D628">
-        <v>1.11209</v>
+        <v>1.08538</v>
       </c>
       <c r="E628">
-        <v>1.12249</v>
+        <v>1.09218</v>
       </c>
     </row>
     <row r="629" spans="1:5">
       <c r="A629" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="B629">
-        <v>1.1007</v>
+        <v>1.08176</v>
       </c>
       <c r="C629">
-        <v>1.11389</v>
+        <v>1.08906</v>
       </c>
       <c r="D629">
-        <v>1.09973</v>
+        <v>1.07809</v>
       </c>
       <c r="E629">
-        <v>1.11302</v>
+        <v>1.08778</v>
       </c>
     </row>
     <row r="630" spans="1:5">
       <c r="A630" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="B630">
-        <v>1.09997</v>
+        <v>1.07977</v>
       </c>
       <c r="C630">
-        <v>1.10257</v>
+        <v>1.08207</v>
       </c>
       <c r="D630">
-        <v>1.09755</v>
+        <v>1.07935</v>
       </c>
       <c r="E630">
-        <v>1.0072</v>
+        <v>1.08178</v>
       </c>
     </row>
     <row r="631" spans="1:5">
       <c r="A631" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="B631">
-        <v>1.09614</v>
+        <v>1.08089</v>
       </c>
       <c r="C631">
-        <v>1.10001</v>
+        <v>1.08405</v>
       </c>
       <c r="D631">
-        <v>1.09421</v>
+        <v>1.07643</v>
       </c>
       <c r="E631">
-        <v>1.09999</v>
+        <v>1.08014</v>
       </c>
     </row>
     <row r="632" spans="1:5">
       <c r="A632" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="B632">
-        <v>1.08847</v>
+        <v>1.0863</v>
       </c>
       <c r="C632">
-        <v>1.09719</v>
+        <v>1.08752</v>
       </c>
       <c r="D632">
-        <v>1.08656</v>
+        <v>1.08036</v>
       </c>
       <c r="E632">
-        <v>1.09653</v>
+        <v>1.08091</v>
       </c>
     </row>
     <row r="633" spans="1:5">
       <c r="A633" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="B633">
-        <v>1.0853</v>
+        <v>1.08449</v>
       </c>
       <c r="C633">
-        <v>1.08992</v>
+        <v>1.08701</v>
       </c>
       <c r="D633">
-        <v>1.08319</v>
+        <v>1.08011</v>
       </c>
       <c r="E633">
-        <v>1.08908</v>
+        <v>1.08623</v>
       </c>
     </row>
     <row r="634" spans="1:5">
       <c r="A634" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="B634">
-        <v>1.08789</v>
+        <v>1.08946</v>
       </c>
       <c r="C634">
-        <v>1.09066</v>
+        <v>1.0929</v>
       </c>
       <c r="D634">
-        <v>1.08495</v>
+        <v>1.08315</v>
       </c>
       <c r="E634">
-        <v>1.08526</v>
+        <v>1.08445</v>
       </c>
     </row>
     <row r="635" spans="1:5">
       <c r="A635" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="B635">
-        <v>1.09102</v>
+        <v>1.08714</v>
       </c>
       <c r="C635">
-        <v>1.0915</v>
+        <v>1.09123</v>
       </c>
       <c r="D635">
-        <v>1.08753</v>
+        <v>1.08683</v>
       </c>
       <c r="E635">
-        <v>1.0878</v>
+        <v>1.08941</v>
       </c>
     </row>
     <row r="636" spans="1:5">
       <c r="A636" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="B636">
-        <v>1.09072</v>
+        <v>1.08704</v>
       </c>
       <c r="C636">
-        <v>1.09325</v>
+        <v>1.08924</v>
       </c>
       <c r="D636">
-        <v>1.08688</v>
+        <v>1.08435</v>
       </c>
       <c r="E636">
-        <v>1.09126</v>
+        <v>1.08713</v>
       </c>
     </row>
     <row r="637" spans="1:5">
       <c r="A637" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="B637">
-        <v>1.08671</v>
+        <v>1.08772</v>
       </c>
       <c r="C637">
-        <v>1.09304</v>
+        <v>1.09171</v>
       </c>
       <c r="D637">
-        <v>1.08339</v>
+        <v>1.0855</v>
       </c>
       <c r="E637">
-        <v>1.09116</v>
+        <v>1.08713</v>
       </c>
     </row>
     <row r="638" spans="1:5">
       <c r="A638" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="B638">
-        <v>1.09033</v>
+        <v>1.0905</v>
       </c>
       <c r="C638">
-        <v>1.09188</v>
+        <v>1.09332</v>
       </c>
       <c r="D638">
-        <v>1.08862</v>
+        <v>1.08701</v>
       </c>
       <c r="E638">
-        <v>1.0904</v>
+        <v>1.0878</v>
       </c>
     </row>
     <row r="639" spans="1:5">
       <c r="A639" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="B639">
-        <v>1.09547</v>
+        <v>1.09041</v>
       </c>
       <c r="C639">
-        <v>1.0958</v>
+        <v>1.0951</v>
       </c>
       <c r="D639">
-        <v>1.08431</v>
+        <v>1.08956</v>
       </c>
       <c r="E639">
-        <v>1.08895</v>
+        <v>1.09036</v>
       </c>
     </row>
     <row r="640" spans="1:5">
       <c r="A640" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="B640">
-        <v>1.09853</v>
+        <v>1.09428</v>
       </c>
       <c r="C640">
-        <v>1.1011</v>
+        <v>1.09588</v>
       </c>
       <c r="D640">
-        <v>1.09471</v>
+        <v>1.08733</v>
       </c>
       <c r="E640">
-        <v>1.09546</v>
+        <v>1.09053</v>
       </c>
     </row>
     <row r="641" spans="1:5">
       <c r="A641" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="B641">
-        <v>1.09165</v>
+        <v>1.09794</v>
       </c>
       <c r="C641">
-        <v>1.09894</v>
+        <v>1.10036</v>
       </c>
       <c r="D641">
-        <v>1.09043</v>
+        <v>1.09416</v>
       </c>
       <c r="E641">
-        <v>1.09851</v>
+        <v>1.09453</v>
       </c>
     </row>
     <row r="642" spans="1:5">
       <c r="A642" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="B642">
-        <v>1.09137</v>
+        <v>1.09729</v>
       </c>
       <c r="C642">
-        <v>1.09173</v>
+        <v>1.10636</v>
       </c>
       <c r="D642">
-        <v>1.09082</v>
+        <v>1.09651</v>
       </c>
       <c r="E642">
-        <v>1.09167</v>
+        <v>1.09795</v>
       </c>
     </row>
     <row r="643" spans="1:5">
       <c r="A643" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="B643">
-        <v>1.09388</v>
+        <v>1.09543</v>
       </c>
       <c r="C643">
-        <v>1.09448</v>
+        <v>1.0994</v>
       </c>
       <c r="D643">
-        <v>1.09057</v>
+        <v>1.09457</v>
       </c>
       <c r="E643">
-        <v>1.09202</v>
+        <v>1.09724</v>
       </c>
     </row>
     <row r="644" spans="1:5">
       <c r="A644" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="B644">
-        <v>1.09433</v>
+        <v>1.10013</v>
       </c>
       <c r="C644">
-        <v>1.09694</v>
+        <v>1.10099</v>
       </c>
       <c r="D644">
-        <v>1.09167</v>
+        <v>1.09276</v>
       </c>
       <c r="E644">
-        <v>1.09339</v>
+        <v>1.0955</v>
       </c>
     </row>
     <row r="645" spans="1:5">
       <c r="A645" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="B645">
-        <v>1.88279</v>
+        <v>1.10061</v>
       </c>
       <c r="C645">
-        <v>1.09513</v>
+        <v>1.10105</v>
       </c>
       <c r="D645">
-        <v>1.08023</v>
+        <v>1.09639</v>
       </c>
       <c r="E645">
-        <v>1.09443</v>
+        <v>1.10018</v>
       </c>
     </row>
     <row r="646" spans="1:5">
       <c r="A646" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="B646">
-        <v>1.07922</v>
+        <v>1.09481</v>
       </c>
       <c r="C646">
-        <v>1.08627</v>
+        <v>1.10405</v>
       </c>
       <c r="D646">
-        <v>1.07727</v>
+        <v>1.09335</v>
       </c>
       <c r="E646">
-        <v>1.08296</v>
+        <v>1.10062</v>
       </c>
     </row>
     <row r="647" spans="1:5">
       <c r="A647" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="B647">
-        <v>1.07545</v>
+        <v>1.09367</v>
       </c>
       <c r="C647">
-        <v>1.08222</v>
+        <v>1.09615</v>
       </c>
       <c r="D647">
-        <v>1.07484</v>
+        <v>1.09108</v>
       </c>
       <c r="E647">
-        <v>1.07917</v>
+        <v>1.0948</v>
       </c>
     </row>
     <row r="648" spans="1:5">
       <c r="A648" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="B648">
-        <v>1.07409</v>
+        <v>1.09811</v>
       </c>
       <c r="C648">
-        <v>1.07887</v>
+        <v>1.1017</v>
       </c>
       <c r="D648">
-        <v>1.07316</v>
+        <v>1.09166</v>
       </c>
       <c r="E648">
-        <v>1.07564</v>
+        <v>1.0937</v>
       </c>
     </row>
     <row r="649" spans="1:5">
       <c r="A649" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="B649">
-        <v>1.07813</v>
+        <v>1.09958</v>
       </c>
       <c r="C649">
-        <v>1.0784</v>
+        <v>1.10016</v>
       </c>
       <c r="D649">
-        <v>1.07415</v>
+        <v>1.09509</v>
       </c>
       <c r="E649">
-        <v>1.07428</v>
+        <v>1.09828</v>
       </c>
     </row>
     <row r="650" spans="1:5">
       <c r="A650" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="B650">
-        <v>1.0697</v>
+        <v>1.1025</v>
       </c>
       <c r="C650">
-        <v>1.070857</v>
+        <v>1.10444</v>
       </c>
       <c r="D650">
-        <v>1.06886</v>
+        <v>1.09921</v>
       </c>
       <c r="E650">
-        <v>1.07819</v>
+        <v>1.09957</v>
       </c>
     </row>
     <row r="651" spans="1:5">
       <c r="A651" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="B651">
-        <v>1.06913</v>
+        <v>1.09774</v>
       </c>
       <c r="C651">
-        <v>1.07383</v>
+        <v>1.10461</v>
       </c>
       <c r="D651">
-        <v>1.06668</v>
+        <v>1.09422</v>
       </c>
       <c r="E651">
-        <v>1.06977</v>
+        <v>1.10395</v>
       </c>
     </row>
     <row r="652" spans="1:5">
       <c r="A652" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="B652">
-        <v>1.07137</v>
+        <v>1.11286</v>
       </c>
       <c r="C652">
-        <v>1.07315</v>
+        <v>1.11435</v>
       </c>
       <c r="D652">
-        <v>1.06655</v>
+        <v>1.11065</v>
       </c>
       <c r="E652">
-        <v>1.0691</v>
+        <v>1.11253</v>
       </c>
     </row>
     <row r="653" spans="1:5">
       <c r="A653" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="B653">
-        <v>1.07078</v>
+        <v>1.10512</v>
       </c>
       <c r="C653">
-        <v>1.07452</v>
+        <v>1.11055</v>
       </c>
       <c r="D653">
-        <v>1.06711</v>
+        <v>1.10363</v>
       </c>
       <c r="E653">
-        <v>1.07326</v>
+        <v>1.10844</v>
       </c>
     </row>
     <row r="654" spans="1:5">
       <c r="A654" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="B654">
-        <v>1.07606</v>
+        <v>1.10633</v>
       </c>
       <c r="C654">
-        <v>1.07776</v>
+        <v>1.10857</v>
       </c>
       <c r="D654">
-        <v>1.07043</v>
+        <v>1.10194</v>
       </c>
       <c r="E654">
-        <v>1.07065</v>
+        <v>1.10542</v>
       </c>
     </row>
     <row r="655" spans="1:5">
       <c r="A655" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="B655">
-        <v>1.07078</v>
+        <v>1.11286</v>
       </c>
       <c r="C655">
-        <v>1.07452</v>
+        <v>1.11435</v>
       </c>
       <c r="D655">
-        <v>1.06711</v>
+        <v>1.11065</v>
       </c>
       <c r="E655">
-        <v>1.07326</v>
+        <v>1.11253</v>
       </c>
     </row>
     <row r="656" spans="1:5">
       <c r="A656" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="B656">
-        <v>1.07216</v>
+        <v>1.11286</v>
       </c>
       <c r="C656">
-        <v>1.07422</v>
+        <v>1.11435</v>
       </c>
       <c r="D656">
-        <v>1.07042</v>
+        <v>1.11065</v>
       </c>
       <c r="E656">
-        <v>1.07077</v>
+        <v>1.11253</v>
       </c>
     </row>
     <row r="657" spans="1:5">
       <c r="A657" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="B657">
-        <v>1.07234</v>
+        <v>1.11998</v>
       </c>
       <c r="C657">
-        <v>1.107574</v>
+        <v>1.12278</v>
       </c>
       <c r="D657">
-        <v>1.07003</v>
+        <v>1.1117</v>
       </c>
       <c r="E657">
-        <v>1.07284</v>
+        <v>1.11282</v>
       </c>
     </row>
     <row r="658" spans="1:5">
       <c r="A658" t="s">
         <v>654</v>
       </c>
       <c r="B658">
-        <v>1.07482</v>
+        <v>1.11998</v>
       </c>
       <c r="C658">
-        <v>1.07555</v>
+        <v>1.12278</v>
       </c>
       <c r="D658">
-        <v>1.07058</v>
+        <v>1.1117</v>
       </c>
       <c r="E658">
-        <v>1.07238</v>
+        <v>1.11282</v>
       </c>
     </row>
     <row r="659" spans="1:5">
       <c r="A659" t="s">
         <v>655</v>
       </c>
       <c r="B659">
-        <v>1.07685</v>
+        <v>1.12259</v>
       </c>
       <c r="C659">
-        <v>1.07998</v>
+        <v>1.12387</v>
       </c>
       <c r="D659">
-        <v>1.07467</v>
+        <v>1.1173</v>
       </c>
       <c r="E659">
-        <v>1.0748</v>
+        <v>1.12012</v>
       </c>
     </row>
     <row r="660" spans="1:5">
       <c r="A660" t="s">
         <v>656</v>
       </c>
       <c r="B660">
-        <v>1.08108</v>
+        <v>1.12271</v>
       </c>
       <c r="C660">
-        <v>1.08192</v>
+        <v>1.12475</v>
       </c>
       <c r="D660">
-        <v>1.07588</v>
+        <v>1.12019</v>
       </c>
       <c r="E660">
-        <v>1.07694</v>
+        <v>1.12368</v>
       </c>
     </row>
     <row r="661" spans="1:5">
       <c r="A661" t="s">
         <v>657</v>
       </c>
       <c r="B661">
-        <v>1.08197</v>
+        <v>1.12237</v>
       </c>
       <c r="C661">
-        <v>1.083</v>
+        <v>1.12436</v>
       </c>
       <c r="D661">
-        <v>1.0794</v>
+        <v>1.12028</v>
       </c>
       <c r="E661">
-        <v>1.0811</v>
+        <v>1.12247</v>
       </c>
     </row>
     <row r="662" spans="1:5">
       <c r="A662" t="s">
         <v>658</v>
       </c>
       <c r="B662">
-        <v>1.07692</v>
+        <v>1.11265</v>
       </c>
       <c r="C662">
-        <v>1.08274</v>
+        <v>1.2265</v>
       </c>
       <c r="D662">
-        <v>1.07585</v>
+        <v>1.11209</v>
       </c>
       <c r="E662">
-        <v>1.08048</v>
+        <v>1.12249</v>
       </c>
     </row>
     <row r="663" spans="1:5">
       <c r="A663" t="s">
         <v>659</v>
       </c>
       <c r="B663">
-        <v>1.08389</v>
+        <v>1.1007</v>
       </c>
       <c r="C663">
-        <v>1.08468</v>
+        <v>1.11389</v>
       </c>
       <c r="D663">
-        <v>1.07611</v>
+        <v>1.09973</v>
       </c>
       <c r="E663">
-        <v>1.07688</v>
+        <v>1.11302</v>
       </c>
     </row>
     <row r="664" spans="1:5">
       <c r="A664" t="s">
         <v>660</v>
       </c>
       <c r="B664">
-        <v>1.08724</v>
+        <v>1.09997</v>
       </c>
       <c r="C664">
-        <v>1.09028</v>
+        <v>1.10257</v>
       </c>
       <c r="D664">
-        <v>1.08535</v>
+        <v>1.09755</v>
       </c>
       <c r="E664">
-        <v>1.08614</v>
+        <v>1.0072</v>
       </c>
     </row>
     <row r="665" spans="1:5">
       <c r="A665" t="s">
         <v>661</v>
       </c>
       <c r="B665">
-        <v>1.08504</v>
+        <v>1.09614</v>
       </c>
       <c r="C665">
-        <v>1.25305</v>
+        <v>1.10001</v>
       </c>
       <c r="D665">
-        <v>1.08468</v>
+        <v>1.09421</v>
       </c>
       <c r="E665">
-        <v>1.08731</v>
+        <v>1.09999</v>
       </c>
     </row>
     <row r="666" spans="1:5">
       <c r="A666" t="s">
         <v>662</v>
       </c>
       <c r="B666">
-        <v>1.09147</v>
+        <v>1.08847</v>
       </c>
       <c r="C666">
-        <v>1.09342</v>
+        <v>1.09719</v>
       </c>
       <c r="D666">
-        <v>1.08471</v>
+        <v>1.08656</v>
       </c>
       <c r="E666">
-        <v>1.08505</v>
+        <v>1.09653</v>
       </c>
     </row>
     <row r="667" spans="1:5">
       <c r="A667" t="s">
         <v>663</v>
       </c>
       <c r="B667">
-        <v>1.0981</v>
+        <v>1.0853</v>
       </c>
       <c r="C667">
-        <v>1.09967</v>
+        <v>1.08992</v>
       </c>
       <c r="D667">
-        <v>1.08987</v>
+        <v>1.08319</v>
       </c>
       <c r="E667">
-        <v>1.09144</v>
+        <v>1.08908</v>
       </c>
     </row>
     <row r="668" spans="1:5">
       <c r="A668" t="s">
         <v>664</v>
       </c>
       <c r="B668">
-        <v>1.096</v>
+        <v>1.08789</v>
       </c>
       <c r="C668">
-        <v>1.10056</v>
+        <v>1.09066</v>
       </c>
       <c r="D668">
-        <v>1.094</v>
+        <v>1.08495</v>
       </c>
       <c r="E668">
-        <v>1.09811</v>
+        <v>1.08526</v>
       </c>
     </row>
     <row r="669" spans="1:5">
       <c r="A669" t="s">
         <v>665</v>
       </c>
       <c r="B669">
-        <v>1.10058</v>
+        <v>1.09102</v>
       </c>
       <c r="C669">
-        <v>1.10061</v>
+        <v>1.0915</v>
       </c>
       <c r="D669">
-        <v>1.09397</v>
+        <v>1.08753</v>
       </c>
       <c r="E669">
-        <v>1.09601</v>
+        <v>1.0878</v>
       </c>
     </row>
     <row r="670" spans="1:5">
       <c r="A670" t="s">
         <v>666</v>
       </c>
       <c r="B670">
-        <v>1.10164</v>
+        <v>1.09072</v>
       </c>
       <c r="C670">
-        <v>1.10522</v>
+        <v>1.09325</v>
       </c>
       <c r="D670">
-        <v>1.09987</v>
+        <v>1.08688</v>
       </c>
       <c r="E670">
-        <v>1.10037</v>
+        <v>1.09126</v>
       </c>
     </row>
     <row r="671" spans="1:5">
       <c r="A671" t="s">
         <v>667</v>
       </c>
       <c r="B671">
-        <v>1.10095</v>
+        <v>1.08671</v>
       </c>
       <c r="C671">
-        <v>1.10463</v>
+        <v>1.09304</v>
       </c>
       <c r="D671">
-        <v>1.09653</v>
+        <v>1.08339</v>
       </c>
       <c r="E671">
-        <v>1.10166</v>
+        <v>1.09116</v>
       </c>
     </row>
     <row r="672" spans="1:5">
       <c r="A672" t="s">
         <v>668</v>
       </c>
       <c r="B672">
-        <v>1.10601</v>
+        <v>1.09033</v>
       </c>
       <c r="C672">
-        <v>1.10902</v>
+        <v>1.09188</v>
       </c>
       <c r="D672">
-        <v>1.09848</v>
+        <v>1.08862</v>
       </c>
       <c r="E672">
-        <v>1.10113</v>
+        <v>1.0904</v>
       </c>
     </row>
     <row r="673" spans="1:5">
       <c r="A673" t="s">
         <v>669</v>
       </c>
       <c r="B673">
-        <v>1.09989</v>
+        <v>1.09547</v>
       </c>
       <c r="C673">
-        <v>1.10905</v>
+        <v>1.0958</v>
       </c>
       <c r="D673">
-        <v>1.09923</v>
+        <v>1.08431</v>
       </c>
       <c r="E673">
-        <v>1.10583</v>
+        <v>1.08895</v>
       </c>
     </row>
     <row r="674" spans="1:5">
       <c r="A674" t="s">
         <v>670</v>
       </c>
       <c r="B674">
-        <v>1.0973</v>
+        <v>1.09853</v>
       </c>
       <c r="C674">
-        <v>1.10065</v>
+        <v>1.1011</v>
       </c>
       <c r="D674">
-        <v>1.09408</v>
+        <v>1.09471</v>
       </c>
       <c r="E674">
-        <v>1.1</v>
+        <v>1.09546</v>
       </c>
     </row>
     <row r="675" spans="1:5">
       <c r="A675" t="s">
         <v>671</v>
       </c>
       <c r="B675">
-        <v>1.10111</v>
+        <v>1.09165</v>
       </c>
       <c r="C675">
-        <v>1.10342</v>
+        <v>1.09894</v>
       </c>
       <c r="D675">
-        <v>1.09628</v>
+        <v>1.09043</v>
       </c>
       <c r="E675">
-        <v>1.09749</v>
+        <v>1.09851</v>
       </c>
     </row>
     <row r="676" spans="1:5">
       <c r="A676" t="s">
         <v>672</v>
       </c>
       <c r="B676">
-        <v>1.10255</v>
+        <v>1.09137</v>
       </c>
       <c r="C676">
-        <v>1.10436</v>
+        <v>1.09173</v>
       </c>
       <c r="D676">
-        <v>1.0961</v>
+        <v>1.09082</v>
       </c>
       <c r="E676">
-        <v>1.1018</v>
+        <v>1.09167</v>
       </c>
     </row>
     <row r="677" spans="1:5">
       <c r="A677" t="s">
         <v>673</v>
       </c>
       <c r="B677">
-        <v>1.10399</v>
+        <v>1.09388</v>
       </c>
       <c r="C677">
-        <v>1.10621</v>
+        <v>1.09448</v>
       </c>
       <c r="D677">
-        <v>1.09907</v>
+        <v>1.09057</v>
       </c>
       <c r="E677">
-        <v>1.10276</v>
+        <v>1.09202</v>
       </c>
     </row>
     <row r="678" spans="1:5">
       <c r="A678" t="s">
         <v>674</v>
       </c>
       <c r="B678">
-        <v>1.09708</v>
+        <v>1.09433</v>
       </c>
       <c r="C678">
-        <v>1.10939</v>
+        <v>1.09694</v>
       </c>
       <c r="D678">
-        <v>1.09616</v>
+        <v>1.09167</v>
       </c>
       <c r="E678">
-        <v>1.10376</v>
+        <v>1.09339</v>
       </c>
     </row>
     <row r="679" spans="1:5">
       <c r="A679" t="s">
         <v>675</v>
       </c>
       <c r="B679">
-        <v>1.10444</v>
+        <v>1.88279</v>
       </c>
       <c r="C679">
-        <v>1.10657</v>
+        <v>1.09513</v>
       </c>
       <c r="D679">
-        <v>1.09627</v>
+        <v>1.08023</v>
       </c>
       <c r="E679">
-        <v>1.09725</v>
+        <v>1.09443</v>
       </c>
     </row>
     <row r="680" spans="1:5">
       <c r="A680" t="s">
         <v>676</v>
       </c>
       <c r="B680">
-        <v>1.09909</v>
+        <v>1.07922</v>
       </c>
       <c r="C680">
-        <v>1.10487</v>
+        <v>1.08627</v>
       </c>
       <c r="D680">
-        <v>1.09645</v>
+        <v>1.07727</v>
       </c>
       <c r="E680">
-        <v>1.1045</v>
+        <v>1.08296</v>
       </c>
     </row>
     <row r="681" spans="1:5">
       <c r="A681" t="s">
         <v>677</v>
       </c>
       <c r="B681">
-        <v>1.09614</v>
+        <v>1.07545</v>
       </c>
       <c r="C681">
-        <v>1.09923</v>
+        <v>1.08222</v>
       </c>
       <c r="D681">
-        <v>1.09366</v>
+        <v>1.07484</v>
       </c>
       <c r="E681">
-        <v>1.09889</v>
+        <v>1.07917</v>
       </c>
     </row>
     <row r="682" spans="1:5">
       <c r="A682" t="s">
         <v>678</v>
       </c>
       <c r="B682">
-        <v>1.09543</v>
+        <v>1.07409</v>
       </c>
       <c r="C682">
-        <v>1.09883</v>
+        <v>1.07887</v>
       </c>
       <c r="D682">
-        <v>1.0932</v>
+        <v>1.07316</v>
       </c>
       <c r="E682">
-        <v>1.09692</v>
+        <v>1.07564</v>
       </c>
     </row>
     <row r="683" spans="1:5">
       <c r="A683" t="s">
         <v>679</v>
       </c>
       <c r="B683">
-        <v>1.09705</v>
+        <v>1.07813</v>
       </c>
       <c r="C683">
-        <v>1.09826</v>
+        <v>1.0784</v>
       </c>
       <c r="D683">
-        <v>1.09159</v>
+        <v>1.07415</v>
       </c>
       <c r="E683">
-        <v>1.09546</v>
+        <v>1.07428</v>
       </c>
     </row>
     <row r="684" spans="1:5">
       <c r="A684" t="s">
         <v>680</v>
       </c>
       <c r="B684">
-        <v>1.09236</v>
+        <v>1.0697</v>
       </c>
       <c r="C684">
-        <v>1.09815</v>
+        <v>1.070857</v>
       </c>
       <c r="D684">
-        <v>1.09209</v>
+        <v>1.06886</v>
       </c>
       <c r="E684">
-        <v>1.09721</v>
+        <v>1.07819</v>
       </c>
     </row>
     <row r="685" spans="1:5">
       <c r="A685" t="s">
         <v>681</v>
       </c>
       <c r="B685">
-        <v>1.09866</v>
+        <v>1.06913</v>
       </c>
       <c r="C685">
-        <v>1.09984</v>
+        <v>1.07383</v>
       </c>
       <c r="D685">
-        <v>1.09077</v>
+        <v>1.06668</v>
       </c>
       <c r="E685">
-        <v>1.09237</v>
+        <v>1.06977</v>
       </c>
     </row>
     <row r="686" spans="1:5">
       <c r="A686" t="s">
         <v>682</v>
       </c>
       <c r="B686">
-        <v>1.1045</v>
+        <v>1.07137</v>
       </c>
       <c r="C686">
-        <v>1.0744</v>
+        <v>1.07315</v>
       </c>
       <c r="D686">
-        <v>1.09708</v>
+        <v>1.06655</v>
       </c>
       <c r="E686">
-        <v>1.0995</v>
+        <v>1.0691</v>
       </c>
     </row>
     <row r="687" spans="1:5">
       <c r="A687" t="s">
         <v>683</v>
       </c>
       <c r="B687">
-        <v>1.09904</v>
+        <v>1.07078</v>
       </c>
       <c r="C687">
-        <v>1.16662</v>
+        <v>1.07452</v>
       </c>
       <c r="D687">
-        <v>1.0</v>
+        <v>1.06711</v>
       </c>
       <c r="E687">
-        <v>1.10451</v>
+        <v>1.07326</v>
       </c>
     </row>
     <row r="688" spans="1:5">
       <c r="A688" t="s">
         <v>684</v>
       </c>
       <c r="B688">
-        <v>1.09106</v>
+        <v>1.07606</v>
       </c>
       <c r="C688">
-        <v>1.09989</v>
+        <v>1.07776</v>
       </c>
       <c r="D688">
-        <v>1.09029</v>
+        <v>1.07043</v>
       </c>
       <c r="E688">
-        <v>1.09905</v>
+        <v>1.07065</v>
       </c>
     </row>
     <row r="689" spans="1:5">
       <c r="A689" t="s">
         <v>685</v>
       </c>
       <c r="B689">
-        <v>1.08594</v>
+        <v>1.07078</v>
       </c>
       <c r="C689">
-        <v>1.09266</v>
+        <v>1.07452</v>
       </c>
       <c r="D689">
-        <v>1.08505</v>
+        <v>1.06711</v>
       </c>
       <c r="E689">
-        <v>1.09105</v>
+        <v>1.07326</v>
       </c>
     </row>
     <row r="690" spans="1:5">
       <c r="A690" t="s">
         <v>686</v>
       </c>
       <c r="B690">
-        <v>1.09069</v>
+        <v>1.07216</v>
       </c>
       <c r="C690">
-        <v>1.09158</v>
+        <v>1.07422</v>
       </c>
       <c r="D690">
-        <v>1.083</v>
+        <v>1.07042</v>
       </c>
       <c r="E690">
-        <v>1.08591</v>
+        <v>1.07077</v>
       </c>
     </row>
     <row r="691" spans="1:5">
       <c r="A691" t="s">
         <v>687</v>
       </c>
       <c r="B691">
-        <v>1.09143</v>
+        <v>1.07234</v>
       </c>
       <c r="C691">
-        <v>1.09227</v>
+        <v>1.107574</v>
       </c>
       <c r="D691">
-        <v>1.0875</v>
+        <v>1.07003</v>
       </c>
       <c r="E691">
-        <v>1.09046</v>
+        <v>1.07284</v>
       </c>
     </row>
     <row r="692" spans="1:5">
       <c r="A692" t="s">
         <v>688</v>
       </c>
       <c r="B692">
-        <v>1.09442</v>
+        <v>1.07482</v>
       </c>
       <c r="C692">
-        <v>1.09682</v>
+        <v>1.07555</v>
       </c>
       <c r="D692">
-        <v>1.08895</v>
+        <v>1.07058</v>
       </c>
       <c r="E692">
-        <v>1.09028</v>
+        <v>1.07238</v>
       </c>
     </row>
     <row r="693" spans="1:5">
       <c r="A693" t="s">
         <v>689</v>
       </c>
       <c r="B693">
-        <v>1.0895</v>
+        <v>1.07685</v>
       </c>
       <c r="C693">
-        <v>1.09719</v>
+        <v>1.07998</v>
       </c>
       <c r="D693">
-        <v>1.08815</v>
+        <v>1.07467</v>
       </c>
       <c r="E693">
-        <v>1.09453</v>
+        <v>1.0748</v>
       </c>
     </row>
     <row r="694" spans="1:5">
       <c r="A694" t="s">
         <v>690</v>
       </c>
       <c r="B694">
-        <v>1.08279</v>
+        <v>1.08108</v>
       </c>
       <c r="C694">
-        <v>1.09154</v>
+        <v>1.08192</v>
       </c>
       <c r="D694">
-        <v>1.07868</v>
+        <v>1.07588</v>
       </c>
       <c r="E694">
-        <v>1.08952</v>
+        <v>1.07694</v>
       </c>
     </row>
     <row r="695" spans="1:5">
       <c r="A695" t="s">
         <v>691</v>
       </c>
       <c r="B695">
-        <v>1.09041</v>
+        <v>1.08197</v>
       </c>
       <c r="C695">
-        <v>1.09243</v>
+        <v>1.083</v>
       </c>
       <c r="D695">
-        <v>1.08416</v>
+        <v>1.0794</v>
       </c>
       <c r="E695">
-        <v>1.08441</v>
+        <v>1.0811</v>
       </c>
     </row>
     <row r="696" spans="1:5">
       <c r="A696" t="s">
         <v>692</v>
       </c>
       <c r="B696">
-        <v>1.08427</v>
+        <v>1.07692</v>
       </c>
       <c r="C696">
-        <v>1.0925</v>
+        <v>1.08274</v>
       </c>
       <c r="D696">
-        <v>1.08222</v>
+        <v>1.07585</v>
       </c>
       <c r="E696">
-        <v>1.09039</v>
+        <v>1.08048</v>
       </c>
     </row>
     <row r="697" spans="1:5">
       <c r="A697" t="s">
         <v>693</v>
       </c>
       <c r="B697">
-        <v>1.08433</v>
+        <v>1.08389</v>
       </c>
       <c r="C697">
-        <v>1.08698</v>
+        <v>1.08468</v>
       </c>
       <c r="D697">
-        <v>1.08164</v>
+        <v>1.07611</v>
       </c>
       <c r="E697">
-        <v>1.08426</v>
+        <v>1.07688</v>
       </c>
     </row>
     <row r="698" spans="1:5">
       <c r="A698" t="s">
         <v>694</v>
       </c>
       <c r="B698">
-        <v>1.07961</v>
+        <v>1.08724</v>
       </c>
       <c r="C698">
-        <v>1.08472</v>
+        <v>1.09028</v>
       </c>
       <c r="D698">
-        <v>1.07878</v>
+        <v>1.08535</v>
       </c>
       <c r="E698">
-        <v>1.08434</v>
+        <v>1.08614</v>
       </c>
     </row>
     <row r="699" spans="1:5">
       <c r="A699" t="s">
         <v>695</v>
       </c>
       <c r="B699">
-        <v>1.07759</v>
+        <v>1.08504</v>
       </c>
       <c r="C699">
-        <v>1.07986</v>
+        <v>1.25305</v>
       </c>
       <c r="D699">
-        <v>1.07435</v>
+        <v>1.08468</v>
       </c>
       <c r="E699">
-        <v>1.07963</v>
+        <v>1.08731</v>
       </c>
     </row>
     <row r="700" spans="1:5">
       <c r="A700" t="s">
         <v>696</v>
       </c>
       <c r="B700">
-        <v>1.08287</v>
+        <v>1.09147</v>
       </c>
       <c r="C700">
-        <v>1.08375</v>
+        <v>1.09342</v>
       </c>
       <c r="D700">
-        <v>1.07119</v>
+        <v>1.08471</v>
       </c>
       <c r="E700">
-        <v>1.07574</v>
+        <v>1.08505</v>
       </c>
     </row>
     <row r="701" spans="1:5">
       <c r="A701" t="s">
         <v>697</v>
       </c>
       <c r="B701">
-        <v>1.08542</v>
+        <v>1.0981</v>
       </c>
       <c r="C701">
-        <v>1.09284</v>
+        <v>1.09967</v>
       </c>
       <c r="D701">
-        <v>1.08228</v>
+        <v>1.08987</v>
       </c>
       <c r="E701">
-        <v>1.08307</v>
+        <v>1.09144</v>
       </c>
     </row>
     <row r="702" spans="1:5">
       <c r="A702" t="s">
         <v>698</v>
       </c>
       <c r="B702">
-        <v>1.08542</v>
+        <v>1.096</v>
       </c>
       <c r="C702">
-        <v>1.09284</v>
+        <v>1.10056</v>
       </c>
       <c r="D702">
-        <v>1.08228</v>
+        <v>1.094</v>
       </c>
       <c r="E702">
-        <v>1.08307</v>
+        <v>1.09811</v>
       </c>
     </row>
     <row r="703" spans="1:5">
       <c r="A703" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="B703">
-        <v>1.08542</v>
+        <v>1.10058</v>
       </c>
       <c r="C703">
-        <v>1.09284</v>
+        <v>1.10061</v>
       </c>
       <c r="D703">
-        <v>1.08228</v>
+        <v>1.09397</v>
       </c>
       <c r="E703">
-        <v>1.08307</v>
+        <v>1.09601</v>
       </c>
     </row>
     <row r="704" spans="1:5">
       <c r="A704" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="B704">
-        <v>1.06752</v>
+        <v>1.10164</v>
       </c>
       <c r="C704">
-        <v>1.07294</v>
+        <v>1.10522</v>
       </c>
       <c r="D704">
-        <v>1.063</v>
+        <v>1.09987</v>
       </c>
       <c r="E704">
-        <v>1.07189</v>
+        <v>1.10037</v>
       </c>
     </row>
     <row r="705" spans="1:5">
       <c r="A705" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="B705">
-        <v>1.06092</v>
+        <v>1.10095</v>
       </c>
       <c r="C705">
-        <v>1.06839</v>
+        <v>1.10463</v>
       </c>
       <c r="D705">
-        <v>1.06018</v>
+        <v>1.09653</v>
       </c>
       <c r="E705">
-        <v>1.06596</v>
+        <v>1.10166</v>
       </c>
     </row>
     <row r="706" spans="1:5">
       <c r="A706" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="B706">
-        <v>1.05757</v>
+        <v>1.10601</v>
       </c>
       <c r="C706">
-        <v>1.06342</v>
+        <v>1.10902</v>
       </c>
       <c r="D706">
-        <v>1.05496</v>
+        <v>1.09848</v>
       </c>
       <c r="E706">
-        <v>1.05496</v>
+        <v>1.10113</v>
       </c>
     </row>
     <row r="707" spans="1:5">
       <c r="A707" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="B707">
-        <v>1.07316</v>
+        <v>1.09989</v>
       </c>
       <c r="C707">
-        <v>1.07584</v>
+        <v>1.10905</v>
       </c>
       <c r="D707">
-        <v>1.05148</v>
+        <v>1.09923</v>
       </c>
       <c r="E707">
-        <v>1.05759</v>
+        <v>1.10583</v>
       </c>
     </row>
     <row r="708" spans="1:5">
       <c r="A708" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="B708">
-        <v>1.07298</v>
+        <v>1.0973</v>
       </c>
       <c r="C708">
-        <v>1.07484</v>
+        <v>1.10065</v>
       </c>
       <c r="D708">
-        <v>1.06775</v>
+        <v>1.09408</v>
       </c>
       <c r="E708">
-        <v>1.07315</v>
+        <v>1.1</v>
       </c>
     </row>
     <row r="709" spans="1:5">
       <c r="A709" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="B709">
-        <v>1.06898</v>
+        <v>1.10111</v>
       </c>
       <c r="C709">
-        <v>1.07473</v>
+        <v>1.10342</v>
       </c>
       <c r="D709">
-        <v>1.06489</v>
+        <v>1.09628</v>
       </c>
       <c r="E709">
-        <v>1.07299</v>
+        <v>1.09749</v>
       </c>
     </row>
     <row r="710" spans="1:5">
       <c r="A710" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="B710">
-        <v>1.05792</v>
+        <v>1.10255</v>
       </c>
       <c r="C710">
-        <v>1.06992</v>
+        <v>1.10436</v>
       </c>
       <c r="D710">
-        <v>1.05712</v>
+        <v>1.0961</v>
       </c>
       <c r="E710">
-        <v>1.06356</v>
+        <v>1.1018</v>
       </c>
     </row>
     <row r="711" spans="1:5">
       <c r="A711" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="B711">
-        <v>1.04544</v>
+        <v>1.10399</v>
       </c>
       <c r="C711">
-        <v>1.05331</v>
+        <v>1.10621</v>
       </c>
       <c r="D711">
-        <v>1.05331</v>
+        <v>1.09907</v>
       </c>
       <c r="E711">
-        <v>1.05795</v>
+        <v>1.10276</v>
       </c>
     </row>
     <row r="712" spans="1:5">
       <c r="A712" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="B712">
-        <v>1.05479</v>
+        <v>1.09708</v>
       </c>
       <c r="C712">
-        <v>1.05725</v>
+        <v>1.10939</v>
       </c>
       <c r="D712">
-        <v>1.0523</v>
+        <v>1.09616</v>
       </c>
       <c r="E712">
-        <v>1.05439</v>
+        <v>1.10376</v>
       </c>
     </row>
     <row r="713" spans="1:5">
       <c r="A713" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="B713">
-        <v>1.06796</v>
+        <v>1.10444</v>
       </c>
       <c r="C713">
-        <v>1.0693</v>
+        <v>1.10657</v>
       </c>
       <c r="D713">
-        <v>1.05447</v>
+        <v>1.09627</v>
       </c>
       <c r="E713">
-        <v>1.05478</v>
+        <v>1.09725</v>
       </c>
     </row>
     <row r="714" spans="1:5">
       <c r="A714" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="B714">
-        <v>1.06225</v>
+        <v>1.09909</v>
       </c>
       <c r="C714">
-        <v>1.0693</v>
+        <v>1.10487</v>
       </c>
       <c r="D714">
-        <v>1.06209</v>
+        <v>1.09645</v>
       </c>
       <c r="E714">
-        <v>1.06797</v>
+        <v>1.1045</v>
       </c>
     </row>
     <row r="715" spans="1:5">
       <c r="A715" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="B715">
-        <v>1.05944</v>
+        <v>1.09614</v>
       </c>
       <c r="C715">
-        <v>1.06372</v>
+        <v>1.09923</v>
       </c>
       <c r="D715">
-        <v>1.05869</v>
+        <v>1.09366</v>
       </c>
       <c r="E715">
-        <v>1.06337</v>
+        <v>1.09889</v>
       </c>
     </row>
     <row r="716" spans="1:5">
       <c r="A716" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="B716">
-        <v>1.06656</v>
+        <v>1.09543</v>
       </c>
       <c r="C716">
-        <v>1.06715</v>
+        <v>1.09883</v>
       </c>
       <c r="D716">
-        <v>1.05752</v>
+        <v>1.0932</v>
       </c>
       <c r="E716">
-        <v>1.05956</v>
+        <v>1.09692</v>
       </c>
     </row>
     <row r="717" spans="1:5">
       <c r="A717" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="B717">
-        <v>1.05749</v>
+        <v>1.09705</v>
       </c>
       <c r="C717">
-        <v>1.069</v>
+        <v>1.09826</v>
       </c>
       <c r="D717">
-        <v>1.0564</v>
+        <v>1.09159</v>
       </c>
       <c r="E717">
-        <v>1.06664</v>
+        <v>1.09546</v>
       </c>
     </row>
     <row r="718" spans="1:5">
       <c r="A718" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="B718">
-        <v>1.06089</v>
+        <v>1.09236</v>
       </c>
       <c r="C718">
-        <v>1.06438</v>
+        <v>1.09815</v>
       </c>
       <c r="D718">
-        <v>1.05727</v>
+        <v>1.09209</v>
       </c>
       <c r="E718">
-        <v>1.05748</v>
+        <v>1.09721</v>
       </c>
     </row>
     <row r="719" spans="1:5">
       <c r="A719" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="B719">
-        <v>1.05517</v>
+        <v>1.09866</v>
       </c>
       <c r="C719">
-        <v>1.06186</v>
+        <v>1.09984</v>
       </c>
       <c r="D719">
-        <v>1.05316</v>
+        <v>1.09077</v>
       </c>
       <c r="E719">
-        <v>1.06082</v>
+        <v>1.09237</v>
       </c>
     </row>
     <row r="720" spans="1:5">
       <c r="A720" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B720">
-        <v>1.05966</v>
+        <v>1.1045</v>
       </c>
       <c r="C720">
-        <v>1.06131</v>
+        <v>1.0744</v>
       </c>
       <c r="D720">
-        <v>1.05347</v>
+        <v>1.09708</v>
       </c>
       <c r="E720">
-        <v>1.05456</v>
+        <v>1.0995</v>
       </c>
     </row>
     <row r="721" spans="1:5">
       <c r="A721" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B721">
-        <v>1.06029</v>
+        <v>1.09904</v>
       </c>
       <c r="C721">
-        <v>1.06263</v>
+        <v>1.16662</v>
       </c>
       <c r="D721">
-        <v>1.05757</v>
+        <v>1.0</v>
       </c>
       <c r="E721">
-        <v>1.0596</v>
+        <v>1.10451</v>
       </c>
     </row>
     <row r="722" spans="1:5">
       <c r="A722" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="B722">
-        <v>1.06461</v>
+        <v>1.09106</v>
       </c>
       <c r="C722">
-        <v>1.06627</v>
+        <v>1.09989</v>
       </c>
       <c r="D722">
-        <v>1.05978</v>
+        <v>1.09029</v>
       </c>
       <c r="E722">
-        <v>1.20417</v>
+        <v>1.09905</v>
       </c>
     </row>
     <row r="723" spans="1:5">
       <c r="A723" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="B723">
-        <v>1.06843</v>
+        <v>1.08594</v>
       </c>
       <c r="C723">
-        <v>1.06967</v>
+        <v>1.09266</v>
       </c>
       <c r="D723">
-        <v>1.06361</v>
+        <v>1.08505</v>
       </c>
       <c r="E723">
-        <v>1.06466</v>
+        <v>1.09105</v>
       </c>
     </row>
     <row r="724" spans="1:5">
       <c r="A724" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="B724">
-        <v>1.06853</v>
+        <v>1.09069</v>
       </c>
       <c r="C724">
-        <v>1.07033</v>
+        <v>1.09158</v>
       </c>
       <c r="D724">
-        <v>1.0669</v>
+        <v>1.083</v>
       </c>
       <c r="E724">
-        <v>1.06842</v>
+        <v>1.08591</v>
       </c>
     </row>
     <row r="725" spans="1:5">
       <c r="A725" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="B725">
-        <v>1.06725</v>
+        <v>1.09143</v>
       </c>
       <c r="C725">
-        <v>1.20449</v>
+        <v>1.09227</v>
       </c>
       <c r="D725">
-        <v>1.19106</v>
+        <v>1.0875</v>
       </c>
       <c r="E725">
-        <v>1.06932</v>
+        <v>1.09046</v>
       </c>
     </row>
     <row r="726" spans="1:5">
       <c r="A726" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="B726">
-        <v>1.07205</v>
+        <v>1.09442</v>
       </c>
       <c r="C726">
-        <v>1.08032</v>
+        <v>1.09682</v>
       </c>
       <c r="D726">
-        <v>1.07054</v>
+        <v>1.08895</v>
       </c>
       <c r="E726">
-        <v>1.07361</v>
+        <v>1.09028</v>
       </c>
     </row>
     <row r="727" spans="1:5">
       <c r="A727" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="B727">
-        <v>1.0742</v>
+        <v>1.0895</v>
       </c>
       <c r="C727">
-        <v>1.07286</v>
+        <v>1.09719</v>
       </c>
       <c r="D727">
-        <v>1.06541</v>
+        <v>1.08815</v>
       </c>
       <c r="E727">
-        <v>1.07206</v>
+        <v>1.09453</v>
       </c>
     </row>
     <row r="728" spans="1:5">
       <c r="A728" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="B728">
-        <v>1.07365</v>
+        <v>1.08279</v>
       </c>
       <c r="C728">
-        <v>1.07515</v>
+        <v>1.09154</v>
       </c>
       <c r="D728">
-        <v>1.06649</v>
+        <v>1.07868</v>
       </c>
       <c r="E728">
-        <v>1.06778</v>
+        <v>1.08952</v>
       </c>
     </row>
     <row r="729" spans="1:5">
       <c r="A729" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="B729">
-        <v>1.07106</v>
+        <v>1.09041</v>
       </c>
       <c r="C729">
-        <v>1.07895</v>
+        <v>1.09243</v>
       </c>
       <c r="D729">
-        <v>1.07026</v>
+        <v>1.08416</v>
       </c>
       <c r="E729">
-        <v>1.07355</v>
+        <v>1.08441</v>
       </c>
     </row>
     <row r="730" spans="1:5">
       <c r="A730" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="B730">
-        <v>1.07241</v>
+        <v>1.08427</v>
       </c>
       <c r="C730">
-        <v>1.07595</v>
+        <v>1.0925</v>
       </c>
       <c r="D730">
-        <v>1.07081</v>
+        <v>1.08222</v>
       </c>
       <c r="E730">
-        <v>1.07109</v>
+        <v>1.09039</v>
       </c>
     </row>
     <row r="731" spans="1:5">
       <c r="A731" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="B731">
-        <v>1.0726</v>
+        <v>1.08433</v>
       </c>
       <c r="C731">
-        <v>1.07652</v>
+        <v>1.08698</v>
       </c>
       <c r="D731">
-        <v>1.06679</v>
+        <v>1.08164</v>
       </c>
       <c r="E731">
-        <v>1.07243</v>
+        <v>1.08426</v>
       </c>
     </row>
     <row r="732" spans="1:5">
       <c r="A732" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="B732">
-        <v>1.07927</v>
+        <v>1.07961</v>
       </c>
       <c r="C732">
-        <v>1.07975</v>
+        <v>1.08472</v>
       </c>
       <c r="D732">
-        <v>1.07081</v>
+        <v>1.07878</v>
       </c>
       <c r="E732">
-        <v>1.07247</v>
+        <v>1.08434</v>
       </c>
     </row>
     <row r="733" spans="1:5">
       <c r="A733" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="B733">
-        <v>1.09079</v>
+        <v>1.07759</v>
       </c>
       <c r="C733">
-        <v>1.09387</v>
+        <v>1.07986</v>
       </c>
       <c r="D733">
-        <v>1.07918</v>
+        <v>1.07435</v>
       </c>
       <c r="E733">
-        <v>1.0792</v>
+        <v>1.07963</v>
       </c>
     </row>
     <row r="734" spans="1:5">
       <c r="A734" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="B734">
-        <v>1.09894</v>
+        <v>1.08287</v>
       </c>
       <c r="C734">
-        <v>1.10317</v>
+        <v>1.08375</v>
       </c>
       <c r="D734">
-        <v>1.08843</v>
+        <v>1.07119</v>
       </c>
       <c r="E734">
-        <v>1.09085</v>
+        <v>1.07574</v>
       </c>
     </row>
     <row r="735" spans="1:5">
       <c r="A735" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="B735">
-        <v>1.08622</v>
+        <v>1.08542</v>
       </c>
       <c r="C735">
-        <v>1.09998</v>
+        <v>1.09284</v>
       </c>
       <c r="D735">
-        <v>1.08509</v>
+        <v>1.08228</v>
       </c>
       <c r="E735">
-        <v>1.09893</v>
+        <v>1.08307</v>
       </c>
     </row>
     <row r="736" spans="1:5">
       <c r="A736" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="B736">
-        <v>1.02598</v>
+        <v>1.08542</v>
       </c>
       <c r="C736">
-        <v>1.0267</v>
+        <v>1.09284</v>
       </c>
       <c r="D736">
-        <v>1.01531</v>
+        <v>1.08228</v>
       </c>
       <c r="E736">
-        <v>1.01612</v>
+        <v>1.08307</v>
       </c>
     </row>
     <row r="737" spans="1:5">
       <c r="A737" t="s">
         <v>732</v>
       </c>
       <c r="B737">
-        <v>1.08513</v>
+        <v>1.08542</v>
       </c>
       <c r="C737">
-        <v>1.08735</v>
+        <v>1.09284</v>
       </c>
       <c r="D737">
-        <v>1.8007</v>
+        <v>1.08228</v>
       </c>
       <c r="E737">
-        <v>1.8619</v>
+        <v>1.08307</v>
       </c>
     </row>
     <row r="738" spans="1:5">
       <c r="A738" t="s">
         <v>733</v>
       </c>
       <c r="B738">
-        <v>1.089006</v>
+        <v>1.06752</v>
       </c>
       <c r="C738">
-        <v>1.08989</v>
+        <v>1.07294</v>
       </c>
       <c r="D738">
-        <v>1.08365</v>
+        <v>1.063</v>
       </c>
       <c r="E738">
-        <v>1.08639</v>
+        <v>1.07189</v>
       </c>
     </row>
     <row r="739" spans="1:5">
       <c r="A739" t="s">
         <v>734</v>
       </c>
       <c r="B739">
-        <v>1.08708</v>
+        <v>1.06092</v>
       </c>
       <c r="C739">
-        <v>1.08965</v>
+        <v>1.06839</v>
       </c>
       <c r="D739">
-        <v>1.08338</v>
+        <v>1.06018</v>
       </c>
       <c r="E739">
-        <v>1.08856</v>
+        <v>1.06596</v>
       </c>
     </row>
     <row r="740" spans="1:5">
       <c r="A740" t="s">
         <v>735</v>
       </c>
       <c r="B740">
-        <v>1.08658</v>
+        <v>1.05757</v>
       </c>
       <c r="C740">
-        <v>1.09255</v>
+        <v>1.06342</v>
       </c>
       <c r="D740">
-        <v>1.08449</v>
+        <v>1.05496</v>
       </c>
       <c r="E740">
-        <v>1.08705</v>
+        <v>1.05496</v>
       </c>
     </row>
     <row r="741" spans="1:5">
       <c r="A741" t="s">
         <v>736</v>
       </c>
       <c r="B741">
-        <v>1.08325</v>
+        <v>1.07316</v>
       </c>
       <c r="C741">
-        <v>1.08577</v>
+        <v>1.07584</v>
       </c>
       <c r="D741">
-        <v>1.08009</v>
+        <v>1.05148</v>
       </c>
       <c r="E741">
-        <v>1.08548</v>
+        <v>1.05759</v>
       </c>
     </row>
     <row r="742" spans="1:5">
       <c r="A742" t="s">
         <v>737</v>
       </c>
       <c r="B742">
-        <v>1.07846</v>
+        <v>1.07298</v>
       </c>
       <c r="C742">
-        <v>1.08385</v>
+        <v>1.07484</v>
       </c>
       <c r="D742">
-        <v>1.0781</v>
+        <v>1.06775</v>
       </c>
       <c r="E742">
-        <v>1.08326</v>
+        <v>1.07315</v>
       </c>
     </row>
     <row r="743" spans="1:5">
       <c r="A743" t="s">
         <v>738</v>
       </c>
       <c r="B743">
-        <v>1.07863</v>
+        <v>1.06898</v>
       </c>
       <c r="C743">
-        <v>1.08702</v>
+        <v>1.07473</v>
       </c>
       <c r="D743">
-        <v>1.0765</v>
+        <v>1.06489</v>
       </c>
       <c r="E743">
-        <v>1.08608</v>
+        <v>1.07299</v>
       </c>
     </row>
     <row r="744" spans="1:5">
       <c r="A744" t="s">
         <v>739</v>
       </c>
       <c r="B744">
-        <v>1.08214</v>
+        <v>1.05792</v>
       </c>
       <c r="C744">
-        <v>1.0868</v>
+        <v>1.06992</v>
       </c>
       <c r="D744">
-        <v>1.07729</v>
+        <v>1.05712</v>
       </c>
       <c r="E744">
-        <v>1.07866</v>
+        <v>1.06356</v>
       </c>
     </row>
     <row r="745" spans="1:5">
       <c r="A745" t="s">
         <v>740</v>
       </c>
       <c r="B745">
-        <v>1.08329</v>
+        <v>1.04544</v>
       </c>
       <c r="C745">
-        <v>1.08727</v>
+        <v>1.05331</v>
       </c>
       <c r="D745">
-        <v>1.08001</v>
+        <v>1.05331</v>
       </c>
       <c r="E745">
-        <v>1.08218</v>
+        <v>1.05795</v>
       </c>
     </row>
     <row r="746" spans="1:5">
       <c r="A746" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="B746">
-        <v>1.08329</v>
+        <v>1.05479</v>
       </c>
       <c r="C746">
-        <v>1.08727</v>
+        <v>1.05725</v>
       </c>
       <c r="D746">
-        <v>1.08001</v>
+        <v>1.0523</v>
       </c>
       <c r="E746">
-        <v>1.08218</v>
+        <v>1.05439</v>
       </c>
     </row>
     <row r="747" spans="1:5">
       <c r="A747" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="B747">
-        <v>1.08329</v>
+        <v>1.06796</v>
       </c>
       <c r="C747">
-        <v>1.08727</v>
+        <v>1.0693</v>
       </c>
       <c r="D747">
-        <v>1.08001</v>
+        <v>1.05447</v>
       </c>
       <c r="E747">
-        <v>1.08218</v>
+        <v>1.05478</v>
       </c>
     </row>
     <row r="748" spans="1:5">
       <c r="A748" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="B748">
-        <v>1.08528</v>
+        <v>1.06225</v>
       </c>
       <c r="C748">
-        <v>1.08666</v>
+        <v>1.0693</v>
       </c>
       <c r="D748">
-        <v>1.07791</v>
+        <v>1.06209</v>
       </c>
       <c r="E748">
-        <v>1.08306</v>
+        <v>1.06797</v>
       </c>
     </row>
     <row r="749" spans="1:5">
       <c r="A749" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="B749">
-        <v>1.07563</v>
+        <v>1.05944</v>
       </c>
       <c r="C749">
-        <v>1.08657</v>
+        <v>1.06372</v>
       </c>
       <c r="D749">
-        <v>1.07292</v>
+        <v>1.05869</v>
       </c>
       <c r="E749">
-        <v>1.08529</v>
+        <v>1.06337</v>
       </c>
     </row>
     <row r="750" spans="1:5">
       <c r="A750" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="B750">
-        <v>1.07325</v>
+        <v>1.06656</v>
       </c>
       <c r="C750">
-        <v>1.07749</v>
+        <v>1.06715</v>
       </c>
       <c r="D750">
-        <v>1.07243</v>
+        <v>1.05752</v>
       </c>
       <c r="E750">
-        <v>1.07561</v>
+        <v>1.05956</v>
       </c>
     </row>
     <row r="751" spans="1:5">
       <c r="A751" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="B751">
-        <v>1.07305</v>
+        <v>1.05749</v>
       </c>
       <c r="C751">
-        <v>1.07579</v>
+        <v>1.069</v>
       </c>
       <c r="D751">
-        <v>1.07107</v>
+        <v>1.0564</v>
       </c>
       <c r="E751">
-        <v>1.07323</v>
+        <v>1.06664</v>
       </c>
     </row>
     <row r="752" spans="1:5">
       <c r="A752" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="B752">
-        <v>1.06552</v>
+        <v>1.06089</v>
       </c>
       <c r="C752">
-        <v>1.07593</v>
+        <v>1.06438</v>
       </c>
       <c r="D752">
-        <v>1.06503</v>
+        <v>1.05727</v>
       </c>
       <c r="E752">
-        <v>1.07292</v>
+        <v>1.05748</v>
       </c>
     </row>
     <row r="753" spans="1:5">
       <c r="A753" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="B753">
-        <v>1.05199</v>
+        <v>1.05517</v>
       </c>
       <c r="C753">
-        <v>1.06466</v>
+        <v>1.06186</v>
       </c>
       <c r="D753">
-        <v>1.04817</v>
+        <v>1.05316</v>
       </c>
       <c r="E753">
-        <v>1.06444</v>
+        <v>1.06082</v>
       </c>
     </row>
     <row r="754" spans="1:5">
       <c r="A754" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="B754">
-        <v>1.06031</v>
+        <v>1.05966</v>
       </c>
       <c r="C754">
-        <v>1.0301</v>
+        <v>1.06131</v>
       </c>
       <c r="D754">
-        <v>1.05136</v>
+        <v>1.05347</v>
       </c>
       <c r="E754">
-        <v>1.05202</v>
+        <v>1.05456</v>
       </c>
     </row>
     <row r="755" spans="1:5">
       <c r="A755" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="B755">
-        <v>1.05459</v>
+        <v>1.06029</v>
       </c>
       <c r="C755">
-        <v>1.06338</v>
+        <v>1.06263</v>
       </c>
       <c r="D755">
-        <v>1.05385</v>
+        <v>1.05757</v>
       </c>
       <c r="E755">
-        <v>1.06029</v>
+        <v>1.0596</v>
       </c>
     </row>
     <row r="756" spans="1:5">
       <c r="A756" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="B756">
-        <v>1.06663</v>
+        <v>1.06461</v>
       </c>
       <c r="C756">
-        <v>1.0682</v>
+        <v>1.06627</v>
       </c>
       <c r="D756">
-        <v>1.05182</v>
+        <v>1.05978</v>
       </c>
       <c r="E756">
-        <v>1.05463</v>
+        <v>1.20417</v>
       </c>
     </row>
     <row r="757" spans="1:5">
       <c r="A757" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="B757">
-        <v>1.06983</v>
+        <v>1.06843</v>
       </c>
       <c r="C757">
-        <v>1.0708</v>
+        <v>1.06967</v>
       </c>
       <c r="D757">
-        <v>1.06492</v>
+        <v>1.06361</v>
       </c>
       <c r="E757">
-        <v>1.06676</v>
+        <v>1.06466</v>
       </c>
     </row>
     <row r="758" spans="1:5">
       <c r="A758" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="B758">
-        <v>1.06599</v>
+        <v>1.06853</v>
       </c>
       <c r="C758">
-        <v>1.07119</v>
+        <v>1.07033</v>
       </c>
       <c r="D758">
-        <v>1.0637</v>
+        <v>1.0669</v>
       </c>
       <c r="E758">
-        <v>1.07026</v>
+        <v>1.06842</v>
       </c>
     </row>
     <row r="759" spans="1:5">
       <c r="A759" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="B759">
-        <v>1.06112</v>
+        <v>1.06725</v>
       </c>
       <c r="C759">
-        <v>1.06891</v>
+        <v>1.20449</v>
       </c>
       <c r="D759">
-        <v>1.06078</v>
+        <v>1.19106</v>
       </c>
       <c r="E759">
-        <v>1.06597</v>
+        <v>1.06932</v>
       </c>
     </row>
     <row r="760" spans="1:5">
       <c r="A760" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="B760">
-        <v>1.06383</v>
+        <v>1.07205</v>
       </c>
       <c r="C760">
-        <v>1.06729</v>
+        <v>1.08032</v>
       </c>
       <c r="D760">
-        <v>1.06053</v>
+        <v>1.07054</v>
       </c>
       <c r="E760">
-        <v>1.06111</v>
+        <v>1.07361</v>
       </c>
     </row>
     <row r="761" spans="1:5">
       <c r="A761" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="B761">
-        <v>1.06346</v>
+        <v>1.0742</v>
       </c>
       <c r="C761">
-        <v>1.06686</v>
+        <v>1.07286</v>
       </c>
       <c r="D761">
-        <v>1.06102</v>
+        <v>1.06541</v>
       </c>
       <c r="E761">
-        <v>1.06382</v>
+        <v>1.07206</v>
       </c>
     </row>
     <row r="762" spans="1:5">
       <c r="A762" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="B762">
-        <v>1.05948</v>
+        <v>1.07365</v>
       </c>
       <c r="C762">
-        <v>1.06315</v>
+        <v>1.07515</v>
       </c>
       <c r="D762">
-        <v>1.05853</v>
+        <v>1.06649</v>
       </c>
       <c r="E762">
-        <v>1.06152</v>
+        <v>1.06778</v>
       </c>
     </row>
     <row r="763" spans="1:5">
       <c r="A763" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="B763">
-        <v>1.06029</v>
+        <v>1.07106</v>
       </c>
       <c r="C763">
-        <v>1.06579</v>
+        <v>1.07895</v>
       </c>
       <c r="D763">
-        <v>1.05719</v>
+        <v>1.07026</v>
       </c>
       <c r="E763">
-        <v>1.05947</v>
+        <v>1.07355</v>
       </c>
     </row>
     <row r="764" spans="1:5">
       <c r="A764" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="B764">
-        <v>1.06243</v>
+        <v>1.07241</v>
       </c>
       <c r="C764">
-        <v>1.0644</v>
+        <v>1.07595</v>
       </c>
       <c r="D764">
-        <v>1.05889</v>
+        <v>1.07081</v>
       </c>
       <c r="E764">
-        <v>1.06031</v>
+        <v>1.07109</v>
       </c>
     </row>
     <row r="765" spans="1:5">
       <c r="A765" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="B765">
-        <v>1.06057</v>
+        <v>1.0726</v>
       </c>
       <c r="C765">
-        <v>1.06571</v>
+        <v>1.07652</v>
       </c>
       <c r="D765">
-        <v>1.05776</v>
+        <v>1.06679</v>
       </c>
       <c r="E765">
-        <v>1.06235</v>
+        <v>1.07243</v>
       </c>
     </row>
     <row r="766" spans="1:5">
       <c r="A766" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="B766">
-        <v>1.06262</v>
+        <v>1.07927</v>
       </c>
       <c r="C766">
-        <v>1.06617</v>
+        <v>1.07975</v>
       </c>
       <c r="D766">
-        <v>1.05906</v>
+        <v>1.07081</v>
       </c>
       <c r="E766">
-        <v>1.0591</v>
+        <v>1.07247</v>
       </c>
     </row>
     <row r="767" spans="1:5">
       <c r="A767" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="B767">
-        <v>1.05877</v>
+        <v>1.09079</v>
       </c>
       <c r="C767">
-        <v>1.06567</v>
+        <v>1.09387</v>
       </c>
       <c r="D767">
-        <v>1.05744</v>
+        <v>1.07918</v>
       </c>
       <c r="E767">
-        <v>1.06056</v>
+        <v>1.0792</v>
       </c>
     </row>
     <row r="768" spans="1:5">
       <c r="A768" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="B768">
-        <v>1.06262</v>
+        <v>1.09894</v>
       </c>
       <c r="C768">
-        <v>1.06617</v>
+        <v>1.10317</v>
       </c>
       <c r="D768">
-        <v>1.05906</v>
+        <v>1.08843</v>
       </c>
       <c r="E768">
-        <v>1.0591</v>
+        <v>1.09085</v>
       </c>
     </row>
     <row r="769" spans="1:5">
       <c r="A769" t="s">
-        <v>761</v>
+        <v>764</v>
       </c>
       <c r="B769">
-        <v>1.06311</v>
+        <v>1.08622</v>
       </c>
       <c r="C769">
-        <v>1.06937</v>
+        <v>1.09998</v>
       </c>
       <c r="D769">
-        <v>1.06177</v>
+        <v>1.08509</v>
       </c>
       <c r="E769">
-        <v>1.06809</v>
+        <v>1.09893</v>
       </c>
     </row>
     <row r="770" spans="1:5">
       <c r="A770" t="s">
-        <v>761</v>
+        <v>765</v>
       </c>
       <c r="B770">
-        <v>1.06808</v>
+        <v>1.02598</v>
       </c>
       <c r="C770">
-        <v>1.07352</v>
+        <v>1.0267</v>
       </c>
       <c r="D770">
-        <v>1.0591</v>
+        <v>1.01531</v>
       </c>
       <c r="E770">
-        <v>1.06265</v>
+        <v>1.01612</v>
       </c>
     </row>
     <row r="771" spans="1:5">
       <c r="A771" t="s">
-        <v>762</v>
+        <v>766</v>
       </c>
       <c r="B771">
-        <v>1.05319</v>
+        <v>1.08513</v>
       </c>
       <c r="C771">
-        <v>1.0672</v>
+        <v>1.08735</v>
       </c>
       <c r="D771">
-        <v>1.2244</v>
+        <v>1.8007</v>
       </c>
       <c r="E771">
-        <v>1.2363</v>
+        <v>1.8619</v>
       </c>
     </row>
     <row r="772" spans="1:5">
       <c r="A772" t="s">
-        <v>762</v>
+        <v>767</v>
       </c>
       <c r="B772">
-        <v>1.06311</v>
+        <v>1.089006</v>
       </c>
       <c r="C772">
-        <v>1.06937</v>
+        <v>1.08989</v>
       </c>
       <c r="D772">
-        <v>1.06177</v>
+        <v>1.08365</v>
       </c>
       <c r="E772">
-        <v>1.06809</v>
+        <v>1.08639</v>
       </c>
     </row>
     <row r="773" spans="1:5">
       <c r="A773" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="B773">
-        <v>1.05319</v>
+        <v>1.08708</v>
       </c>
       <c r="C773">
-        <v>1.0672</v>
+        <v>1.08965</v>
       </c>
       <c r="D773">
-        <v>1.2244</v>
+        <v>1.08338</v>
       </c>
       <c r="E773">
-        <v>1.2363</v>
+        <v>1.08856</v>
       </c>
     </row>
     <row r="774" spans="1:5">
       <c r="A774" t="s">
-        <v>764</v>
+        <v>769</v>
       </c>
       <c r="B774">
-        <v>1.05249</v>
+        <v>1.08658</v>
       </c>
       <c r="C774">
-        <v>1.05787</v>
+        <v>1.09255</v>
       </c>
       <c r="D774">
-        <v>1.05046</v>
+        <v>1.08449</v>
       </c>
       <c r="E774">
-        <v>1.05323</v>
+        <v>1.08705</v>
       </c>
     </row>
     <row r="775" spans="1:5">
       <c r="A775" t="s">
-        <v>765</v>
+        <v>770</v>
       </c>
       <c r="B775">
-        <v>0.99621</v>
+        <v>1.08325</v>
       </c>
       <c r="C775">
-        <v>0.99467</v>
+        <v>1.08577</v>
       </c>
       <c r="D775">
-        <v>0.99252</v>
+        <v>1.08009</v>
       </c>
       <c r="E775">
-        <v>0.99646</v>
+        <v>1.08548</v>
       </c>
     </row>
     <row r="776" spans="1:5">
       <c r="A776" t="s">
-        <v>766</v>
+        <v>771</v>
       </c>
       <c r="B776">
-        <v>1.00742</v>
+        <v>1.07846</v>
       </c>
       <c r="C776">
-        <v>1.00923</v>
+        <v>1.08385</v>
       </c>
       <c r="D776">
-        <v>0.99562</v>
+        <v>1.0781</v>
       </c>
       <c r="E776">
-        <v>0.99632</v>
+        <v>1.08326</v>
       </c>
     </row>
     <row r="777" spans="1:5">
       <c r="A777" t="s">
-        <v>767</v>
+        <v>772</v>
       </c>
       <c r="B777">
-        <v>0.97016</v>
+        <v>1.07863</v>
       </c>
       <c r="C777">
-        <v>0.97732</v>
+        <v>1.08702</v>
       </c>
       <c r="D777">
-        <v>0.96687</v>
+        <v>1.0765</v>
       </c>
       <c r="E777">
-        <v>0.96687</v>
+        <v>1.08608</v>
       </c>
     </row>
     <row r="778" spans="1:5">
       <c r="A778" t="s">
-        <v>768</v>
+        <v>773</v>
       </c>
       <c r="B778">
-        <v>0.97317</v>
+        <v>1.08214</v>
       </c>
       <c r="C778">
-        <v>0.9752</v>
+        <v>1.0868</v>
       </c>
       <c r="D778">
-        <v>0.96802</v>
+        <v>1.07729</v>
       </c>
       <c r="E778">
-        <v>0.97021</v>
+        <v>1.07866</v>
       </c>
     </row>
     <row r="779" spans="1:5">
       <c r="A779" t="s">
-        <v>769</v>
+        <v>774</v>
       </c>
       <c r="B779">
-        <v>0.97317</v>
+        <v>1.08329</v>
       </c>
       <c r="C779">
-        <v>0.9752</v>
+        <v>1.08727</v>
       </c>
       <c r="D779">
-        <v>0.96802</v>
+        <v>1.08001</v>
       </c>
       <c r="E779">
-        <v>0.97021</v>
+        <v>1.08218</v>
       </c>
     </row>
     <row r="780" spans="1:5">
       <c r="A780" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
       <c r="B780">
-        <v>0.98776</v>
+        <v>1.08329</v>
       </c>
       <c r="C780">
-        <v>0.9925</v>
+        <v>1.08727</v>
       </c>
       <c r="D780">
-        <v>0.97868</v>
+        <v>1.08001</v>
       </c>
       <c r="E780">
-        <v>0.97899</v>
+        <v>1.08218</v>
       </c>
     </row>
     <row r="781" spans="1:5">
       <c r="A781" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
       <c r="B781">
-        <v>0.99833</v>
+        <v>1.08329</v>
       </c>
       <c r="C781">
-        <v>0.99936</v>
+        <v>1.08727</v>
       </c>
       <c r="D781">
-        <v>0.98334</v>
+        <v>1.08001</v>
       </c>
       <c r="E781">
-        <v>0.98841</v>
+        <v>1.08218</v>
       </c>
     </row>
     <row r="782" spans="1:5">
       <c r="A782" t="s">
-        <v>772</v>
+        <v>775</v>
       </c>
       <c r="B782">
-        <v>0.86736</v>
+        <v>1.08528</v>
       </c>
       <c r="C782">
-        <v>0.99982</v>
+        <v>1.08666</v>
       </c>
       <c r="D782">
-        <v>0.98048</v>
+        <v>1.07791</v>
       </c>
       <c r="E782">
-        <v>0.99849</v>
+        <v>1.08306</v>
       </c>
     </row>
     <row r="783" spans="1:5">
       <c r="A783" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
       <c r="B783">
-        <v>0.98006</v>
+        <v>1.07563</v>
       </c>
       <c r="C783">
-        <v>0.98432</v>
+        <v>1.08657</v>
       </c>
       <c r="D783">
-        <v>0.97513</v>
+        <v>1.07292</v>
       </c>
       <c r="E783">
-        <v>0.98232</v>
+        <v>1.08529</v>
       </c>
     </row>
     <row r="784" spans="1:5">
       <c r="A784" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B784">
-        <v>0.98181</v>
+        <v>1.07325</v>
       </c>
       <c r="C784">
-        <v>0.98525</v>
+        <v>1.07749</v>
       </c>
       <c r="D784">
-        <v>0.97331</v>
+        <v>1.07243</v>
       </c>
       <c r="E784">
-        <v>0.97995</v>
+        <v>1.07561</v>
       </c>
     </row>
     <row r="785" spans="1:5">
       <c r="A785" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="B785">
-        <v>0.9733</v>
+        <v>1.07305</v>
       </c>
       <c r="C785">
-        <v>0.9814</v>
+        <v>1.07579</v>
       </c>
       <c r="D785">
-        <v>0.9814</v>
+        <v>1.07107</v>
       </c>
       <c r="E785">
-        <v>0.98116</v>
+        <v>1.07323</v>
       </c>
     </row>
     <row r="786" spans="1:5">
       <c r="A786" t="s">
-        <v>776</v>
+        <v>779</v>
       </c>
       <c r="B786">
-        <v>0.95873</v>
+        <v>1.06552</v>
       </c>
       <c r="C786">
-        <v>0.97495</v>
+        <v>1.07593</v>
       </c>
       <c r="D786">
-        <v>0.88512</v>
+        <v>1.06503</v>
       </c>
       <c r="E786">
-        <v>0.97354</v>
+        <v>1.07292</v>
       </c>
     </row>
     <row r="787" spans="1:5">
       <c r="A787" t="s">
-        <v>777</v>
+        <v>780</v>
       </c>
       <c r="B787">
-        <v>0.96067</v>
+        <v>1.05199</v>
       </c>
       <c r="C787">
-        <v>0.96694</v>
+        <v>1.06466</v>
       </c>
       <c r="D787">
-        <v>0.95678</v>
+        <v>1.04817</v>
       </c>
       <c r="E787">
-        <v>0.95923</v>
+        <v>1.06444</v>
       </c>
     </row>
     <row r="788" spans="1:5">
       <c r="A788" t="s">
-        <v>778</v>
+        <v>781</v>
       </c>
       <c r="B788">
-        <v>0.97001</v>
+        <v>1.06031</v>
       </c>
       <c r="C788">
-        <v>0.97001</v>
+        <v>1.0301</v>
       </c>
       <c r="D788">
-        <v>0.95515</v>
+        <v>1.05136</v>
       </c>
       <c r="E788">
-        <v>0.607</v>
+        <v>1.05202</v>
       </c>
     </row>
     <row r="789" spans="1:5">
       <c r="A789" t="s">
-        <v>779</v>
+        <v>782</v>
       </c>
       <c r="B789">
-        <v>0.98361</v>
+        <v>1.05459</v>
       </c>
       <c r="C789">
-        <v>0.98506</v>
+        <v>1.06338</v>
       </c>
       <c r="D789">
-        <v>0.96668</v>
+        <v>1.05385</v>
       </c>
       <c r="E789">
-        <v>0.96894</v>
+        <v>1.06029</v>
       </c>
     </row>
     <row r="790" spans="1:5">
       <c r="A790" t="s">
-        <v>780</v>
+        <v>783</v>
       </c>
       <c r="B790">
-        <v>0.98358</v>
+        <v>1.06663</v>
       </c>
       <c r="C790">
-        <v>0.9906</v>
+        <v>1.0682</v>
       </c>
       <c r="D790">
-        <v>0.98063</v>
+        <v>1.05182</v>
       </c>
       <c r="E790">
-        <v>0.98327</v>
+        <v>1.05463</v>
       </c>
     </row>
     <row r="791" spans="1:5">
       <c r="A791" t="s">
-        <v>781</v>
+        <v>784</v>
       </c>
       <c r="B791">
-        <v>0.99725</v>
+        <v>1.06983</v>
       </c>
       <c r="C791">
-        <v>0.99738</v>
+        <v>1.0708</v>
       </c>
       <c r="D791">
-        <v>0.98116</v>
+        <v>1.06492</v>
       </c>
       <c r="E791">
-        <v>0.98357</v>
+        <v>1.06676</v>
       </c>
     </row>
     <row r="792" spans="1:5">
       <c r="A792" t="s">
-        <v>782</v>
+        <v>785</v>
       </c>
       <c r="B792">
-        <v>1.00203</v>
+        <v>1.06599</v>
       </c>
       <c r="C792">
-        <v>1.00492</v>
+        <v>1.07119</v>
       </c>
       <c r="D792">
-        <v>0.99538</v>
+        <v>1.0637</v>
       </c>
       <c r="E792">
-        <v>0.99685</v>
+        <v>1.07026</v>
       </c>
     </row>
     <row r="793" spans="1:5">
       <c r="A793" t="s">
-        <v>783</v>
+        <v>786</v>
       </c>
       <c r="B793">
-        <v>1.00105</v>
+        <v>1.06112</v>
       </c>
       <c r="C793">
-        <v>1.00279</v>
+        <v>1.06891</v>
       </c>
       <c r="D793">
-        <v>0.99646</v>
+        <v>1.06078</v>
       </c>
       <c r="E793">
-        <v>1.00235</v>
+        <v>1.06597</v>
       </c>
     </row>
     <row r="794" spans="1:5">
       <c r="A794" t="s">
-        <v>784</v>
+        <v>787</v>
       </c>
       <c r="B794">
-        <v>0.99987</v>
+        <v>1.06383</v>
       </c>
       <c r="C794">
-        <v>100351</v>
+        <v>1.06729</v>
       </c>
       <c r="D794">
-        <v>0.099437</v>
+        <v>1.06053</v>
       </c>
       <c r="E794">
-        <v>1.00118</v>
+        <v>1.06111</v>
       </c>
     </row>
     <row r="795" spans="1:5">
       <c r="A795" t="s">
-        <v>785</v>
+        <v>788</v>
       </c>
       <c r="B795">
-        <v>0.9974</v>
+        <v>1.06346</v>
       </c>
       <c r="C795">
-        <v>1.00164</v>
+        <v>1.06686</v>
       </c>
       <c r="D795">
-        <v>0.99542</v>
+        <v>1.06102</v>
       </c>
       <c r="E795">
-        <v>0.99958</v>
+        <v>1.06382</v>
       </c>
     </row>
     <row r="796" spans="1:5">
       <c r="A796" t="s">
-        <v>786</v>
+        <v>789</v>
       </c>
       <c r="B796">
-        <v>0.99653</v>
+        <v>1.05948</v>
       </c>
       <c r="C796">
-        <v>1.00223</v>
+        <v>1.06315</v>
       </c>
       <c r="D796">
-        <v>0.99543</v>
+        <v>1.05853</v>
       </c>
       <c r="E796">
-        <v>0.99782</v>
+        <v>1.06152</v>
       </c>
     </row>
     <row r="797" spans="1:5">
       <c r="A797" t="s">
-        <v>787</v>
+        <v>790</v>
       </c>
       <c r="B797">
-        <v>0.99653</v>
+        <v>1.06029</v>
       </c>
       <c r="C797">
-        <v>1.00223</v>
+        <v>1.06579</v>
       </c>
       <c r="D797">
-        <v>0.99543</v>
+        <v>1.05719</v>
       </c>
       <c r="E797">
-        <v>0.99782</v>
+        <v>1.05947</v>
       </c>
     </row>
     <row r="798" spans="1:5">
       <c r="A798" t="s">
-        <v>788</v>
+        <v>791</v>
       </c>
       <c r="B798">
-        <v>1.00666</v>
+        <v>1.06243</v>
       </c>
       <c r="C798">
-        <v>1.01964</v>
+        <v>1.0644</v>
       </c>
       <c r="D798">
-        <v>1.00609</v>
+        <v>1.05889</v>
       </c>
       <c r="E798">
-        <v>1.01203</v>
+        <v>1.06031</v>
       </c>
     </row>
     <row r="799" spans="1:5">
       <c r="A799" t="s">
-        <v>789</v>
+        <v>792</v>
       </c>
       <c r="B799">
-        <v>0.99935</v>
+        <v>1.06057</v>
       </c>
       <c r="C799">
-        <v>1.0112</v>
+        <v>1.06571</v>
       </c>
       <c r="D799">
-        <v>0.99933</v>
+        <v>1.05776</v>
       </c>
       <c r="E799">
-        <v>1.00442</v>
+        <v>1.06235</v>
       </c>
     </row>
     <row r="800" spans="1:5">
       <c r="A800" t="s">
-        <v>790</v>
+        <v>793</v>
       </c>
       <c r="B800">
-        <v>1.00071</v>
+        <v>1.06262</v>
       </c>
       <c r="C800">
-        <v>1.00284</v>
+        <v>1.06617</v>
       </c>
       <c r="D800">
-        <v>0.99293</v>
+        <v>1.05906</v>
       </c>
       <c r="E800">
-        <v>0.99969</v>
+        <v>1.0591</v>
       </c>
     </row>
     <row r="801" spans="1:5">
       <c r="A801" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="B801">
-        <v>0.99055</v>
+        <v>1.05877</v>
       </c>
       <c r="C801">
-        <v>1.00095</v>
+        <v>1.06567</v>
       </c>
       <c r="D801">
-        <v>0.98741</v>
+        <v>1.05744</v>
       </c>
       <c r="E801">
-        <v>1.00053</v>
+        <v>1.06056</v>
       </c>
     </row>
     <row r="802" spans="1:5">
       <c r="A802" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="B802">
-        <v>0.99274</v>
+        <v>1.06262</v>
       </c>
       <c r="C802">
-        <v>0.99849</v>
+        <v>1.06617</v>
       </c>
       <c r="D802">
-        <v>0.98625</v>
+        <v>1.05906</v>
       </c>
       <c r="E802">
-        <v>0.990151</v>
+        <v>1.0591</v>
       </c>
     </row>
     <row r="803" spans="1:5">
       <c r="A803" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="B803">
-        <v>0.9908</v>
+        <v>1.06311</v>
       </c>
       <c r="C803">
-        <v>0.99427</v>
+        <v>1.06937</v>
       </c>
       <c r="D803">
-        <v>0.98705</v>
+        <v>1.06177</v>
       </c>
       <c r="E803">
-        <v>0.99306</v>
+        <v>1.06809</v>
       </c>
     </row>
     <row r="804" spans="1:5">
       <c r="A804" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="B804">
-        <v>0.99424</v>
+        <v>1.06808</v>
       </c>
       <c r="C804">
-        <v>1.00322</v>
+        <v>1.07352</v>
       </c>
       <c r="D804">
-        <v>0.99411</v>
+        <v>1.0591</v>
       </c>
       <c r="E804">
-        <v>0.99521</v>
+        <v>1.06265</v>
       </c>
     </row>
     <row r="805" spans="1:5">
       <c r="A805" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="B805">
-        <v>1.00134</v>
+        <v>1.05319</v>
       </c>
       <c r="C805">
-        <v>1.00777</v>
+        <v>1.0672</v>
       </c>
       <c r="D805">
-        <v>0.99699</v>
+        <v>1.2244</v>
       </c>
       <c r="E805">
-        <v>1.00514</v>
+        <v>1.2363</v>
       </c>
     </row>
     <row r="806" spans="1:5">
       <c r="A806" t="s">
         <v>796</v>
       </c>
       <c r="B806">
-        <v>0.99965</v>
+        <v>1.06311</v>
       </c>
       <c r="C806">
-        <v>1.00535</v>
+        <v>1.06937</v>
       </c>
       <c r="D806">
-        <v>0.99807</v>
+        <v>1.06177</v>
       </c>
       <c r="E806">
-        <v>1.00141</v>
+        <v>1.06809</v>
       </c>
     </row>
     <row r="807" spans="1:5">
       <c r="A807" t="s">
         <v>797</v>
       </c>
       <c r="B807">
-        <v>0.99521</v>
+        <v>1.05319</v>
       </c>
       <c r="C807">
-        <v>1.00277</v>
+        <v>1.0672</v>
       </c>
       <c r="D807">
-        <v>0.99127</v>
+        <v>1.2244</v>
       </c>
       <c r="E807">
-        <v>0.99966</v>
+        <v>1.2363</v>
       </c>
     </row>
     <row r="808" spans="1:5">
       <c r="A808" t="s">
         <v>798</v>
       </c>
       <c r="B808">
-        <v>0.99738</v>
+        <v>1.05249</v>
       </c>
       <c r="C808">
-        <v>1.00888</v>
+        <v>1.05787</v>
       </c>
       <c r="D808">
-        <v>0.99451</v>
+        <v>1.05046</v>
       </c>
       <c r="E808">
-        <v>0.9964</v>
+        <v>1.05323</v>
       </c>
     </row>
     <row r="809" spans="1:5">
       <c r="A809" t="s">
         <v>799</v>
       </c>
       <c r="B809">
-        <v>0.99662</v>
+        <v>0.99621</v>
       </c>
       <c r="C809">
-        <v>1.00322</v>
+        <v>0.99467</v>
       </c>
       <c r="D809">
-        <v>0.99477</v>
+        <v>0.99252</v>
       </c>
       <c r="E809">
-        <v>0.99731</v>
+        <v>0.99646</v>
       </c>
     </row>
     <row r="810" spans="1:5">
       <c r="A810" t="s">
         <v>800</v>
       </c>
       <c r="B810">
-        <v>0.99695</v>
+        <v>1.00742</v>
       </c>
       <c r="C810">
-        <v>0.99979</v>
+        <v>1.00923</v>
       </c>
       <c r="D810">
-        <v>0.99087</v>
+        <v>0.99562</v>
       </c>
       <c r="E810">
-        <v>0.99671</v>
+        <v>0.99632</v>
       </c>
     </row>
     <row r="811" spans="1:5">
       <c r="A811" t="s">
         <v>801</v>
       </c>
       <c r="B811">
-        <v>0.99418</v>
+        <v>0.97016</v>
       </c>
       <c r="C811">
-        <v>1.00618</v>
+        <v>0.97732</v>
       </c>
       <c r="D811">
-        <v>0.98988</v>
+        <v>0.96687</v>
       </c>
       <c r="E811">
-        <v>0.99665</v>
+        <v>0.96687</v>
       </c>
     </row>
     <row r="812" spans="1:5">
       <c r="A812" t="s">
         <v>802</v>
       </c>
       <c r="B812">
-        <v>1.00888</v>
+        <v>0.97317</v>
       </c>
       <c r="C812">
-        <v>1.00942</v>
+        <v>0.9752</v>
       </c>
       <c r="D812">
-        <v>1.00306</v>
+        <v>0.96802</v>
       </c>
       <c r="E812">
-        <v>1.00392</v>
+        <v>0.97021</v>
       </c>
     </row>
     <row r="813" spans="1:5">
       <c r="A813" t="s">
         <v>803</v>
       </c>
       <c r="B813">
-        <v>1.00888</v>
+        <v>0.97317</v>
       </c>
       <c r="C813">
-        <v>1.00942</v>
+        <v>0.9752</v>
       </c>
       <c r="D813">
-        <v>1.00306</v>
+        <v>0.96802</v>
       </c>
       <c r="E813">
-        <v>1.00392</v>
+        <v>0.97021</v>
       </c>
     </row>
     <row r="814" spans="1:5">
       <c r="A814" t="s">
         <v>804</v>
       </c>
       <c r="B814">
-        <v>137.462</v>
+        <v>0.98776</v>
       </c>
       <c r="C814">
-        <v>137.636</v>
+        <v>0.9925</v>
       </c>
       <c r="D814">
-        <v>136.538</v>
+        <v>0.97868</v>
       </c>
       <c r="E814">
-        <v>137.502</v>
+        <v>0.97899</v>
       </c>
     </row>
     <row r="815" spans="1:5">
       <c r="A815" t="s">
         <v>805</v>
       </c>
       <c r="B815">
-        <v>135.47</v>
+        <v>0.99833</v>
       </c>
       <c r="C815">
-        <v>162.716</v>
+        <v>0.99936</v>
       </c>
       <c r="D815">
-        <v>160.058</v>
+        <v>0.98334</v>
       </c>
       <c r="E815">
-        <v>162.341</v>
+        <v>0.98841</v>
       </c>
     </row>
     <row r="816" spans="1:5">
       <c r="A816" t="s">
         <v>806</v>
       </c>
       <c r="B816">
-        <v>1.02598</v>
+        <v>0.86736</v>
       </c>
       <c r="C816">
-        <v>1.0267</v>
+        <v>0.99982</v>
       </c>
       <c r="D816">
-        <v>1.01531</v>
+        <v>0.98048</v>
       </c>
       <c r="E816">
-        <v>1.01612</v>
+        <v>0.99849</v>
       </c>
     </row>
     <row r="817" spans="1:5">
       <c r="A817" t="s">
         <v>807</v>
       </c>
       <c r="B817">
-        <v>1.03146</v>
+        <v>0.98006</v>
       </c>
       <c r="C817">
-        <v>1.03262</v>
+        <v>0.98432</v>
       </c>
       <c r="D817">
-        <v>1.02368</v>
+        <v>0.97513</v>
       </c>
       <c r="E817">
-        <v>1.02592</v>
+        <v>0.98232</v>
       </c>
     </row>
     <row r="818" spans="1:5">
       <c r="A818" t="s">
         <v>808</v>
       </c>
       <c r="B818">
-        <v>1.02974</v>
+        <v>0.98181</v>
       </c>
       <c r="C818">
-        <v>1.0363</v>
+        <v>0.98525</v>
       </c>
       <c r="D818">
-        <v>1.02741</v>
+        <v>0.97331</v>
       </c>
       <c r="E818">
-        <v>1.03145</v>
+        <v>0.97995</v>
       </c>
     </row>
     <row r="819" spans="1:5">
       <c r="A819" t="s">
         <v>809</v>
       </c>
       <c r="B819">
-        <v>1.02117</v>
+        <v>0.9733</v>
       </c>
       <c r="C819">
-        <v>1.03673</v>
+        <v>0.9814</v>
       </c>
       <c r="D819">
-        <v>1.02006</v>
+        <v>0.9814</v>
       </c>
       <c r="E819">
-        <v>1.02973</v>
+        <v>0.98116</v>
       </c>
     </row>
     <row r="820" spans="1:5">
       <c r="A820" t="s">
         <v>810</v>
       </c>
       <c r="B820">
-        <v>1.0193</v>
+        <v>0.95873</v>
       </c>
       <c r="C820">
-        <v>1.02461</v>
+        <v>0.97495</v>
       </c>
       <c r="D820">
-        <v>1.01871</v>
+        <v>0.88512</v>
       </c>
       <c r="E820">
-        <v>1.02116</v>
+        <v>0.97354</v>
       </c>
     </row>
     <row r="821" spans="1:5">
       <c r="A821" t="s">
         <v>811</v>
       </c>
       <c r="B821">
-        <v>1.01727</v>
+        <v>0.96067</v>
       </c>
       <c r="C821">
-        <v>1.02204</v>
+        <v>0.96694</v>
       </c>
       <c r="D821">
-        <v>1.01579</v>
+        <v>0.95678</v>
       </c>
       <c r="E821">
-        <v>1.01931</v>
+        <v>0.95923</v>
       </c>
     </row>
     <row r="822" spans="1:5">
       <c r="A822" t="s">
         <v>812</v>
       </c>
       <c r="B822">
-        <v>1.02464</v>
+        <v>0.97001</v>
       </c>
       <c r="C822">
-        <v>1.02508</v>
+        <v>0.97001</v>
       </c>
       <c r="D822">
-        <v>1.01401</v>
+        <v>0.95515</v>
       </c>
       <c r="E822">
-        <v>1.01779</v>
+        <v>0.607</v>
       </c>
     </row>
     <row r="823" spans="1:5">
       <c r="A823" t="s">
         <v>813</v>
       </c>
       <c r="B823">
-        <v>1.01656</v>
+        <v>0.98361</v>
       </c>
       <c r="C823">
-        <v>1.02524</v>
+        <v>0.98506</v>
       </c>
       <c r="D823">
-        <v>1.01529</v>
+        <v>0.96668</v>
       </c>
       <c r="E823">
-        <v>1.02462</v>
+        <v>0.96894</v>
       </c>
     </row>
     <row r="824" spans="1:5">
       <c r="A824" t="s">
         <v>814</v>
       </c>
       <c r="B824">
-        <v>1.01644</v>
+        <v>0.98358</v>
       </c>
       <c r="C824">
-        <v>1.02096</v>
+        <v>0.9906</v>
       </c>
       <c r="D824">
-        <v>1.01213</v>
+        <v>0.98063</v>
       </c>
       <c r="E824">
-        <v>1.01654</v>
+        <v>0.98327</v>
       </c>
     </row>
     <row r="825" spans="1:5">
       <c r="A825" t="s">
         <v>815</v>
       </c>
       <c r="B825">
-        <v>1.02607</v>
+        <v>0.99725</v>
       </c>
       <c r="C825">
-        <v>1.02927</v>
+        <v>0.99738</v>
       </c>
       <c r="D825">
-        <v>1.01621</v>
+        <v>0.98116</v>
       </c>
       <c r="E825">
-        <v>1.01645</v>
+        <v>0.98357</v>
       </c>
     </row>
     <row r="826" spans="1:5">
       <c r="A826" t="s">
         <v>816</v>
       </c>
       <c r="B826">
-        <v>1.02085</v>
+        <v>1.00203</v>
       </c>
       <c r="C826">
-        <v>1.02742</v>
+        <v>1.00492</v>
       </c>
       <c r="D826">
-        <v>1.02042</v>
+        <v>0.99538</v>
       </c>
       <c r="E826">
-        <v>1.02598</v>
+        <v>0.99685</v>
       </c>
     </row>
     <row r="827" spans="1:5">
       <c r="A827" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="B827">
-        <v>1.02085</v>
+        <v>1.00105</v>
       </c>
       <c r="C827">
-        <v>1.02742</v>
+        <v>1.00279</v>
       </c>
       <c r="D827">
-        <v>1.02042</v>
+        <v>0.99646</v>
       </c>
       <c r="E827">
-        <v>1.02598</v>
+        <v>1.00235</v>
       </c>
     </row>
     <row r="828" spans="1:5">
       <c r="A828" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="B828">
-        <v>1.01954</v>
+        <v>0.99987</v>
       </c>
       <c r="C828">
-        <v>1.02532</v>
+        <v>100351</v>
       </c>
       <c r="D828">
-        <v>1.01461</v>
+        <v>0.099437</v>
       </c>
       <c r="E828">
-        <v>1.02189</v>
+        <v>1.00118</v>
       </c>
     </row>
     <row r="829" spans="1:5">
       <c r="A829" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="B829">
-        <v>1.01965</v>
+        <v>0.9974</v>
       </c>
       <c r="C829">
-        <v>1.0233</v>
+        <v>1.00164</v>
       </c>
       <c r="D829">
-        <v>1.01125</v>
+        <v>0.99542</v>
       </c>
       <c r="E829">
-        <v>1.01953</v>
+        <v>0.99958</v>
       </c>
     </row>
     <row r="830" spans="1:5">
       <c r="A830" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="B830">
-        <v>1.01152</v>
+        <v>0.99653</v>
       </c>
       <c r="C830">
-        <v>1.02194</v>
+        <v>1.00223</v>
       </c>
       <c r="D830">
-        <v>1.00952</v>
+        <v>0.99543</v>
       </c>
       <c r="E830">
-        <v>1.01966</v>
+        <v>0.99782</v>
       </c>
     </row>
     <row r="831" spans="1:5">
       <c r="A831" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="B831">
-        <v>1.02183</v>
+        <v>0.99653</v>
       </c>
       <c r="C831">
-        <v>1.0249</v>
+        <v>1.00223</v>
       </c>
       <c r="D831">
-        <v>1.01063</v>
+        <v>0.99543</v>
       </c>
       <c r="E831">
-        <v>1.01149</v>
+        <v>0.99782</v>
       </c>
     </row>
     <row r="832" spans="1:5">
       <c r="A832" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="B832">
-        <v>1.02149</v>
+        <v>1.00666</v>
       </c>
       <c r="C832">
-        <v>1.02566</v>
+        <v>1.01964</v>
       </c>
       <c r="D832">
-        <v>1.01775</v>
+        <v>1.00609</v>
       </c>
       <c r="E832">
-        <v>1.02196</v>
+        <v>1.01203</v>
       </c>
     </row>
     <row r="833" spans="1:5">
       <c r="A833" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="B833">
-        <v>1.02284</v>
+        <v>0.99935</v>
       </c>
       <c r="C833">
-        <v>1.0254</v>
+        <v>1.0112</v>
       </c>
       <c r="D833">
-        <v>1.01286</v>
+        <v>0.99933</v>
       </c>
       <c r="E833">
-        <v>1.02102</v>
+        <v>1.00442</v>
       </c>
     </row>
     <row r="834" spans="1:5">
       <c r="A834" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="B834">
-        <v>1.01777</v>
+        <v>1.00071</v>
       </c>
       <c r="C834">
-        <v>1.02766</v>
+        <v>1.00284</v>
       </c>
       <c r="D834">
-        <v>1.01524</v>
+        <v>0.99293</v>
       </c>
       <c r="E834">
-        <v>1.02287</v>
+        <v>0.99969</v>
       </c>
     </row>
     <row r="835" spans="1:5">
       <c r="A835" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="B835">
-        <v>1.0225</v>
+        <v>0.99055</v>
       </c>
       <c r="C835">
-        <v>1.02718</v>
+        <v>1.00095</v>
       </c>
       <c r="D835">
-        <v>1.01542</v>
+        <v>0.98741</v>
       </c>
       <c r="E835">
-        <v>1.01784</v>
+        <v>1.00053</v>
       </c>
     </row>
     <row r="836" spans="1:5">
       <c r="A836" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="B836">
-        <v>1.01403</v>
+        <v>0.99274</v>
       </c>
       <c r="C836">
-        <v>1.02676</v>
+        <v>0.99849</v>
       </c>
       <c r="D836">
-        <v>1.01184</v>
+        <v>0.98625</v>
       </c>
       <c r="E836">
-        <v>1.02248</v>
+        <v>0.990151</v>
       </c>
     </row>
     <row r="837" spans="1:5">
       <c r="A837" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="B837">
-        <v>1.00787</v>
+        <v>0.9908</v>
       </c>
       <c r="C837">
-        <v>1.02</v>
+        <v>0.99427</v>
       </c>
       <c r="D837">
-        <v>1.00781</v>
+        <v>0.98705</v>
       </c>
       <c r="E837">
-        <v>1.01416</v>
+        <v>0.99306</v>
       </c>
     </row>
     <row r="838" spans="1:5">
       <c r="A838" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="B838">
-        <v>1.00149</v>
+        <v>0.99424</v>
       </c>
       <c r="C838">
-        <v>1.00965</v>
+        <v>1.00322</v>
       </c>
       <c r="D838">
-        <v>1.00056</v>
+        <v>0.99411</v>
       </c>
       <c r="E838">
-        <v>1.00809</v>
+        <v>0.99521</v>
       </c>
     </row>
     <row r="839" spans="1:5">
       <c r="A839" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="B839">
-        <v>1.00559</v>
+        <v>1.00134</v>
       </c>
       <c r="C839">
-        <v>1.00588</v>
+        <v>1.00777</v>
       </c>
       <c r="D839">
-        <v>0.9951</v>
+        <v>0.99699</v>
       </c>
       <c r="E839">
-        <v>1.00156</v>
+        <v>1.00514</v>
       </c>
     </row>
     <row r="840" spans="1:5">
       <c r="A840" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="B840">
-        <v>1.00363</v>
+        <v>0.99965</v>
       </c>
       <c r="C840">
-        <v>1.01207</v>
+        <v>1.00535</v>
       </c>
       <c r="D840">
-        <v>0.99967</v>
+        <v>0.99807</v>
       </c>
       <c r="E840">
-        <v>1.00587</v>
+        <v>1.00141</v>
       </c>
     </row>
     <row r="841" spans="1:5">
       <c r="A841" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="B841">
-        <v>1.00384</v>
+        <v>0.99521</v>
       </c>
       <c r="C841">
-        <v>1.00725</v>
+        <v>1.00277</v>
       </c>
       <c r="D841">
-        <v>0.99987</v>
+        <v>0.99127</v>
       </c>
       <c r="E841">
-        <v>1.00365</v>
+        <v>0.99966</v>
       </c>
     </row>
     <row r="842" spans="1:5">
       <c r="A842" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="B842">
-        <v>1.01739</v>
+        <v>0.99738</v>
       </c>
       <c r="C842">
-        <v>1.01764</v>
+        <v>1.00888</v>
       </c>
       <c r="D842">
-        <v>1.00324</v>
+        <v>0.99451</v>
       </c>
       <c r="E842">
-        <v>1.00396</v>
+        <v>0.9964</v>
       </c>
     </row>
     <row r="843" spans="1:5">
       <c r="A843" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="B843">
-        <v>1.09614</v>
+        <v>0.99662</v>
       </c>
       <c r="C843">
-        <v>1.10001</v>
+        <v>1.00322</v>
       </c>
       <c r="D843">
-        <v>1.09421</v>
+        <v>0.99477</v>
       </c>
       <c r="E843">
-        <v>1.09999</v>
+        <v>0.99731</v>
       </c>
     </row>
     <row r="844" spans="1:5">
       <c r="A844" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="B844">
-        <v>1.01616</v>
+        <v>0.99695</v>
       </c>
       <c r="C844">
-        <v>1.01898</v>
+        <v>0.99979</v>
       </c>
       <c r="D844">
-        <v>1.00702</v>
+        <v>0.99087</v>
       </c>
       <c r="E844">
-        <v>1.01749</v>
+        <v>0.99671</v>
       </c>
     </row>
     <row r="845" spans="1:5">
       <c r="A845" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="B845">
-        <v>1.018</v>
+        <v>0.99418</v>
       </c>
       <c r="C845">
-        <v>1.02195</v>
+        <v>1.00618</v>
       </c>
       <c r="D845">
-        <v>1.01427</v>
+        <v>0.98988</v>
       </c>
       <c r="E845">
-        <v>1.01591</v>
+        <v>0.99665</v>
       </c>
     </row>
     <row r="846" spans="1:5">
       <c r="A846" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="B846">
-        <v>1.02647</v>
+        <v>1.00888</v>
       </c>
       <c r="C846">
-        <v>1.02751</v>
+        <v>1.00942</v>
       </c>
       <c r="D846">
-        <v>1.01601</v>
+        <v>1.00306</v>
       </c>
       <c r="E846">
-        <v>1.01804</v>
+        <v>1.00392</v>
       </c>
     </row>
     <row r="847" spans="1:5">
       <c r="A847" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="B847">
-        <v>1.04204</v>
+        <v>1.00888</v>
       </c>
       <c r="C847">
-        <v>1.04475</v>
+        <v>1.00942</v>
       </c>
       <c r="D847">
-        <v>1.02335</v>
+        <v>1.00306</v>
       </c>
       <c r="E847">
-        <v>1.02619</v>
+        <v>1.00392</v>
       </c>
     </row>
     <row r="848" spans="1:5">
       <c r="A848" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="B848">
-        <v>1.04325</v>
+        <v>137.462</v>
       </c>
       <c r="C848">
-        <v>1.04614</v>
+        <v>137.636</v>
       </c>
       <c r="D848">
-        <v>1.04158</v>
+        <v>136.538</v>
       </c>
       <c r="E848">
-        <v>1.04211</v>
+        <v>137.502</v>
       </c>
     </row>
     <row r="849" spans="1:5">
       <c r="A849" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="B849">
-        <v>1.04822</v>
+        <v>135.47</v>
       </c>
       <c r="C849">
-        <v>1.04841</v>
+        <v>162.716</v>
       </c>
       <c r="D849">
-        <v>1.03644</v>
+        <v>160.058</v>
       </c>
       <c r="E849">
-        <v>1.0426</v>
+        <v>162.341</v>
       </c>
     </row>
     <row r="850" spans="1:5">
       <c r="A850" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="B850">
-        <v>1.04379</v>
+        <v>1.02598</v>
       </c>
       <c r="C850">
-        <v>1.04874</v>
+        <v>1.0267</v>
       </c>
       <c r="D850">
-        <v>1.03812</v>
+        <v>1.01531</v>
       </c>
       <c r="E850">
-        <v>1.04819</v>
+        <v>1.01612</v>
       </c>
     </row>
     <row r="851" spans="1:5">
       <c r="A851" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="B851">
-        <v>1.05167</v>
+        <v>1.03146</v>
       </c>
       <c r="C851">
-        <v>1.05341</v>
+        <v>1.03262</v>
       </c>
       <c r="D851">
-        <v>1.04339</v>
+        <v>1.02368</v>
       </c>
       <c r="E851">
-        <v>1.04403</v>
+        <v>1.02592</v>
       </c>
     </row>
     <row r="852" spans="1:5">
       <c r="A852" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="B852">
-        <v>1.05804</v>
+        <v>1.02974</v>
       </c>
       <c r="C852">
-        <v>1.06049</v>
+        <v>1.0363</v>
       </c>
       <c r="D852">
-        <v>1.05022</v>
+        <v>1.02741</v>
       </c>
       <c r="E852">
-        <v>1.05193</v>
+        <v>1.03145</v>
       </c>
     </row>
     <row r="853" spans="1:5">
       <c r="A853" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="B853">
-        <v>1.05531</v>
+        <v>1.02117</v>
       </c>
       <c r="C853">
-        <v>1.06136</v>
+        <v>1.03673</v>
       </c>
       <c r="D853">
-        <v>1.0549</v>
+        <v>1.02006</v>
       </c>
       <c r="E853">
-        <v>1.05805</v>
+        <v>1.02973</v>
       </c>
     </row>
     <row r="854" spans="1:5">
       <c r="A854" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="B854">
-        <v>1.052</v>
+        <v>1.0193</v>
       </c>
       <c r="C854">
-        <v>1.05698</v>
+        <v>1.02461</v>
       </c>
       <c r="D854">
-        <v>1.05109</v>
+        <v>1.01871</v>
       </c>
       <c r="E854">
-        <v>1.05565</v>
+        <v>1.02116</v>
       </c>
     </row>
     <row r="855" spans="1:5">
       <c r="A855" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="B855">
-        <v>1.05648</v>
+        <v>1.01727</v>
       </c>
       <c r="C855">
-        <v>1.058</v>
+        <v>1.02204</v>
       </c>
       <c r="D855">
-        <v>1.04814</v>
+        <v>1.01579</v>
       </c>
       <c r="E855">
-        <v>1.05199</v>
+        <v>1.01931</v>
       </c>
     </row>
     <row r="856" spans="1:5">
       <c r="A856" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="B856">
-        <v>1.05336</v>
+        <v>1.02464</v>
       </c>
       <c r="C856">
-        <v>1.06042</v>
+        <v>1.02508</v>
       </c>
       <c r="D856">
-        <v>1.04676</v>
+        <v>1.01401</v>
       </c>
       <c r="E856">
-        <v>1.05677</v>
+        <v>1.01779</v>
       </c>
     </row>
     <row r="857" spans="1:5">
       <c r="A857" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="B857">
-        <v>1.05058</v>
+        <v>1.01656</v>
       </c>
       <c r="C857">
-        <v>1.05812</v>
+        <v>1.02524</v>
       </c>
       <c r="D857">
-        <v>1.05057</v>
+        <v>1.01529</v>
       </c>
       <c r="E857">
-        <v>1.05334</v>
+        <v>1.02462</v>
       </c>
     </row>
     <row r="858" spans="1:5">
       <c r="A858" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="B858">
-        <v>1.04829</v>
+        <v>1.01644</v>
       </c>
       <c r="C858">
-        <v>1.05445</v>
+        <v>1.02096</v>
       </c>
       <c r="D858">
-        <v>1.04825</v>
+        <v>1.01213</v>
       </c>
       <c r="E858">
-        <v>1.05096</v>
+        <v>1.01654</v>
       </c>
     </row>
     <row r="859" spans="1:5">
       <c r="A859" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="B859">
-        <v>1.05478</v>
+        <v>1.02607</v>
       </c>
       <c r="C859">
-        <v>1.05594</v>
+        <v>1.02927</v>
       </c>
       <c r="D859">
-        <v>1.04432</v>
+        <v>1.01621</v>
       </c>
       <c r="E859">
-        <v>1.04923</v>
+        <v>1.01645</v>
       </c>
     </row>
     <row r="860" spans="1:5">
       <c r="A860" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="B860">
-        <v>1.04453</v>
+        <v>1.02085</v>
       </c>
       <c r="C860">
-        <v>1.06001</v>
+        <v>1.02742</v>
       </c>
       <c r="D860">
-        <v>1.03796</v>
+        <v>1.02042</v>
       </c>
       <c r="E860">
-        <v>1.05486</v>
+        <v>1.02598</v>
       </c>
     </row>
     <row r="861" spans="1:5">
       <c r="A861" t="s">
         <v>850</v>
       </c>
       <c r="B861">
-        <v>1.04103</v>
+        <v>1.02085</v>
       </c>
       <c r="C861">
-        <v>1.05065</v>
+        <v>1.02742</v>
       </c>
       <c r="D861">
-        <v>1.03578</v>
+        <v>1.02042</v>
       </c>
       <c r="E861">
-        <v>1.04458</v>
+        <v>1.02598</v>
       </c>
     </row>
     <row r="862" spans="1:5">
       <c r="A862" t="s">
         <v>851</v>
       </c>
       <c r="B862">
-        <v>1.04068</v>
+        <v>1.01954</v>
       </c>
       <c r="C862">
-        <v>1.04835</v>
+        <v>1.02532</v>
       </c>
       <c r="D862">
-        <v>1.03957</v>
+        <v>1.01461</v>
       </c>
       <c r="E862">
-        <v>1.04157</v>
+        <v>1.02189</v>
       </c>
     </row>
     <row r="863" spans="1:5">
       <c r="A863" t="s">
         <v>852</v>
       </c>
       <c r="B863">
-        <v>1.05178</v>
+        <v>1.01965</v>
       </c>
       <c r="C863">
-        <v>1.05189</v>
+        <v>1.0233</v>
       </c>
       <c r="D863">
-        <v>1.03983</v>
+        <v>1.01125</v>
       </c>
       <c r="E863">
-        <v>1.0407</v>
+        <v>1.01953</v>
       </c>
     </row>
     <row r="864" spans="1:5">
       <c r="A864" t="s">
         <v>853</v>
       </c>
       <c r="B864">
-        <v>1.0618</v>
+        <v>1.01152</v>
       </c>
       <c r="C864">
-        <v>1.06409</v>
+        <v>1.02194</v>
       </c>
       <c r="D864">
-        <v>1.05046</v>
+        <v>1.00952</v>
       </c>
       <c r="E864">
-        <v>1.0518</v>
+        <v>1.01966</v>
       </c>
     </row>
     <row r="865" spans="1:5">
       <c r="A865" t="s">
         <v>854</v>
       </c>
       <c r="B865">
-        <v>1.07172</v>
+        <v>1.02183</v>
       </c>
       <c r="C865">
-        <v>1.07725</v>
+        <v>1.0249</v>
       </c>
       <c r="D865">
-        <v>1.06097</v>
+        <v>1.01063</v>
       </c>
       <c r="E865">
-        <v>1.06165</v>
+        <v>1.01149</v>
       </c>
     </row>
     <row r="866" spans="1:5">
       <c r="A866" t="s">
         <v>855</v>
       </c>
       <c r="B866">
-        <v>1.07044</v>
+        <v>1.02149</v>
       </c>
       <c r="C866">
-        <v>1.07471</v>
+        <v>1.02566</v>
       </c>
       <c r="D866">
-        <v>1.06701</v>
+        <v>1.01775</v>
       </c>
       <c r="E866">
-        <v>1.0715</v>
+        <v>1.02196</v>
       </c>
     </row>
     <row r="867" spans="1:5">
       <c r="A867" t="s">
         <v>856</v>
       </c>
       <c r="B867">
-        <v>1.06951</v>
+        <v>1.02284</v>
       </c>
       <c r="C867">
-        <v>1.07129</v>
+        <v>1.0254</v>
       </c>
       <c r="D867">
-        <v>1.06508</v>
+        <v>1.01286</v>
       </c>
       <c r="E867">
-        <v>1.07037</v>
+        <v>1.02102</v>
       </c>
     </row>
     <row r="868" spans="1:5">
       <c r="A868" t="s">
         <v>857</v>
       </c>
       <c r="B868">
-        <v>1.0718</v>
+        <v>1.01777</v>
       </c>
       <c r="C868">
-        <v>1.07504</v>
+        <v>1.02766</v>
       </c>
       <c r="D868">
-        <v>1.06827</v>
+        <v>1.01524</v>
       </c>
       <c r="E868">
-        <v>1.06943</v>
+        <v>1.02287</v>
       </c>
     </row>
     <row r="869" spans="1:5">
       <c r="A869" t="s">
         <v>858</v>
       </c>
       <c r="B869">
-        <v>1.07379</v>
+        <v>1.0225</v>
       </c>
       <c r="C869">
-        <v>1.0763</v>
+        <v>1.02718</v>
       </c>
       <c r="D869">
-        <v>1.07028</v>
+        <v>1.01542</v>
       </c>
       <c r="E869">
-        <v>1.07192</v>
+        <v>1.01784</v>
       </c>
     </row>
     <row r="870" spans="1:5">
       <c r="A870" t="s">
         <v>859</v>
       </c>
       <c r="B870">
-        <v>1.06456</v>
+        <v>1.01403</v>
       </c>
       <c r="C870">
-        <v>1.07488</v>
+        <v>1.02676</v>
       </c>
       <c r="D870">
-        <v>1.06435</v>
+        <v>1.01184</v>
       </c>
       <c r="E870">
-        <v>1.07457</v>
+        <v>1.02248</v>
       </c>
     </row>
     <row r="871" spans="1:5">
       <c r="A871" t="s">
         <v>860</v>
       </c>
       <c r="B871">
-        <v>1.07322</v>
+        <v>1.00787</v>
       </c>
       <c r="C871">
-        <v>1.0738</v>
+        <v>1.02</v>
       </c>
       <c r="D871">
-        <v>1.06258</v>
+        <v>1.00781</v>
       </c>
       <c r="E871">
-        <v>1.06513</v>
+        <v>1.01416</v>
       </c>
     </row>
     <row r="872" spans="1:5">
       <c r="A872" t="s">
         <v>861</v>
       </c>
       <c r="B872">
-        <v>1.07762</v>
+        <v>1.00149</v>
       </c>
       <c r="C872">
-        <v>1.07778</v>
+        <v>1.00965</v>
       </c>
       <c r="D872">
-        <v>1.06777</v>
+        <v>1.00056</v>
       </c>
       <c r="E872">
-        <v>1.07319</v>
+        <v>1.00809</v>
       </c>
     </row>
     <row r="873" spans="1:5">
       <c r="A873" t="s">
         <v>862</v>
       </c>
       <c r="B873">
-        <v>1.0733</v>
+        <v>1.00559</v>
       </c>
       <c r="C873">
-        <v>1.07855</v>
+        <v>1.00588</v>
       </c>
       <c r="D873">
-        <v>1.07249</v>
+        <v>0.9951</v>
       </c>
       <c r="E873">
-        <v>1.07787</v>
+        <v>1.00156</v>
       </c>
     </row>
     <row r="874" spans="1:5">
       <c r="A874" t="s">
         <v>863</v>
       </c>
       <c r="B874">
-        <v>1.07229</v>
+        <v>1.00363</v>
       </c>
       <c r="C874">
-        <v>1.07611</v>
+        <v>1.01207</v>
       </c>
       <c r="D874">
-        <v>1.06957</v>
+        <v>0.99967</v>
       </c>
       <c r="E874">
-        <v>1.07322</v>
+        <v>1.00587</v>
       </c>
     </row>
     <row r="875" spans="1:5">
       <c r="A875" t="s">
         <v>864</v>
       </c>
       <c r="B875">
-        <v>1.06814</v>
+        <v>1.00384</v>
       </c>
       <c r="C875">
-        <v>1.07302</v>
+        <v>1.00725</v>
       </c>
       <c r="D875">
-        <v>1.06612</v>
+        <v>0.99987</v>
       </c>
       <c r="E875">
-        <v>1.07286</v>
+        <v>1.00365</v>
       </c>
     </row>
     <row r="876" spans="1:5">
       <c r="A876" t="s">
         <v>865</v>
       </c>
       <c r="B876">
-        <v>1.07328</v>
+        <v>1.01739</v>
       </c>
       <c r="C876">
-        <v>1.07376</v>
+        <v>1.01764</v>
       </c>
       <c r="D876">
-        <v>1.06408</v>
+        <v>1.00324</v>
       </c>
       <c r="E876">
-        <v>1.06791</v>
+        <v>1.00396</v>
       </c>
     </row>
     <row r="877" spans="1:5">
       <c r="A877" t="s">
         <v>866</v>
       </c>
       <c r="B877">
-        <v>1.06888</v>
+        <v>1.09614</v>
       </c>
       <c r="C877">
-        <v>1.07473</v>
+        <v>1.10001</v>
       </c>
       <c r="D877">
-        <v>1.06595</v>
+        <v>1.09421</v>
       </c>
       <c r="E877">
-        <v>1.07349</v>
+        <v>1.09999</v>
       </c>
     </row>
     <row r="878" spans="1:5">
       <c r="A878" t="s">
         <v>867</v>
       </c>
       <c r="B878">
-        <v>1.05703</v>
+        <v>1.01616</v>
       </c>
       <c r="C878">
-        <v>1.0696</v>
+        <v>1.01898</v>
       </c>
       <c r="D878">
-        <v>1.05661</v>
+        <v>1.00702</v>
       </c>
       <c r="E878">
-        <v>1.06892</v>
+        <v>1.01749</v>
       </c>
     </row>
     <row r="879" spans="1:5">
       <c r="A879" t="s">
         <v>868</v>
       </c>
       <c r="B879">
-        <v>1.05823</v>
+        <v>1.018</v>
       </c>
       <c r="C879">
-        <v>1.05986</v>
+        <v>1.02195</v>
       </c>
       <c r="D879">
-        <v>1.05315</v>
+        <v>1.01427</v>
       </c>
       <c r="E879">
-        <v>1.05569</v>
+        <v>1.01591</v>
       </c>
     </row>
     <row r="880" spans="1:5">
       <c r="A880" t="s">
         <v>869</v>
       </c>
       <c r="B880">
-        <v>1.04601</v>
+        <v>1.02647</v>
       </c>
       <c r="C880">
-        <v>1.06058</v>
+        <v>1.02751</v>
       </c>
       <c r="D880">
-        <v>1.04594</v>
+        <v>1.01601</v>
       </c>
       <c r="E880">
-        <v>1.05822</v>
+        <v>1.01804</v>
       </c>
     </row>
     <row r="881" spans="1:5">
       <c r="A881" t="s">
         <v>870</v>
       </c>
       <c r="B881">
-        <v>1.05475</v>
+        <v>1.04204</v>
       </c>
       <c r="C881">
-        <v>1.05626</v>
+        <v>1.04475</v>
       </c>
       <c r="D881">
-        <v>1.0459</v>
+        <v>1.02335</v>
       </c>
       <c r="E881">
-        <v>1.046</v>
+        <v>1.02619</v>
       </c>
     </row>
     <row r="882" spans="1:5">
       <c r="A882" t="s">
         <v>871</v>
       </c>
       <c r="B882">
-        <v>1.04336</v>
+        <v>1.04325</v>
       </c>
       <c r="C882">
-        <v>1.05544</v>
+        <v>1.04614</v>
       </c>
       <c r="D882">
-        <v>1.04274</v>
+        <v>1.04158</v>
       </c>
       <c r="E882">
-        <v>1.05473</v>
+        <v>1.04211</v>
       </c>
     </row>
     <row r="883" spans="1:5">
       <c r="A883" t="s">
         <v>872</v>
       </c>
       <c r="B883">
-        <v>1.04071</v>
+        <v>1.04822</v>
       </c>
       <c r="C883">
-        <v>1.04418</v>
+        <v>1.04841</v>
       </c>
       <c r="D883">
-        <v>1.03879</v>
+        <v>1.03644</v>
       </c>
       <c r="E883">
-        <v>1.04332</v>
+        <v>1.0426</v>
       </c>
     </row>
     <row r="884" spans="1:5">
       <c r="A884" t="s">
         <v>873</v>
       </c>
       <c r="B884">
-        <v>1.03778</v>
+        <v>1.04379</v>
       </c>
       <c r="C884">
-        <v>1.04184</v>
+        <v>1.04874</v>
       </c>
       <c r="D884">
-        <v>1.03485</v>
+        <v>1.03812</v>
       </c>
       <c r="E884">
-        <v>1.04017</v>
+        <v>1.04819</v>
       </c>
     </row>
     <row r="885" spans="1:5">
       <c r="A885" t="s">
         <v>874</v>
       </c>
       <c r="B885">
-        <v>1.05116</v>
+        <v>1.05167</v>
       </c>
       <c r="C885">
-        <v>1.0528</v>
+        <v>1.05341</v>
       </c>
       <c r="D885">
-        <v>1.03524</v>
+        <v>1.04339</v>
       </c>
       <c r="E885">
-        <v>1.03786</v>
+        <v>1.04403</v>
       </c>
     </row>
     <row r="886" spans="1:5">
       <c r="A886" t="s">
         <v>875</v>
       </c>
       <c r="B886">
-        <v>1.05271</v>
+        <v>1.05804</v>
       </c>
       <c r="C886">
-        <v>1.05758</v>
+        <v>1.06049</v>
       </c>
       <c r="D886">
-        <v>1.05006</v>
+        <v>1.05022</v>
       </c>
       <c r="E886">
-        <v>1.05117</v>
+        <v>1.05193</v>
       </c>
     </row>
     <row r="887" spans="1:5">
       <c r="A887" t="s">
         <v>876</v>
       </c>
       <c r="B887">
-        <v>1.05605</v>
+        <v>1.05531</v>
       </c>
       <c r="C887">
-        <v>1.05841</v>
+        <v>1.06136</v>
       </c>
       <c r="D887">
-        <v>1.05241</v>
+        <v>1.0549</v>
       </c>
       <c r="E887">
-        <v>1.05265</v>
+        <v>1.05805</v>
       </c>
     </row>
     <row r="888" spans="1:5">
       <c r="A888" t="s">
         <v>877</v>
       </c>
       <c r="B888">
-        <v>1.05381</v>
+        <v>1.052</v>
       </c>
       <c r="C888">
-        <v>1.05911</v>
+        <v>1.05698</v>
       </c>
       <c r="D888">
-        <v>1.04923</v>
+        <v>1.05109</v>
       </c>
       <c r="E888">
-        <v>1.05603</v>
+        <v>1.05565</v>
       </c>
     </row>
     <row r="889" spans="1:5">
       <c r="A889" t="s">
         <v>878</v>
       </c>
       <c r="B889">
-        <v>1.05405</v>
+        <v>1.05648</v>
       </c>
       <c r="C889">
-        <v>1.05975</v>
+        <v>1.058</v>
       </c>
       <c r="D889">
-        <v>1.04813</v>
+        <v>1.04814</v>
       </c>
       <c r="E889">
-        <v>1.05471</v>
+        <v>1.05199</v>
       </c>
     </row>
     <row r="890" spans="1:5">
       <c r="A890" t="s">
         <v>879</v>
       </c>
       <c r="B890">
-        <v>1.0621</v>
+        <v>1.05336</v>
       </c>
       <c r="C890">
-        <v>1.06406</v>
+        <v>1.06042</v>
       </c>
       <c r="D890">
-        <v>1.04912</v>
+        <v>1.04676</v>
       </c>
       <c r="E890">
-        <v>1.05404</v>
+        <v>1.05677</v>
       </c>
     </row>
     <row r="891" spans="1:5">
       <c r="A891" t="s">
         <v>880</v>
       </c>
       <c r="B891">
-        <v>1.05197</v>
+        <v>1.05058</v>
       </c>
       <c r="C891">
-        <v>1.06296</v>
+        <v>1.05812</v>
       </c>
       <c r="D891">
-        <v>1.05048</v>
+        <v>1.05057</v>
       </c>
       <c r="E891">
-        <v>1.06206</v>
+        <v>1.05334</v>
       </c>
     </row>
     <row r="892" spans="1:5">
       <c r="A892" t="s">
         <v>881</v>
       </c>
       <c r="B892">
-        <v>1.0502</v>
+        <v>1.04829</v>
       </c>
       <c r="C892">
-        <v>1.05763</v>
+        <v>1.05445</v>
       </c>
       <c r="D892">
-        <v>1.04909</v>
+        <v>1.04825</v>
       </c>
       <c r="E892">
-        <v>1.05198</v>
+        <v>1.05096</v>
       </c>
     </row>
     <row r="893" spans="1:5">
       <c r="A893" t="s">
         <v>882</v>
       </c>
       <c r="B893">
-        <v>1.0536</v>
+        <v>1.05478</v>
       </c>
       <c r="C893">
-        <v>1.0567</v>
+        <v>1.05594</v>
       </c>
       <c r="D893">
-        <v>1.04889</v>
+        <v>1.04432</v>
       </c>
       <c r="E893">
-        <v>1.05064</v>
+        <v>1.04923</v>
       </c>
     </row>
     <row r="894" spans="1:5">
       <c r="A894" t="s">
         <v>883</v>
       </c>
       <c r="B894">
-        <v>1.04972</v>
+        <v>1.04453</v>
       </c>
       <c r="C894">
-        <v>1.05916</v>
+        <v>1.06001</v>
       </c>
       <c r="D894">
-        <v>1.04899</v>
+        <v>1.03796</v>
       </c>
       <c r="E894">
-        <v>1.05472</v>
+        <v>1.05486</v>
       </c>
     </row>
     <row r="895" spans="1:5">
       <c r="A895" t="s">
         <v>884</v>
       </c>
       <c r="B895">
-        <v>1.05616</v>
+        <v>1.04103</v>
       </c>
       <c r="C895">
-        <v>1.05633</v>
+        <v>1.05065</v>
       </c>
       <c r="D895">
-        <v>1.047</v>
+        <v>1.03578</v>
       </c>
       <c r="E895">
-        <v>1.04978</v>
+        <v>1.04458</v>
       </c>
     </row>
     <row r="896" spans="1:5">
       <c r="A896" t="s">
         <v>885</v>
       </c>
       <c r="B896">
-        <v>1.0636</v>
+        <v>1.04068</v>
       </c>
       <c r="C896">
-        <v>1.06534</v>
+        <v>1.04835</v>
       </c>
       <c r="D896">
-        <v>1.05132</v>
+        <v>1.03957</v>
       </c>
       <c r="E896">
-        <v>1.05575</v>
+        <v>1.04157</v>
       </c>
     </row>
     <row r="897" spans="1:5">
       <c r="A897" t="s">
         <v>886</v>
       </c>
       <c r="B897">
-        <v>1.07121</v>
+        <v>1.05178</v>
       </c>
       <c r="C897">
-        <v>1.07374</v>
+        <v>1.05189</v>
       </c>
       <c r="D897">
-        <v>1.06345</v>
+        <v>1.03983</v>
       </c>
       <c r="E897">
-        <v>1.06361</v>
+        <v>1.0407</v>
       </c>
     </row>
     <row r="898" spans="1:5">
       <c r="A898" t="s">
         <v>887</v>
       </c>
       <c r="B898">
-        <v>1.07993</v>
+        <v>1.0618</v>
       </c>
       <c r="C898">
-        <v>1.08108</v>
+        <v>1.06409</v>
       </c>
       <c r="D898">
-        <v>1.06954</v>
+        <v>1.05046</v>
       </c>
       <c r="E898">
-        <v>1.0712</v>
+        <v>1.0518</v>
       </c>
     </row>
     <row r="899" spans="1:5">
       <c r="A899" t="s">
         <v>888</v>
       </c>
       <c r="B899">
-        <v>1.08383</v>
+        <v>1.07172</v>
       </c>
       <c r="C899">
-        <v>1.08502</v>
+        <v>1.07725</v>
       </c>
       <c r="D899">
-        <v>1.07694</v>
+        <v>1.06097</v>
       </c>
       <c r="E899">
-        <v>1.07908</v>
+        <v>1.06165</v>
       </c>
     </row>
     <row r="900" spans="1:5">
       <c r="A900" t="s">
         <v>889</v>
       </c>
       <c r="B900">
-        <v>1.08512</v>
+        <v>1.07044</v>
       </c>
       <c r="C900">
-        <v>1.09349</v>
+        <v>1.07471</v>
       </c>
       <c r="D900">
-        <v>1.08223</v>
+        <v>1.06701</v>
       </c>
       <c r="E900">
-        <v>1.08307</v>
+        <v>1.0715</v>
       </c>
     </row>
     <row r="901" spans="1:5">
       <c r="A901" t="s">
         <v>890</v>
       </c>
       <c r="B901">
-        <v>1.07862</v>
+        <v>1.06951</v>
       </c>
       <c r="C901">
-        <v>1.08657</v>
+        <v>1.07129</v>
       </c>
       <c r="D901">
-        <v>1.07827</v>
+        <v>1.06508</v>
       </c>
       <c r="E901">
-        <v>1.08511</v>
+        <v>1.07037</v>
       </c>
     </row>
     <row r="902" spans="1:5">
       <c r="A902" t="s">
         <v>891</v>
       </c>
       <c r="B902">
-        <v>1.07819</v>
+        <v>1.0718</v>
       </c>
       <c r="C902">
-        <v>1.08129</v>
+        <v>1.07504</v>
       </c>
       <c r="D902">
-        <v>1.07598</v>
+        <v>1.06827</v>
       </c>
       <c r="E902">
-        <v>1.07861</v>
+        <v>1.06943</v>
       </c>
     </row>
     <row r="903" spans="1:5">
       <c r="A903" t="s">
         <v>892</v>
       </c>
       <c r="B903">
-        <v>1.08061</v>
+        <v>1.07379</v>
       </c>
       <c r="C903">
-        <v>1.08202</v>
+        <v>1.0763</v>
       </c>
       <c r="D903">
-        <v>1.07686</v>
+        <v>1.07028</v>
       </c>
       <c r="E903">
-        <v>1.07815</v>
+        <v>1.07192</v>
       </c>
     </row>
     <row r="904" spans="1:5">
       <c r="A904" t="s">
         <v>893</v>
       </c>
       <c r="B904">
-        <v>1.08271</v>
+        <v>1.06456</v>
       </c>
       <c r="C904">
-        <v>1.08294</v>
+        <v>1.07488</v>
       </c>
       <c r="D904">
-        <v>1.07955</v>
+        <v>1.06435</v>
       </c>
       <c r="E904">
-        <v>1.0808</v>
+        <v>1.07457</v>
       </c>
     </row>
     <row r="905" spans="1:5">
       <c r="A905" t="s">
         <v>894</v>
       </c>
       <c r="B905">
-        <v>1.0881</v>
+        <v>1.07322</v>
       </c>
       <c r="C905">
-        <v>1.0922</v>
+        <v>1.0738</v>
       </c>
       <c r="D905">
-        <v>1.07561</v>
+        <v>1.06258</v>
       </c>
       <c r="E905">
-        <v>1.08285</v>
+        <v>1.06513</v>
       </c>
     </row>
     <row r="906" spans="1:5">
       <c r="A906" t="s">
         <v>895</v>
       </c>
       <c r="B906">
-        <v>1.08286</v>
+        <v>1.07762</v>
       </c>
       <c r="C906">
-        <v>1.08913</v>
+        <v>1.07778</v>
       </c>
       <c r="D906">
-        <v>1.0806</v>
+        <v>1.06777</v>
       </c>
       <c r="E906">
-        <v>1.08848</v>
+        <v>1.07319</v>
       </c>
     </row>
     <row r="907" spans="1:5">
       <c r="A907" t="s">
         <v>896</v>
       </c>
       <c r="B907">
-        <v>1.08823</v>
+        <v>1.0733</v>
       </c>
       <c r="C907">
-        <v>1.09023</v>
+        <v>1.07855</v>
       </c>
       <c r="D907">
-        <v>1.08199</v>
+        <v>1.07249</v>
       </c>
       <c r="E907">
-        <v>1.08282</v>
+        <v>1.07787</v>
       </c>
     </row>
     <row r="908" spans="1:5">
       <c r="A908" t="s">
         <v>897</v>
       </c>
       <c r="B908">
-        <v>1.09001</v>
+        <v>1.07229</v>
       </c>
       <c r="C908">
-        <v>1.09319</v>
+        <v>1.07611</v>
       </c>
       <c r="D908">
-        <v>1.08714</v>
+        <v>1.06957</v>
       </c>
       <c r="E908">
-        <v>1.08824</v>
+        <v>1.07322</v>
       </c>
     </row>
     <row r="909" spans="1:5">
       <c r="A909" t="s">
         <v>898</v>
       </c>
       <c r="B909">
-        <v>1.08775</v>
+        <v>1.06814</v>
       </c>
       <c r="C909">
-        <v>1.08904</v>
+        <v>1.07302</v>
       </c>
       <c r="D909">
-        <v>1.0835</v>
+        <v>1.06612</v>
       </c>
       <c r="E909">
-        <v>1.08754</v>
+        <v>1.07286</v>
       </c>
     </row>
     <row r="910" spans="1:5">
       <c r="A910" t="s">
         <v>899</v>
       </c>
       <c r="B910">
-        <v>1.08938</v>
+        <v>1.07328</v>
       </c>
       <c r="C910">
-        <v>1.09371</v>
+        <v>1.07376</v>
       </c>
       <c r="D910">
-        <v>1.08633</v>
+        <v>1.06408</v>
       </c>
       <c r="E910">
-        <v>1.08774</v>
+        <v>1.06791</v>
       </c>
     </row>
     <row r="911" spans="1:5">
       <c r="A911" t="s">
         <v>900</v>
       </c>
       <c r="B911">
-        <v>1.09036</v>
+        <v>1.06888</v>
       </c>
       <c r="C911">
-        <v>1.09366</v>
+        <v>1.07473</v>
       </c>
       <c r="D911">
-        <v>1.08729</v>
+        <v>1.06595</v>
       </c>
       <c r="E911">
-        <v>1.08935</v>
+        <v>1.07349</v>
       </c>
     </row>
     <row r="912" spans="1:5">
       <c r="A912" t="s">
         <v>901</v>
       </c>
       <c r="B912">
-        <v>1.09727</v>
+        <v>1.05703</v>
       </c>
       <c r="C912">
-        <v>1.09872</v>
+        <v>1.0696</v>
       </c>
       <c r="D912">
-        <v>1.08987</v>
+        <v>1.05661</v>
       </c>
       <c r="E912">
-        <v>1.09037</v>
+        <v>1.06892</v>
       </c>
     </row>
     <row r="913" spans="1:5">
       <c r="A913" t="s">
         <v>902</v>
       </c>
       <c r="B913">
-        <v>1.10385</v>
+        <v>1.05823</v>
       </c>
       <c r="C913">
-        <v>1.10531</v>
+        <v>1.05986</v>
       </c>
       <c r="D913">
-        <v>1.09592</v>
+        <v>1.05315</v>
       </c>
       <c r="E913">
-        <v>1.09718</v>
+        <v>1.05569</v>
       </c>
     </row>
     <row r="914" spans="1:5">
       <c r="A914" t="s">
         <v>903</v>
       </c>
       <c r="B914">
-        <v>1.10653</v>
+        <v>1.04601</v>
       </c>
       <c r="C914">
-        <v>1.1075</v>
+        <v>1.06058</v>
       </c>
       <c r="D914">
-        <v>1.10266</v>
+        <v>1.04594</v>
       </c>
       <c r="E914">
-        <v>1.10458</v>
+        <v>1.05822</v>
       </c>
     </row>
     <row r="915" spans="1:5">
       <c r="A915" t="s">
         <v>904</v>
       </c>
       <c r="B915">
-        <v>1.11569</v>
+        <v>1.05475</v>
       </c>
       <c r="C915">
-        <v>1.11835</v>
+        <v>1.05626</v>
       </c>
       <c r="D915">
-        <v>1.10596</v>
+        <v>1.0459</v>
       </c>
       <c r="E915">
-        <v>1.10655</v>
+        <v>1.046</v>
       </c>
     </row>
     <row r="916" spans="1:5">
       <c r="A916" t="s">
         <v>905</v>
       </c>
       <c r="B916">
-        <v>1.1085</v>
+        <v>1.04336</v>
       </c>
       <c r="C916">
-        <v>1.11697</v>
+        <v>1.05544</v>
       </c>
       <c r="D916">
-        <v>1.10799</v>
+        <v>1.04274</v>
       </c>
       <c r="E916">
-        <v>1.11568</v>
+        <v>1.05473</v>
       </c>
     </row>
     <row r="917" spans="1:5">
       <c r="A917" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="B917">
-        <v>1.08427</v>
+        <v>1.04071</v>
       </c>
       <c r="C917">
-        <v>1.0925</v>
+        <v>1.04418</v>
       </c>
       <c r="D917">
-        <v>1.08222</v>
+        <v>1.03879</v>
       </c>
       <c r="E917">
-        <v>1.09039</v>
+        <v>1.04332</v>
       </c>
     </row>
     <row r="918" spans="1:5">
       <c r="A918" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="B918">
-        <v>1.08427</v>
+        <v>1.03778</v>
       </c>
       <c r="C918">
-        <v>1.0925</v>
+        <v>1.04184</v>
       </c>
       <c r="D918">
-        <v>1.08222</v>
+        <v>1.03485</v>
       </c>
       <c r="E918">
-        <v>1.09039</v>
+        <v>1.04017</v>
       </c>
     </row>
     <row r="919" spans="1:5">
       <c r="A919" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="B919">
-        <v>1.09815</v>
+        <v>1.05116</v>
       </c>
       <c r="C919">
-        <v>1.11357</v>
+        <v>1.0528</v>
       </c>
       <c r="D919">
-        <v>1.09685</v>
+        <v>1.03524</v>
       </c>
       <c r="E919">
-        <v>1.10851</v>
+        <v>1.03786</v>
       </c>
     </row>
     <row r="920" spans="1:5">
       <c r="A920" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
       <c r="B920">
-        <v>1.09805</v>
+        <v>1.05271</v>
       </c>
       <c r="C920">
-        <v>1.09982</v>
+        <v>1.05758</v>
       </c>
       <c r="D920">
-        <v>1.09434</v>
+        <v>1.05006</v>
       </c>
       <c r="E920">
-        <v>1.09814</v>
+        <v>1.05117</v>
       </c>
     </row>
     <row r="921" spans="1:5">
       <c r="A921" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="B921">
-        <v>1.09958</v>
+        <v>1.05605</v>
       </c>
       <c r="C921">
-        <v>1.10365</v>
+        <v>1.05841</v>
       </c>
       <c r="D921">
-        <v>1.09796</v>
+        <v>1.05241</v>
       </c>
       <c r="E921">
-        <v>1.09822</v>
+        <v>1.05265</v>
       </c>
     </row>
     <row r="922" spans="1:5">
       <c r="A922" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="B922">
-        <v>1.10026</v>
+        <v>1.05381</v>
       </c>
       <c r="C922">
-        <v>1.10126</v>
+        <v>1.05911</v>
       </c>
       <c r="D922">
-        <v>1.09644</v>
+        <v>1.04923</v>
       </c>
       <c r="E922">
-        <v>1.0996</v>
+        <v>1.05603</v>
       </c>
     </row>
     <row r="923" spans="1:5">
       <c r="A923" t="s">
-        <v>910</v>
+        <v>912</v>
       </c>
       <c r="B923">
-        <v>1.10269</v>
+        <v>1.05405</v>
       </c>
       <c r="C923">
-        <v>1.10425</v>
+        <v>1.05975</v>
       </c>
       <c r="D923">
-        <v>1.09626</v>
+        <v>1.04813</v>
       </c>
       <c r="E923">
-        <v>1.10036</v>
+        <v>1.05471</v>
       </c>
     </row>
     <row r="924" spans="1:5">
       <c r="A924" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="B924">
-        <v>1.10153</v>
+        <v>1.0621</v>
       </c>
       <c r="C924">
-        <v>1.10445</v>
+        <v>1.06406</v>
       </c>
       <c r="D924">
-        <v>1.09596</v>
+        <v>1.04912</v>
       </c>
       <c r="E924">
-        <v>1.10274</v>
+        <v>1.05404</v>
       </c>
     </row>
     <row r="925" spans="1:5">
       <c r="A925" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="B925">
-        <v>1.10514</v>
+        <v>1.05197</v>
       </c>
       <c r="C925">
-        <v>1.10688</v>
+        <v>1.06296</v>
       </c>
       <c r="D925">
-        <v>1.10089</v>
+        <v>1.05048</v>
       </c>
       <c r="E925">
-        <v>1.10143</v>
+        <v>1.06206</v>
       </c>
     </row>
     <row r="926" spans="1:5">
       <c r="A926" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
       <c r="B926">
-        <v>1.10904</v>
+        <v>1.0502</v>
       </c>
       <c r="C926">
-        <v>1.11172</v>
+        <v>1.05763</v>
       </c>
       <c r="D926">
-        <v>1.10018</v>
+        <v>1.04909</v>
       </c>
       <c r="E926">
-        <v>1.1051</v>
+        <v>1.05198</v>
       </c>
     </row>
     <row r="927" spans="1:5">
       <c r="A927" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="B927">
-        <v>1.10343</v>
+        <v>1.0536</v>
       </c>
       <c r="C927">
-        <v>1.11362</v>
+        <v>1.0567</v>
       </c>
       <c r="D927">
-        <v>1.10064</v>
+        <v>1.04889</v>
       </c>
       <c r="E927">
-        <v>1.10905</v>
+        <v>1.05064</v>
       </c>
     </row>
     <row r="928" spans="1:5">
       <c r="A928" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
       <c r="B928">
-        <v>1.09533</v>
+        <v>1.04972</v>
       </c>
       <c r="C928">
-        <v>1.10453</v>
+        <v>1.05916</v>
       </c>
       <c r="D928">
-        <v>1.09465</v>
+        <v>1.04899</v>
       </c>
       <c r="E928">
-        <v>1.1034</v>
+        <v>1.05472</v>
       </c>
     </row>
     <row r="929" spans="1:5">
       <c r="A929" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="B929">
-        <v>1.09388</v>
+        <v>1.05616</v>
       </c>
       <c r="C929">
-        <v>1.10185</v>
+        <v>1.05633</v>
       </c>
       <c r="D929">
-        <v>1.09247</v>
+        <v>1.047</v>
       </c>
       <c r="E929">
-        <v>1.09535</v>
+        <v>1.04978</v>
       </c>
     </row>
     <row r="930" spans="1:5">
       <c r="A930" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="B930">
-        <v>1.09337</v>
+        <v>1.0636</v>
       </c>
       <c r="C930">
-        <v>1.09925</v>
+        <v>1.06534</v>
       </c>
       <c r="D930">
-        <v>1.08993</v>
+        <v>1.05132</v>
       </c>
       <c r="E930">
-        <v>1.09394</v>
+        <v>1.05575</v>
       </c>
     </row>
     <row r="931" spans="1:5">
       <c r="A931" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="B931">
-        <v>1.09831</v>
+        <v>1.07121</v>
       </c>
       <c r="C931">
-        <v>1.10423</v>
+        <v>1.07374</v>
       </c>
       <c r="D931">
-        <v>1.09006</v>
+        <v>1.06345</v>
       </c>
       <c r="E931">
-        <v>1.09096</v>
+        <v>1.06361</v>
       </c>
     </row>
     <row r="932" spans="1:5">
       <c r="A932" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="B932">
-        <v>1.1075</v>
+        <v>1.07993</v>
       </c>
       <c r="C932">
-        <v>1.11198</v>
+        <v>1.08108</v>
       </c>
       <c r="D932">
-        <v>1.09749</v>
+        <v>1.06954</v>
       </c>
       <c r="E932">
-        <v>1.0983</v>
+        <v>1.0712</v>
       </c>
     </row>
     <row r="933" spans="1:5">
       <c r="A933" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="B933">
-        <v>1.08984</v>
+        <v>1.08383</v>
       </c>
       <c r="C933">
-        <v>1.10937</v>
+        <v>1.08502</v>
       </c>
       <c r="D933">
-        <v>1.08887</v>
+        <v>1.07694</v>
       </c>
       <c r="E933">
-        <v>1.10751</v>
+        <v>1.07908</v>
       </c>
     </row>
     <row r="934" spans="1:5">
       <c r="A934" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
       <c r="B934">
-        <v>1.08551</v>
+        <v>1.08512</v>
       </c>
       <c r="C934">
-        <v>1.0957</v>
+        <v>1.09349</v>
       </c>
       <c r="D934">
-        <v>1.08475</v>
+        <v>1.08223</v>
       </c>
       <c r="E934">
-        <v>1.08961</v>
+        <v>1.08307</v>
       </c>
     </row>
     <row r="935" spans="1:5">
       <c r="A935" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
       <c r="B935">
-        <v>1.0877</v>
+        <v>1.07862</v>
       </c>
       <c r="C935">
-        <v>1.0931</v>
+        <v>1.08657</v>
       </c>
       <c r="D935">
-        <v>1.08047</v>
+        <v>1.07827</v>
       </c>
       <c r="E935">
-        <v>1.08533</v>
+        <v>1.08511</v>
       </c>
     </row>
     <row r="936" spans="1:5">
       <c r="A936" t="s">
-        <v>923</v>
+        <v>925</v>
       </c>
       <c r="B936">
-        <v>1.10652</v>
+        <v>1.07819</v>
       </c>
       <c r="C936">
-        <v>1.10666</v>
+        <v>1.08129</v>
       </c>
       <c r="D936">
-        <v>1.08841</v>
+        <v>1.07598</v>
       </c>
       <c r="E936">
-        <v>1.09331</v>
+        <v>1.07861</v>
       </c>
     </row>
     <row r="937" spans="1:5">
       <c r="A937" t="s">
-        <v>924</v>
+        <v>926</v>
       </c>
       <c r="B937">
-        <v>1.11174</v>
+        <v>1.08061</v>
       </c>
       <c r="C937">
-        <v>1.11205</v>
+        <v>1.08202</v>
       </c>
       <c r="D937">
-        <v>1.10323</v>
+        <v>1.07686</v>
       </c>
       <c r="E937">
-        <v>1.10651</v>
+        <v>1.07815</v>
       </c>
     </row>
     <row r="938" spans="1:5">
       <c r="A938" t="s">
-        <v>925</v>
+        <v>927</v>
       </c>
       <c r="B938">
-        <v>1.11226</v>
+        <v>1.08271</v>
       </c>
       <c r="C938">
-        <v>1.11423</v>
+        <v>1.08294</v>
       </c>
       <c r="D938">
-        <v>1.1056</v>
+        <v>1.07955</v>
       </c>
       <c r="E938">
-        <v>1.11175</v>
+        <v>1.0808</v>
       </c>
     </row>
     <row r="939" spans="1:5">
       <c r="A939" t="s">
-        <v>926</v>
+        <v>928</v>
       </c>
       <c r="B939">
-        <v>1.12213</v>
+        <v>1.0881</v>
       </c>
       <c r="C939">
-        <v>1.12316</v>
+        <v>1.0922</v>
       </c>
       <c r="D939">
-        <v>1.10884</v>
+        <v>1.07561</v>
       </c>
       <c r="E939">
-        <v>1.11219</v>
+        <v>1.08285</v>
       </c>
     </row>
     <row r="940" spans="1:5">
       <c r="A940" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="B940">
-        <v>1.11653</v>
+        <v>1.08286</v>
       </c>
       <c r="C940">
-        <v>1.1245</v>
+        <v>1.08913</v>
       </c>
       <c r="D940">
-        <v>1.11408</v>
+        <v>1.0806</v>
       </c>
       <c r="E940">
-        <v>1.12169</v>
+        <v>1.08848</v>
       </c>
     </row>
     <row r="941" spans="1:5">
       <c r="A941" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="B941">
-        <v>1.11902</v>
+        <v>1.08823</v>
       </c>
       <c r="C941">
-        <v>1.127</v>
+        <v>1.09023</v>
       </c>
       <c r="D941">
-        <v>1.11646</v>
+        <v>1.08199</v>
       </c>
       <c r="E941">
-        <v>1.12643</v>
+        <v>1.08282</v>
       </c>
     </row>
     <row r="942" spans="1:5">
       <c r="A942" t="s">
-        <v>929</v>
+        <v>931</v>
       </c>
       <c r="B942">
-        <v>1.13087</v>
+        <v>1.09001</v>
       </c>
       <c r="C942">
-        <v>1.13087</v>
+        <v>1.09319</v>
       </c>
       <c r="D942">
-        <v>1.11051</v>
+        <v>1.08714</v>
       </c>
       <c r="E942">
-        <v>1.11903</v>
+        <v>1.08824</v>
       </c>
     </row>
     <row r="943" spans="1:5">
       <c r="A943" t="s">
-        <v>930</v>
+        <v>932</v>
       </c>
       <c r="B943">
-        <v>1.13247</v>
+        <v>1.08775</v>
       </c>
       <c r="C943">
-        <v>1.13576</v>
+        <v>1.08904</v>
       </c>
       <c r="D943">
-        <v>1.12999</v>
+        <v>1.0835</v>
       </c>
       <c r="E943">
-        <v>1.13035</v>
+        <v>1.08754</v>
       </c>
     </row>
     <row r="944" spans="1:5">
       <c r="A944" t="s">
-        <v>931</v>
+        <v>933</v>
       </c>
       <c r="B944">
-        <v>1.13128</v>
+        <v>1.08938</v>
       </c>
       <c r="C944">
-        <v>1.13656</v>
+        <v>1.09371</v>
       </c>
       <c r="D944">
-        <v>1.12867</v>
+        <v>1.08633</v>
       </c>
       <c r="E944">
-        <v>1.13234</v>
+        <v>1.08774</v>
       </c>
     </row>
     <row r="945" spans="1:5">
       <c r="A945" t="s">
-        <v>932</v>
+        <v>934</v>
       </c>
       <c r="B945">
-        <v>1.13119</v>
+        <v>1.09036</v>
       </c>
       <c r="C945">
-        <v>1.13891</v>
+        <v>1.09366</v>
       </c>
       <c r="D945">
-        <v>1.13054</v>
+        <v>1.08729</v>
       </c>
       <c r="E945">
-        <v>1.13088</v>
+        <v>1.08935</v>
       </c>
     </row>
     <row r="946" spans="1:5">
       <c r="A946" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
       <c r="B946">
-        <v>1.13593</v>
+        <v>1.09727</v>
       </c>
       <c r="C946">
-        <v>1.13754</v>
+        <v>1.09872</v>
       </c>
       <c r="D946">
-        <v>1.13128</v>
+        <v>1.08987</v>
       </c>
       <c r="E946">
-        <v>1.1323</v>
+        <v>1.09037</v>
       </c>
     </row>
     <row r="947" spans="1:5">
       <c r="A947" t="s">
-        <v>934</v>
+        <v>936</v>
       </c>
       <c r="B947">
-        <v>1.13715</v>
+        <v>1.10385</v>
       </c>
       <c r="C947">
-        <v>1.13847</v>
+        <v>1.10531</v>
       </c>
       <c r="D947">
-        <v>1.13219</v>
+        <v>1.09592</v>
       </c>
       <c r="E947">
-        <v>1.13589</v>
+        <v>1.09718</v>
       </c>
     </row>
     <row r="948" spans="1:5">
       <c r="A948" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B948">
-        <v>1.13582</v>
+        <v>1.10653</v>
       </c>
       <c r="C948">
-        <v>1.13946</v>
+        <v>1.1075</v>
       </c>
       <c r="D948">
-        <v>1.13435</v>
+        <v>1.10266</v>
       </c>
       <c r="E948">
-        <v>1.13716</v>
+        <v>1.10458</v>
       </c>
     </row>
     <row r="949" spans="1:5">
       <c r="A949" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="B949">
-        <v>1.13051</v>
+        <v>1.11569</v>
       </c>
       <c r="C949">
-        <v>1.13669</v>
+        <v>1.11835</v>
       </c>
       <c r="D949">
-        <v>1.12989</v>
+        <v>1.10596</v>
       </c>
       <c r="E949">
-        <v>1.13575</v>
+        <v>1.10655</v>
       </c>
     </row>
     <row r="950" spans="1:5">
       <c r="A950" t="s">
-        <v>937</v>
+        <v>939</v>
       </c>
       <c r="B950">
-        <v>1.13585</v>
+        <v>1.1085</v>
       </c>
       <c r="C950">
-        <v>1.13677</v>
+        <v>1.11697</v>
       </c>
       <c r="D950">
-        <v>1.12787</v>
+        <v>1.10799</v>
       </c>
       <c r="E950">
-        <v>1.1305</v>
+        <v>1.11568</v>
       </c>
     </row>
     <row r="951" spans="1:5">
       <c r="A951" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="B951">
-        <v>1.14261</v>
+        <v>1.08427</v>
       </c>
       <c r="C951">
-        <v>1.14288</v>
+        <v>1.0925</v>
       </c>
       <c r="D951">
-        <v>1.13284</v>
+        <v>1.08222</v>
       </c>
       <c r="E951">
-        <v>1.13415</v>
+        <v>1.09039</v>
       </c>
     </row>
     <row r="952" spans="1:5">
       <c r="A952" t="s">
         <v>939</v>
       </c>
       <c r="B952">
-        <v>1.14249</v>
+        <v>1.08427</v>
       </c>
       <c r="C952">
-        <v>1.14935</v>
+        <v>1.0925</v>
       </c>
       <c r="D952">
-        <v>1.13734</v>
+        <v>1.08222</v>
       </c>
       <c r="E952">
-        <v>1.14264</v>
+        <v>1.09039</v>
       </c>
     </row>
     <row r="953" spans="1:5">
       <c r="A953" t="s">
         <v>940</v>
       </c>
       <c r="B953">
-        <v>1.14135</v>
+        <v>1.09815</v>
       </c>
       <c r="C953">
-        <v>1.14464</v>
+        <v>1.11357</v>
       </c>
       <c r="D953">
-        <v>1.14012</v>
+        <v>1.09685</v>
       </c>
       <c r="E953">
-        <v>1.14251</v>
+        <v>1.10851</v>
       </c>
     </row>
     <row r="954" spans="1:5">
       <c r="A954" t="s">
         <v>941</v>
       </c>
       <c r="B954">
-        <v>1.14411</v>
+        <v>1.09805</v>
       </c>
       <c r="C954">
-        <v>1.14474</v>
+        <v>1.09982</v>
       </c>
       <c r="D954">
-        <v>1.13948</v>
+        <v>1.09434</v>
       </c>
       <c r="E954">
-        <v>1.14145</v>
+        <v>1.09814</v>
       </c>
     </row>
     <row r="955" spans="1:5">
       <c r="A955" t="s">
         <v>942</v>
       </c>
       <c r="B955">
-        <v>1.1452</v>
+        <v>1.09958</v>
       </c>
       <c r="C955">
-        <v>1.14574</v>
+        <v>1.10365</v>
       </c>
       <c r="D955">
-        <v>1.14137</v>
+        <v>1.09796</v>
       </c>
       <c r="E955">
-        <v>1.14404</v>
+        <v>1.09822</v>
       </c>
     </row>
     <row r="956" spans="1:5">
       <c r="A956" t="s">
         <v>943</v>
       </c>
       <c r="B956">
-        <v>1.14417</v>
+        <v>1.10026</v>
       </c>
       <c r="C956">
-        <v>1.14825</v>
+        <v>1.10126</v>
       </c>
       <c r="D956">
-        <v>1.14103</v>
+        <v>1.09644</v>
       </c>
       <c r="E956">
-        <v>1.14535</v>
+        <v>1.0996</v>
       </c>
     </row>
     <row r="957" spans="1:5">
       <c r="A957" t="s">
         <v>944</v>
       </c>
       <c r="B957">
-        <v>1.13031</v>
+        <v>1.10269</v>
       </c>
       <c r="C957">
-        <v>1.14501</v>
+        <v>1.10425</v>
       </c>
       <c r="D957">
-        <v>1.12658</v>
+        <v>1.09626</v>
       </c>
       <c r="E957">
-        <v>1.14383</v>
+        <v>1.10036</v>
       </c>
     </row>
     <row r="958" spans="1:5">
       <c r="A958" t="s">
         <v>945</v>
       </c>
       <c r="B958">
-        <v>1.12687</v>
+        <v>1.10153</v>
       </c>
       <c r="C958">
-        <v>1.13288</v>
+        <v>1.10445</v>
       </c>
       <c r="D958">
-        <v>1.12653</v>
+        <v>1.09596</v>
       </c>
       <c r="E958">
-        <v>1.13028</v>
+        <v>1.10274</v>
       </c>
     </row>
     <row r="959" spans="1:5">
       <c r="A959" t="s">
         <v>946</v>
       </c>
       <c r="B959">
-        <v>1.12346</v>
+        <v>1.10514</v>
       </c>
       <c r="C959">
-        <v>1.12773</v>
+        <v>1.10688</v>
       </c>
       <c r="D959">
-        <v>1.12196</v>
+        <v>1.10089</v>
       </c>
       <c r="E959">
-        <v>1.12701</v>
+        <v>1.10143</v>
       </c>
     </row>
     <row r="960" spans="1:5">
       <c r="A960" t="s">
         <v>947</v>
       </c>
       <c r="B960">
-        <v>1.11443</v>
+        <v>1.10904</v>
       </c>
       <c r="C960">
-        <v>1.12464</v>
+        <v>1.11172</v>
       </c>
       <c r="D960">
-        <v>1.11427</v>
+        <v>1.10018</v>
       </c>
       <c r="E960">
-        <v>1.12345</v>
+        <v>1.1051</v>
       </c>
     </row>
     <row r="961" spans="1:5">
       <c r="A961" t="s">
         <v>948</v>
       </c>
       <c r="B961">
-        <v>1.11446</v>
+        <v>1.10343</v>
       </c>
       <c r="C961">
-        <v>1.11722</v>
+        <v>1.11362</v>
       </c>
       <c r="D961">
-        <v>1.112</v>
+        <v>1.10064</v>
       </c>
       <c r="E961">
-        <v>1.11483</v>
+        <v>1.10905</v>
       </c>
     </row>
     <row r="962" spans="1:5">
       <c r="A962" t="s">
         <v>949</v>
       </c>
       <c r="B962">
-        <v>1.1239</v>
+        <v>1.09533</v>
       </c>
       <c r="C962">
-        <v>1.1242</v>
+        <v>1.10453</v>
       </c>
       <c r="D962">
-        <v>1.113</v>
+        <v>1.09465</v>
       </c>
       <c r="E962">
-        <v>1.11438</v>
+        <v>1.1034</v>
       </c>
     </row>
     <row r="963" spans="1:5">
       <c r="A963" t="s">
         <v>950</v>
       </c>
       <c r="B963">
-        <v>1.13002</v>
+        <v>1.09388</v>
       </c>
       <c r="C963">
-        <v>1.13094</v>
+        <v>1.10185</v>
       </c>
       <c r="D963">
-        <v>1.12341</v>
+        <v>1.09247</v>
       </c>
       <c r="E963">
-        <v>1.12386</v>
+        <v>1.09535</v>
       </c>
     </row>
     <row r="964" spans="1:5">
       <c r="A964" t="s">
         <v>951</v>
       </c>
       <c r="B964">
-        <v>1.13263</v>
+        <v>1.09337</v>
       </c>
       <c r="C964">
-        <v>1.13278</v>
+        <v>1.09925</v>
       </c>
       <c r="D964">
-        <v>1.12618</v>
+        <v>1.08993</v>
       </c>
       <c r="E964">
-        <v>1.13001</v>
+        <v>1.09394</v>
       </c>
     </row>
     <row r="965" spans="1:5">
       <c r="A965" t="s">
         <v>952</v>
       </c>
       <c r="B965">
-        <v>1.13402</v>
+        <v>1.09831</v>
       </c>
       <c r="C965">
-        <v>1.13412</v>
+        <v>1.10423</v>
       </c>
       <c r="D965">
-        <v>1.12891</v>
+        <v>1.09006</v>
       </c>
       <c r="E965">
-        <v>1.13277</v>
+        <v>1.09096</v>
       </c>
     </row>
     <row r="966" spans="1:5">
       <c r="A966" t="s">
         <v>953</v>
       </c>
       <c r="B966">
-        <v>1.13109</v>
+        <v>1.1075</v>
       </c>
       <c r="C966">
-        <v>1.13584</v>
+        <v>1.11198</v>
       </c>
       <c r="D966">
-        <v>1.12995</v>
+        <v>1.09749</v>
       </c>
       <c r="E966">
-        <v>1.13405</v>
+        <v>1.0983</v>
       </c>
     </row>
     <row r="967" spans="1:5">
       <c r="A967" t="s">
         <v>954</v>
       </c>
       <c r="B967">
-        <v>1.13414</v>
+        <v>1.08984</v>
       </c>
       <c r="C967">
-        <v>1.13676</v>
+        <v>1.10937</v>
       </c>
       <c r="D967">
-        <v>1.13018</v>
+        <v>1.08887</v>
       </c>
       <c r="E967">
-        <v>1.13104</v>
+        <v>1.10751</v>
       </c>
     </row>
     <row r="968" spans="1:5">
       <c r="A968" t="s">
         <v>955</v>
       </c>
       <c r="B968">
-        <v>1.13221</v>
+        <v>1.08551</v>
       </c>
       <c r="C968">
-        <v>1.13557</v>
+        <v>1.0957</v>
       </c>
       <c r="D968">
-        <v>1.13175</v>
+        <v>1.08475</v>
       </c>
       <c r="E968">
-        <v>1.13413</v>
+        <v>1.08961</v>
       </c>
     </row>
     <row r="969" spans="1:5">
       <c r="A969" t="s">
         <v>956</v>
       </c>
       <c r="B969">
-        <v>1.14093</v>
+        <v>1.0877</v>
       </c>
       <c r="C969">
-        <v>1.14199</v>
+        <v>1.0931</v>
       </c>
       <c r="D969">
-        <v>1.13134</v>
+        <v>1.08047</v>
       </c>
       <c r="E969">
-        <v>1.13256</v>
+        <v>1.08533</v>
       </c>
     </row>
     <row r="970" spans="1:5">
       <c r="A970" t="s">
         <v>957</v>
       </c>
       <c r="B970">
-        <v>1.1409</v>
+        <v>1.10652</v>
       </c>
       <c r="C970">
-        <v>1.1433</v>
+        <v>1.10666</v>
       </c>
       <c r="D970">
-        <v>1.13905</v>
+        <v>1.08841</v>
       </c>
       <c r="E970">
-        <v>1.14071</v>
+        <v>1.09331</v>
       </c>
     </row>
     <row r="971" spans="1:5">
       <c r="A971" t="s">
         <v>958</v>
       </c>
       <c r="B971">
-        <v>1.14533</v>
+        <v>1.11174</v>
       </c>
       <c r="C971">
-        <v>1.14814</v>
+        <v>1.11205</v>
       </c>
       <c r="D971">
-        <v>1.13971</v>
+        <v>1.10323</v>
       </c>
       <c r="E971">
-        <v>1.14134</v>
+        <v>1.10651</v>
       </c>
     </row>
     <row r="972" spans="1:5">
       <c r="A972" t="s">
         <v>959</v>
       </c>
       <c r="B972">
-        <v>1.14411</v>
+        <v>1.11226</v>
       </c>
       <c r="C972">
-        <v>1.14802</v>
+        <v>1.11423</v>
       </c>
       <c r="D972">
-        <v>1.14345</v>
+        <v>1.1056</v>
       </c>
       <c r="E972">
-        <v>1.14534</v>
+        <v>1.11175</v>
       </c>
     </row>
     <row r="973" spans="1:5">
       <c r="A973" t="s">
         <v>960</v>
       </c>
       <c r="B973">
-        <v>1.13658</v>
+        <v>1.12213</v>
       </c>
       <c r="C973">
-        <v>1.14513</v>
+        <v>1.12316</v>
       </c>
       <c r="D973">
-        <v>1.13533</v>
+        <v>1.10884</v>
       </c>
       <c r="E973">
-        <v>1.14407</v>
+        <v>1.11219</v>
       </c>
     </row>
     <row r="974" spans="1:5">
       <c r="A974" t="s">
         <v>961</v>
       </c>
       <c r="B974">
-        <v>1.13238</v>
+        <v>1.11653</v>
       </c>
       <c r="C974">
-        <v>1.13737</v>
+        <v>1.1245</v>
       </c>
       <c r="D974">
-        <v>1.13116</v>
+        <v>1.11408</v>
       </c>
       <c r="E974">
-        <v>1.13653</v>
+        <v>1.12169</v>
       </c>
     </row>
     <row r="975" spans="1:5">
       <c r="A975" t="s">
         <v>962</v>
       </c>
       <c r="B975">
-        <v>1.13497</v>
+        <v>1.11902</v>
       </c>
       <c r="C975">
-        <v>1.13568</v>
+        <v>1.127</v>
       </c>
       <c r="D975">
-        <v>1.12837</v>
+        <v>1.11646</v>
       </c>
       <c r="E975">
-        <v>1.13243</v>
+        <v>1.12643</v>
       </c>
     </row>
     <row r="976" spans="1:5">
       <c r="A976" t="s">
         <v>963</v>
       </c>
       <c r="B976">
-        <v>1.12964</v>
+        <v>1.13087</v>
       </c>
       <c r="C976">
-        <v>1.13634</v>
+        <v>1.13087</v>
       </c>
       <c r="D976">
-        <v>1.12887</v>
+        <v>1.11051</v>
       </c>
       <c r="E976">
-        <v>1.13597</v>
+        <v>1.11903</v>
       </c>
     </row>
     <row r="977" spans="1:5">
       <c r="A977" t="s">
         <v>964</v>
       </c>
       <c r="B977">
-        <v>1.13123</v>
+        <v>1.13247</v>
       </c>
       <c r="C977">
-        <v>1.13305</v>
+        <v>1.13576</v>
       </c>
       <c r="D977">
-        <v>1.12833</v>
+        <v>1.12999</v>
       </c>
       <c r="E977">
-        <v>1.12972</v>
+        <v>1.13035</v>
       </c>
     </row>
     <row r="978" spans="1:5">
       <c r="A978" t="s">
         <v>965</v>
       </c>
       <c r="B978">
-        <v>1.12848</v>
+        <v>1.13128</v>
       </c>
       <c r="C978">
-        <v>1.1345</v>
+        <v>1.13656</v>
       </c>
       <c r="D978">
-        <v>1.12757</v>
+        <v>1.12867</v>
       </c>
       <c r="E978">
-        <v>1.13125</v>
+        <v>1.13234</v>
       </c>
     </row>
     <row r="979" spans="1:5">
       <c r="A979" t="s">
         <v>966</v>
       </c>
       <c r="B979">
-        <v>1.12959</v>
+        <v>1.13119</v>
       </c>
       <c r="C979">
-        <v>1.13211</v>
+        <v>1.13891</v>
       </c>
       <c r="D979">
-        <v>1.12708</v>
+        <v>1.13054</v>
       </c>
       <c r="E979">
-        <v>1.12851</v>
+        <v>1.13088</v>
       </c>
     </row>
     <row r="980" spans="1:5">
       <c r="A980" t="s">
         <v>967</v>
       </c>
       <c r="B980">
-        <v>1.13703</v>
+        <v>1.13593</v>
       </c>
       <c r="C980">
-        <v>1.13738</v>
+        <v>1.13754</v>
       </c>
       <c r="D980">
-        <v>1.12784</v>
+        <v>1.13128</v>
       </c>
       <c r="E980">
-        <v>1.12966</v>
+        <v>1.1323</v>
       </c>
     </row>
     <row r="981" spans="1:5">
       <c r="A981" t="s">
         <v>968</v>
       </c>
       <c r="B981">
-        <v>1.13225</v>
+        <v>1.13715</v>
       </c>
       <c r="C981">
         <v>1.13847</v>
       </c>
       <c r="D981">
-        <v>1.13019</v>
+        <v>1.13219</v>
       </c>
       <c r="E981">
-        <v>1.13746</v>
+        <v>1.13589</v>
       </c>
     </row>
     <row r="982" spans="1:5">
       <c r="A982" t="s">
         <v>969</v>
       </c>
       <c r="B982">
-        <v>1.13477</v>
+        <v>1.13582</v>
       </c>
       <c r="C982">
-        <v>1.13584</v>
+        <v>1.13946</v>
       </c>
       <c r="D982">
-        <v>1.12971</v>
+        <v>1.13435</v>
       </c>
       <c r="E982">
-        <v>1.13242</v>
+        <v>1.13716</v>
       </c>
     </row>
     <row r="983" spans="1:5">
       <c r="A983" t="s">
         <v>970</v>
       </c>
       <c r="B983">
-        <v>1.13091</v>
+        <v>1.13051</v>
       </c>
       <c r="C983">
-        <v>1.13674</v>
+        <v>1.13669</v>
       </c>
       <c r="D983">
-        <v>1.12723</v>
+        <v>1.12989</v>
       </c>
       <c r="E983">
-        <v>1.1347</v>
+        <v>1.13575</v>
       </c>
     </row>
     <row r="984" spans="1:5">
       <c r="A984" t="s">
         <v>971</v>
       </c>
       <c r="B984">
-        <v>1.13277</v>
+        <v>1.13585</v>
       </c>
       <c r="C984">
-        <v>1.13318</v>
+        <v>1.13677</v>
       </c>
       <c r="D984">
-        <v>1.12881</v>
+        <v>1.12787</v>
       </c>
       <c r="E984">
-        <v>1.13095</v>
+        <v>1.1305</v>
       </c>
     </row>
     <row r="985" spans="1:5">
       <c r="A985" t="s">
         <v>972</v>
       </c>
       <c r="B985">
-        <v>1.13246</v>
+        <v>1.14261</v>
       </c>
       <c r="C985">
-        <v>1.1333</v>
+        <v>1.14288</v>
       </c>
       <c r="D985">
-        <v>1.13015</v>
+        <v>1.13284</v>
       </c>
       <c r="E985">
-        <v>1.1327</v>
+        <v>1.13415</v>
       </c>
     </row>
     <row r="986" spans="1:5">
       <c r="A986" t="s">
         <v>973</v>
       </c>
       <c r="B986">
-        <v>1.1326</v>
+        <v>1.14249</v>
       </c>
       <c r="C986">
-        <v>1.13421</v>
+        <v>1.14935</v>
       </c>
       <c r="D986">
-        <v>1.13027</v>
+        <v>1.13734</v>
       </c>
       <c r="E986">
-        <v>1.13184</v>
+        <v>1.14264</v>
       </c>
     </row>
     <row r="987" spans="1:5">
       <c r="A987" t="s">
         <v>974</v>
       </c>
       <c r="B987">
-        <v>1.1325</v>
+        <v>1.14135</v>
       </c>
       <c r="C987">
-        <v>1.13409</v>
+        <v>1.14464</v>
       </c>
       <c r="D987">
-        <v>1.12887</v>
+        <v>1.14012</v>
       </c>
       <c r="E987">
-        <v>1.13259</v>
+        <v>1.14251</v>
       </c>
     </row>
     <row r="988" spans="1:5">
       <c r="A988" t="s">
         <v>975</v>
       </c>
       <c r="B988">
-        <v>1.12861</v>
+        <v>1.14411</v>
       </c>
       <c r="C988">
-        <v>1.13374</v>
+        <v>1.14474</v>
       </c>
       <c r="D988">
-        <v>1.1263</v>
+        <v>1.13948</v>
       </c>
       <c r="E988">
-        <v>1.13251</v>
+        <v>1.14145</v>
       </c>
     </row>
     <row r="989" spans="1:5">
       <c r="A989" t="s">
         <v>976</v>
       </c>
       <c r="B989">
-        <v>1.12803</v>
+        <v>1.1452</v>
       </c>
       <c r="C989">
-        <v>1.13014</v>
+        <v>1.14574</v>
       </c>
       <c r="D989">
-        <v>1.12594</v>
+        <v>1.14137</v>
       </c>
       <c r="E989">
-        <v>1.12794</v>
+        <v>1.14404</v>
       </c>
     </row>
     <row r="990" spans="1:5">
       <c r="A990" t="s">
         <v>977</v>
       </c>
       <c r="B990">
-        <v>1.12383</v>
+        <v>1.14417</v>
       </c>
       <c r="C990">
-        <v>1.13024</v>
+        <v>1.14825</v>
       </c>
       <c r="D990">
-        <v>1.12351</v>
+        <v>1.14103</v>
       </c>
       <c r="E990">
-        <v>1.12787</v>
+        <v>1.14535</v>
       </c>
     </row>
     <row r="991" spans="1:5">
       <c r="A991" t="s">
         <v>978</v>
       </c>
       <c r="B991">
-        <v>1.13289</v>
+        <v>1.13031</v>
       </c>
       <c r="C991">
-        <v>1.13476</v>
+        <v>1.14501</v>
       </c>
       <c r="D991">
-        <v>1.2353</v>
+        <v>1.12658</v>
       </c>
       <c r="E991">
-        <v>1.12354</v>
+        <v>1.14383</v>
       </c>
     </row>
     <row r="992" spans="1:5">
       <c r="A992" t="s">
         <v>979</v>
       </c>
       <c r="B992">
-        <v>1.12862</v>
+        <v>1.12687</v>
       </c>
       <c r="C992">
-        <v>1.1359</v>
+        <v>1.13288</v>
       </c>
       <c r="D992">
-        <v>1.12799</v>
+        <v>1.12653</v>
       </c>
       <c r="E992">
-        <v>1.1329</v>
+        <v>1.13028</v>
       </c>
     </row>
     <row r="993" spans="1:5">
       <c r="A993" t="s">
         <v>980</v>
       </c>
       <c r="B993">
-        <v>1.12575</v>
+        <v>1.12346</v>
       </c>
       <c r="C993">
-        <v>1.12977</v>
+        <v>1.12773</v>
       </c>
       <c r="D993">
-        <v>1.12204</v>
+        <v>1.12196</v>
       </c>
       <c r="E993">
-        <v>1.12863</v>
+        <v>1.12701</v>
       </c>
     </row>
     <row r="994" spans="1:5">
       <c r="A994" t="s">
         <v>981</v>
       </c>
       <c r="B994">
-        <v>1.1283</v>
+        <v>1.11443</v>
       </c>
       <c r="C994">
-        <v>1.13224</v>
+        <v>1.12464</v>
       </c>
       <c r="D994">
-        <v>1.12523</v>
+        <v>1.11427</v>
       </c>
       <c r="E994">
-        <v>1.12576</v>
+        <v>1.12345</v>
       </c>
     </row>
     <row r="995" spans="1:5">
       <c r="A995" t="s">
         <v>982</v>
       </c>
       <c r="B995">
-        <v>1.13176</v>
+        <v>1.11446</v>
       </c>
       <c r="C995">
-        <v>1.1318</v>
+        <v>1.11722</v>
       </c>
       <c r="D995">
-        <v>1.12587</v>
+        <v>1.112</v>
       </c>
       <c r="E995">
-        <v>1.12839</v>
+        <v>1.11483</v>
       </c>
     </row>
     <row r="996" spans="1:5">
       <c r="A996" t="s">
         <v>983</v>
       </c>
       <c r="B996">
-        <v>1.12918</v>
+        <v>1.1239</v>
       </c>
       <c r="C996">
-        <v>1.13226</v>
+        <v>1.1242</v>
       </c>
       <c r="D996">
-        <v>1.12638</v>
+        <v>1.113</v>
       </c>
       <c r="E996">
-        <v>1.13163</v>
+        <v>1.11438</v>
       </c>
     </row>
     <row r="997" spans="1:5">
       <c r="A997" t="s">
         <v>984</v>
       </c>
       <c r="B997">
-        <v>1.13425</v>
+        <v>1.13002</v>
       </c>
       <c r="C997">
-        <v>1.13452</v>
+        <v>1.13094</v>
       </c>
       <c r="D997">
-        <v>1.12771</v>
+        <v>1.12341</v>
       </c>
       <c r="E997">
-        <v>1.12917</v>
+        <v>1.12386</v>
       </c>
     </row>
     <row r="998" spans="1:5">
       <c r="A998" t="s">
         <v>985</v>
       </c>
       <c r="B998">
-        <v>1.12679</v>
+        <v>1.13263</v>
       </c>
       <c r="C998">
-        <v>1.13534</v>
+        <v>1.13278</v>
       </c>
       <c r="D998">
-        <v>1.12652</v>
+        <v>1.12618</v>
       </c>
       <c r="E998">
-        <v>1.13411</v>
+        <v>1.13001</v>
       </c>
     </row>
     <row r="999" spans="1:5">
       <c r="A999" t="s">
         <v>986</v>
       </c>
       <c r="B999">
-        <v>1.12845</v>
+        <v>1.13402</v>
       </c>
       <c r="C999">
-        <v>1.12971</v>
+        <v>1.13412</v>
       </c>
       <c r="D999">
-        <v>1.12262</v>
+        <v>1.12891</v>
       </c>
       <c r="E999">
-        <v>1.12688</v>
+        <v>1.13277</v>
       </c>
     </row>
     <row r="1000" spans="1:5">
       <c r="A1000" t="s">
         <v>987</v>
       </c>
       <c r="B1000">
-        <v>1.13056</v>
+        <v>1.13109</v>
       </c>
       <c r="C1000">
-        <v>1.13087</v>
+        <v>1.13584</v>
       </c>
       <c r="D1000">
-        <v>1.12652</v>
+        <v>1.12995</v>
       </c>
       <c r="E1000">
-        <v>1.12846</v>
+        <v>1.13405</v>
       </c>
     </row>
     <row r="1001" spans="1:5">
       <c r="A1001" t="s">
         <v>988</v>
       </c>
       <c r="B1001">
-        <v>1.13001</v>
+        <v>1.13414</v>
       </c>
       <c r="C1001">
-        <v>1.1332</v>
+        <v>1.13676</v>
       </c>
       <c r="D1001">
-        <v>1.12653</v>
+        <v>1.13018</v>
       </c>
       <c r="E1001">
-        <v>1.13078</v>
+        <v>1.13104</v>
       </c>
     </row>
     <row r="1002" spans="1:5">
       <c r="A1002" t="s">
         <v>989</v>
       </c>
       <c r="B1002">
-        <v>1.13179</v>
+        <v>1.13221</v>
       </c>
       <c r="C1002">
-        <v>1.13464</v>
+        <v>1.13557</v>
       </c>
       <c r="D1002">
-        <v>1.1294</v>
+        <v>1.13175</v>
       </c>
       <c r="E1002">
-        <v>1.13</v>
+        <v>1.13413</v>
       </c>
     </row>
     <row r="1003" spans="1:5">
       <c r="A1003" t="s">
         <v>990</v>
       </c>
       <c r="B1003">
-        <v>1.1336</v>
+        <v>1.14093</v>
       </c>
       <c r="C1003">
-        <v>1.13582</v>
+        <v>1.14199</v>
       </c>
       <c r="D1003">
-        <v>1.13012</v>
+        <v>1.13134</v>
       </c>
       <c r="E1003">
-        <v>1.1318</v>
+        <v>1.13256</v>
       </c>
     </row>
     <row r="1004" spans="1:5">
       <c r="A1004" t="s">
         <v>991</v>
       </c>
       <c r="B1004">
-        <v>1.1291</v>
+        <v>1.1409</v>
       </c>
       <c r="C1004">
-        <v>1.13815</v>
+        <v>1.1433</v>
       </c>
       <c r="D1004">
-        <v>1.12339</v>
+        <v>1.13905</v>
       </c>
       <c r="E1004">
-        <v>1.13362</v>
+        <v>1.14071</v>
       </c>
     </row>
     <row r="1005" spans="1:5">
       <c r="A1005" t="s">
         <v>992</v>
       </c>
       <c r="B1005">
-        <v>1.12879</v>
+        <v>1.14533</v>
       </c>
       <c r="C1005">
-        <v>1.12957</v>
+        <v>1.14814</v>
       </c>
       <c r="D1005">
-        <v>1.1257</v>
+        <v>1.13971</v>
       </c>
       <c r="E1005">
-        <v>1.12903</v>
+        <v>1.14134</v>
       </c>
     </row>
     <row r="1006" spans="1:5">
       <c r="A1006" t="s">
         <v>993</v>
       </c>
       <c r="B1006">
-        <v>1.12065</v>
+        <v>1.14411</v>
       </c>
       <c r="C1006">
-        <v>1.13216</v>
+        <v>1.14802</v>
       </c>
       <c r="D1006">
-        <v>1.12032</v>
+        <v>1.14345</v>
       </c>
       <c r="E1006">
-        <v>1.13211</v>
+        <v>1.14534</v>
       </c>
     </row>
     <row r="1007" spans="1:5">
       <c r="A1007" t="s">
         <v>994</v>
       </c>
       <c r="B1007">
-        <v>1.11974</v>
+        <v>1.13658</v>
       </c>
       <c r="C1007">
-        <v>1.12284</v>
+        <v>1.14513</v>
       </c>
       <c r="D1007">
-        <v>1.11951</v>
+        <v>1.13533</v>
       </c>
       <c r="E1007">
-        <v>1.12066</v>
+        <v>1.14407</v>
       </c>
     </row>
     <row r="1008" spans="1:5">
       <c r="A1008" t="s">
         <v>995</v>
       </c>
       <c r="B1008">
-        <v>1.1247</v>
+        <v>1.13238</v>
       </c>
       <c r="C1008">
-        <v>1.12538</v>
+        <v>1.13737</v>
       </c>
       <c r="D1008">
-        <v>1.11847</v>
+        <v>1.13116</v>
       </c>
       <c r="E1008">
-        <v>1.11976</v>
+        <v>1.13653</v>
       </c>
     </row>
     <row r="1009" spans="1:5">
       <c r="A1009" t="s">
         <v>996</v>
       </c>
       <c r="B1009">
-        <v>1.12338</v>
+        <v>1.13497</v>
       </c>
       <c r="C1009">
-        <v>1.12737</v>
+        <v>1.13568</v>
       </c>
       <c r="D1009">
-        <v>1.12246</v>
+        <v>1.12837</v>
       </c>
       <c r="E1009">
-        <v>1.12471</v>
+        <v>1.13243</v>
       </c>
     </row>
     <row r="1010" spans="1:5">
       <c r="A1010" t="s">
         <v>997</v>
       </c>
       <c r="B1010">
-        <v>1.12715</v>
+        <v>1.12964</v>
       </c>
       <c r="C1010">
-        <v>1.1289</v>
+        <v>1.13634</v>
       </c>
       <c r="D1010">
-        <v>1.12293</v>
+        <v>1.12887</v>
       </c>
       <c r="E1010">
-        <v>1.12332</v>
+        <v>1.13597</v>
       </c>
     </row>
     <row r="1011" spans="1:5">
       <c r="A1011" t="s">
         <v>998</v>
       </c>
       <c r="B1011">
-        <v>1.13671</v>
+        <v>1.13123</v>
       </c>
       <c r="C1011">
-        <v>1.13714</v>
+        <v>1.13305</v>
       </c>
       <c r="D1011">
-        <v>1.12487</v>
+        <v>1.12833</v>
       </c>
       <c r="E1011">
-        <v>1.12872</v>
+        <v>1.12972</v>
       </c>
     </row>
     <row r="1012" spans="1:5">
       <c r="A1012" t="s">
         <v>999</v>
       </c>
       <c r="B1012">
-        <v>1.13168</v>
+        <v>1.12848</v>
       </c>
       <c r="C1012">
-        <v>1.13728</v>
+        <v>1.1345</v>
       </c>
       <c r="D1012">
-        <v>1.13124</v>
+        <v>1.12757</v>
       </c>
       <c r="E1012">
-        <v>1.13697</v>
+        <v>1.13125</v>
       </c>
     </row>
     <row r="1013" spans="1:5">
       <c r="A1013" t="s">
         <v>1000</v>
       </c>
       <c r="B1013">
-        <v>1.13177</v>
+        <v>1.12959</v>
       </c>
       <c r="C1013">
-        <v>1.13308</v>
+        <v>1.13211</v>
       </c>
       <c r="D1013">
-        <v>1.12623</v>
+        <v>1.12708</v>
       </c>
       <c r="E1013">
-        <v>1.13169</v>
+        <v>1.12851</v>
       </c>
     </row>
     <row r="1014" spans="1:5">
       <c r="A1014" t="s">
         <v>1001</v>
       </c>
       <c r="B1014">
-        <v>1.13664</v>
+        <v>1.13703</v>
       </c>
       <c r="C1014">
-        <v>1.13844</v>
+        <v>1.13738</v>
       </c>
       <c r="D1014">
-        <v>1.13077</v>
+        <v>1.12784</v>
       </c>
       <c r="E1014">
-        <v>1.13174</v>
+        <v>1.12966</v>
       </c>
     </row>
     <row r="1015" spans="1:5">
       <c r="A1015" t="s">
         <v>1002</v>
       </c>
       <c r="B1015">
-        <v>1.1441</v>
+        <v>1.13225</v>
       </c>
       <c r="C1015">
-        <v>1.14625</v>
+        <v>1.13847</v>
       </c>
       <c r="D1015">
-        <v>1.14398</v>
+        <v>1.13019</v>
       </c>
       <c r="E1015">
-        <v>1.1456</v>
+        <v>1.13746</v>
       </c>
     </row>
     <row r="1016" spans="1:5">
       <c r="A1016" t="s">
         <v>1003</v>
       </c>
       <c r="B1016">
-        <v>1.14468</v>
+        <v>1.13477</v>
       </c>
       <c r="C1016">
-        <v>1.14608</v>
+        <v>1.13584</v>
       </c>
       <c r="D1016">
-        <v>1.14315</v>
+        <v>1.12971</v>
       </c>
       <c r="E1016">
-        <v>1.14449</v>
+        <v>1.13242</v>
       </c>
     </row>
     <row r="1017" spans="1:5">
       <c r="A1017" t="s">
         <v>1004</v>
       </c>
       <c r="B1017">
-        <v>1.14787</v>
+        <v>1.13091</v>
       </c>
       <c r="C1017">
-        <v>1.14863</v>
+        <v>1.13674</v>
       </c>
       <c r="D1017">
-        <v>1.14416</v>
+        <v>1.12723</v>
       </c>
       <c r="E1017">
-        <v>1.14469</v>
+        <v>1.1347</v>
       </c>
     </row>
     <row r="1018" spans="1:5">
       <c r="A1018" t="s">
         <v>1005</v>
       </c>
       <c r="B1018">
-        <v>1.15929</v>
+        <v>1.13277</v>
       </c>
       <c r="C1018">
-        <v>1.15946</v>
+        <v>1.13318</v>
       </c>
       <c r="D1018">
-        <v>1.14747</v>
+        <v>1.12881</v>
       </c>
       <c r="E1018">
-        <v>1.14788</v>
+        <v>1.13095</v>
       </c>
     </row>
     <row r="1019" spans="1:5">
       <c r="A1019" t="s">
         <v>1006</v>
       </c>
       <c r="B1019">
-        <v>1.15875</v>
+        <v>1.13246</v>
       </c>
       <c r="C1019">
-        <v>1.6073</v>
+        <v>1.1333</v>
       </c>
       <c r="D1019">
-        <v>1.15686</v>
+        <v>1.13015</v>
       </c>
       <c r="E1019">
-        <v>1.1593</v>
+        <v>1.1327</v>
       </c>
     </row>
     <row r="1020" spans="1:5">
       <c r="A1020" t="s">
         <v>1007</v>
       </c>
       <c r="B1020">
-        <v>1.15638</v>
+        <v>1.1326</v>
       </c>
       <c r="C1020">
-        <v>1.15935</v>
+        <v>1.13421</v>
       </c>
       <c r="D1020">
-        <v>1.15492</v>
+        <v>1.13027</v>
       </c>
       <c r="E1020">
-        <v>1.15878</v>
+        <v>1.13184</v>
       </c>
     </row>
     <row r="1021" spans="1:5">
       <c r="A1021" t="s">
         <v>1008</v>
       </c>
       <c r="B1021">
-        <v>1.15519</v>
+        <v>1.1325</v>
       </c>
       <c r="C1021">
-        <v>1.15719</v>
+        <v>1.13409</v>
       </c>
       <c r="D1021">
-        <v>1.15119</v>
+        <v>1.12887</v>
       </c>
       <c r="E1021">
-        <v>1.15665</v>
+        <v>1.13259</v>
       </c>
     </row>
     <row r="1022" spans="1:5">
       <c r="A1022" t="s">
         <v>1009</v>
       </c>
       <c r="B1022">
-        <v>1.16124</v>
+        <v>1.12861</v>
       </c>
       <c r="C1022">
-        <v>1.16151</v>
+        <v>1.13374</v>
       </c>
       <c r="D1022">
-        <v>1.1527</v>
+        <v>1.1263</v>
       </c>
       <c r="E1022">
-        <v>1.15527</v>
+        <v>1.13251</v>
       </c>
     </row>
     <row r="1023" spans="1:5">
       <c r="A1023" t="s">
         <v>1010</v>
       </c>
       <c r="B1023">
-        <v>1.1577</v>
+        <v>1.12803</v>
       </c>
       <c r="C1023">
-        <v>1.16155</v>
+        <v>1.13014</v>
       </c>
       <c r="D1023">
-        <v>1.1561</v>
+        <v>1.12594</v>
       </c>
       <c r="E1023">
-        <v>1.16123</v>
+        <v>1.12794</v>
       </c>
     </row>
     <row r="1024" spans="1:5">
       <c r="A1024" t="s">
         <v>1011</v>
       </c>
       <c r="B1024">
-        <v>1.16049</v>
+        <v>1.12383</v>
       </c>
       <c r="C1024">
-        <v>1.1612</v>
+        <v>1.13024</v>
       </c>
       <c r="D1024">
-        <v>1.15738</v>
+        <v>1.12351</v>
       </c>
       <c r="E1024">
-        <v>1.15772</v>
+        <v>1.12787</v>
       </c>
     </row>
     <row r="1025" spans="1:5">
       <c r="A1025" t="s">
         <v>1012</v>
       </c>
       <c r="B1025">
-        <v>1.15599</v>
+        <v>1.13289</v>
       </c>
       <c r="C1025">
-        <v>1.16078</v>
+        <v>1.13476</v>
       </c>
       <c r="D1025">
-        <v>1.15446</v>
+        <v>1.2353</v>
       </c>
       <c r="E1025">
-        <v>1.16045</v>
+        <v>1.12354</v>
       </c>
     </row>
     <row r="1026" spans="1:5">
       <c r="A1026" t="s">
         <v>1013</v>
       </c>
       <c r="B1026">
-        <v>1.16789</v>
+        <v>1.12862</v>
       </c>
       <c r="C1026">
-        <v>1.16886</v>
+        <v>1.1359</v>
       </c>
       <c r="D1026">
-        <v>1.15337</v>
+        <v>1.12799</v>
       </c>
       <c r="E1026">
-        <v>1.15604</v>
+        <v>1.1329</v>
       </c>
     </row>
     <row r="1027" spans="1:5">
       <c r="A1027" t="s">
         <v>1014</v>
       </c>
       <c r="B1027">
-        <v>1.15993</v>
+        <v>1.12575</v>
       </c>
       <c r="C1027">
-        <v>1.16907</v>
+        <v>1.12977</v>
       </c>
       <c r="D1027">
-        <v>1.15809</v>
+        <v>1.12204</v>
       </c>
       <c r="E1027">
-        <v>1.16791</v>
+        <v>1.12863</v>
       </c>
     </row>
     <row r="1028" spans="1:5">
       <c r="A1028" t="s">
         <v>1015</v>
       </c>
       <c r="B1028">
-        <v>1.15911</v>
+        <v>1.1283</v>
       </c>
       <c r="C1028">
-        <v>1.16245</v>
+        <v>1.13224</v>
       </c>
       <c r="D1028">
-        <v>1.15835</v>
+        <v>1.12523</v>
       </c>
       <c r="E1028">
-        <v>1.15995</v>
+        <v>1.12576</v>
       </c>
     </row>
     <row r="1029" spans="1:5">
       <c r="A1029" t="s">
         <v>1016</v>
       </c>
       <c r="B1029">
-        <v>1.1609</v>
+        <v>1.13176</v>
       </c>
       <c r="C1029">
-        <v>1.16243</v>
+        <v>1.1318</v>
       </c>
       <c r="D1029">
-        <v>1.15835</v>
+        <v>1.12587</v>
       </c>
       <c r="E1029">
-        <v>1.15902</v>
+        <v>1.12839</v>
       </c>
     </row>
     <row r="1030" spans="1:5">
       <c r="A1030" t="s">
         <v>1017</v>
       </c>
       <c r="B1030">
+        <v>1.12918</v>
+      </c>
+      <c r="C1030">
+        <v>1.13226</v>
+      </c>
+      <c r="D1030">
+        <v>1.12638</v>
+      </c>
+      <c r="E1030">
+        <v>1.13163</v>
+      </c>
+    </row>
+    <row r="1031" spans="1:5">
+      <c r="A1031" t="s">
+        <v>1018</v>
+      </c>
+      <c r="B1031">
+        <v>1.13425</v>
+      </c>
+      <c r="C1031">
+        <v>1.13452</v>
+      </c>
+      <c r="D1031">
+        <v>1.12771</v>
+      </c>
+      <c r="E1031">
+        <v>1.12917</v>
+      </c>
+    </row>
+    <row r="1032" spans="1:5">
+      <c r="A1032" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B1032">
+        <v>1.12679</v>
+      </c>
+      <c r="C1032">
+        <v>1.13534</v>
+      </c>
+      <c r="D1032">
+        <v>1.12652</v>
+      </c>
+      <c r="E1032">
+        <v>1.13411</v>
+      </c>
+    </row>
+    <row r="1033" spans="1:5">
+      <c r="A1033" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B1033">
+        <v>1.12845</v>
+      </c>
+      <c r="C1033">
+        <v>1.12971</v>
+      </c>
+      <c r="D1033">
+        <v>1.12262</v>
+      </c>
+      <c r="E1033">
+        <v>1.12688</v>
+      </c>
+    </row>
+    <row r="1034" spans="1:5">
+      <c r="A1034" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B1034">
+        <v>1.13056</v>
+      </c>
+      <c r="C1034">
+        <v>1.13087</v>
+      </c>
+      <c r="D1034">
+        <v>1.12652</v>
+      </c>
+      <c r="E1034">
+        <v>1.12846</v>
+      </c>
+    </row>
+    <row r="1035" spans="1:5">
+      <c r="A1035" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B1035">
+        <v>1.13001</v>
+      </c>
+      <c r="C1035">
+        <v>1.1332</v>
+      </c>
+      <c r="D1035">
+        <v>1.12653</v>
+      </c>
+      <c r="E1035">
+        <v>1.13078</v>
+      </c>
+    </row>
+    <row r="1036" spans="1:5">
+      <c r="A1036" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B1036">
+        <v>1.13179</v>
+      </c>
+      <c r="C1036">
+        <v>1.13464</v>
+      </c>
+      <c r="D1036">
+        <v>1.1294</v>
+      </c>
+      <c r="E1036">
+        <v>1.13</v>
+      </c>
+    </row>
+    <row r="1037" spans="1:5">
+      <c r="A1037" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B1037">
+        <v>1.1336</v>
+      </c>
+      <c r="C1037">
+        <v>1.13582</v>
+      </c>
+      <c r="D1037">
+        <v>1.13012</v>
+      </c>
+      <c r="E1037">
+        <v>1.1318</v>
+      </c>
+    </row>
+    <row r="1038" spans="1:5">
+      <c r="A1038" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B1038">
+        <v>1.1291</v>
+      </c>
+      <c r="C1038">
+        <v>1.13815</v>
+      </c>
+      <c r="D1038">
+        <v>1.12339</v>
+      </c>
+      <c r="E1038">
+        <v>1.13362</v>
+      </c>
+    </row>
+    <row r="1039" spans="1:5">
+      <c r="A1039" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B1039">
+        <v>1.12879</v>
+      </c>
+      <c r="C1039">
+        <v>1.12957</v>
+      </c>
+      <c r="D1039">
+        <v>1.1257</v>
+      </c>
+      <c r="E1039">
+        <v>1.12903</v>
+      </c>
+    </row>
+    <row r="1040" spans="1:5">
+      <c r="A1040" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B1040">
+        <v>1.12065</v>
+      </c>
+      <c r="C1040">
+        <v>1.13216</v>
+      </c>
+      <c r="D1040">
+        <v>1.12032</v>
+      </c>
+      <c r="E1040">
+        <v>1.13211</v>
+      </c>
+    </row>
+    <row r="1041" spans="1:5">
+      <c r="A1041" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B1041">
+        <v>1.11974</v>
+      </c>
+      <c r="C1041">
+        <v>1.12284</v>
+      </c>
+      <c r="D1041">
+        <v>1.11951</v>
+      </c>
+      <c r="E1041">
+        <v>1.12066</v>
+      </c>
+    </row>
+    <row r="1042" spans="1:5">
+      <c r="A1042" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B1042">
+        <v>1.1247</v>
+      </c>
+      <c r="C1042">
+        <v>1.12538</v>
+      </c>
+      <c r="D1042">
+        <v>1.11847</v>
+      </c>
+      <c r="E1042">
+        <v>1.11976</v>
+      </c>
+    </row>
+    <row r="1043" spans="1:5">
+      <c r="A1043" t="s">
+        <v>1030</v>
+      </c>
+      <c r="B1043">
+        <v>1.12338</v>
+      </c>
+      <c r="C1043">
+        <v>1.12737</v>
+      </c>
+      <c r="D1043">
+        <v>1.12246</v>
+      </c>
+      <c r="E1043">
+        <v>1.12471</v>
+      </c>
+    </row>
+    <row r="1044" spans="1:5">
+      <c r="A1044" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B1044">
+        <v>1.12715</v>
+      </c>
+      <c r="C1044">
+        <v>1.1289</v>
+      </c>
+      <c r="D1044">
+        <v>1.12293</v>
+      </c>
+      <c r="E1044">
+        <v>1.12332</v>
+      </c>
+    </row>
+    <row r="1045" spans="1:5">
+      <c r="A1045" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B1045">
+        <v>1.13671</v>
+      </c>
+      <c r="C1045">
+        <v>1.13714</v>
+      </c>
+      <c r="D1045">
+        <v>1.12487</v>
+      </c>
+      <c r="E1045">
+        <v>1.12872</v>
+      </c>
+    </row>
+    <row r="1046" spans="1:5">
+      <c r="A1046" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B1046">
+        <v>1.13168</v>
+      </c>
+      <c r="C1046">
+        <v>1.13728</v>
+      </c>
+      <c r="D1046">
+        <v>1.13124</v>
+      </c>
+      <c r="E1046">
+        <v>1.13697</v>
+      </c>
+    </row>
+    <row r="1047" spans="1:5">
+      <c r="A1047" t="s">
+        <v>1034</v>
+      </c>
+      <c r="B1047">
+        <v>1.13177</v>
+      </c>
+      <c r="C1047">
+        <v>1.13308</v>
+      </c>
+      <c r="D1047">
+        <v>1.12623</v>
+      </c>
+      <c r="E1047">
+        <v>1.13169</v>
+      </c>
+    </row>
+    <row r="1048" spans="1:5">
+      <c r="A1048" t="s">
+        <v>1035</v>
+      </c>
+      <c r="B1048">
+        <v>1.13664</v>
+      </c>
+      <c r="C1048">
+        <v>1.13844</v>
+      </c>
+      <c r="D1048">
+        <v>1.13077</v>
+      </c>
+      <c r="E1048">
+        <v>1.13174</v>
+      </c>
+    </row>
+    <row r="1049" spans="1:5">
+      <c r="A1049" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B1049">
+        <v>1.1441</v>
+      </c>
+      <c r="C1049">
+        <v>1.14625</v>
+      </c>
+      <c r="D1049">
+        <v>1.14398</v>
+      </c>
+      <c r="E1049">
+        <v>1.1456</v>
+      </c>
+    </row>
+    <row r="1050" spans="1:5">
+      <c r="A1050" t="s">
+        <v>1037</v>
+      </c>
+      <c r="B1050">
+        <v>1.14468</v>
+      </c>
+      <c r="C1050">
+        <v>1.14608</v>
+      </c>
+      <c r="D1050">
+        <v>1.14315</v>
+      </c>
+      <c r="E1050">
+        <v>1.14449</v>
+      </c>
+    </row>
+    <row r="1051" spans="1:5">
+      <c r="A1051" t="s">
+        <v>1038</v>
+      </c>
+      <c r="B1051">
+        <v>1.14787</v>
+      </c>
+      <c r="C1051">
+        <v>1.14863</v>
+      </c>
+      <c r="D1051">
+        <v>1.14416</v>
+      </c>
+      <c r="E1051">
+        <v>1.14469</v>
+      </c>
+    </row>
+    <row r="1052" spans="1:5">
+      <c r="A1052" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B1052">
+        <v>1.15929</v>
+      </c>
+      <c r="C1052">
+        <v>1.15946</v>
+      </c>
+      <c r="D1052">
+        <v>1.14747</v>
+      </c>
+      <c r="E1052">
+        <v>1.14788</v>
+      </c>
+    </row>
+    <row r="1053" spans="1:5">
+      <c r="A1053" t="s">
+        <v>1040</v>
+      </c>
+      <c r="B1053">
+        <v>1.15875</v>
+      </c>
+      <c r="C1053">
+        <v>1.6073</v>
+      </c>
+      <c r="D1053">
+        <v>1.15686</v>
+      </c>
+      <c r="E1053">
+        <v>1.1593</v>
+      </c>
+    </row>
+    <row r="1054" spans="1:5">
+      <c r="A1054" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B1054">
+        <v>1.15638</v>
+      </c>
+      <c r="C1054">
+        <v>1.15935</v>
+      </c>
+      <c r="D1054">
+        <v>1.15492</v>
+      </c>
+      <c r="E1054">
+        <v>1.15878</v>
+      </c>
+    </row>
+    <row r="1055" spans="1:5">
+      <c r="A1055" t="s">
+        <v>1042</v>
+      </c>
+      <c r="B1055">
+        <v>1.15519</v>
+      </c>
+      <c r="C1055">
+        <v>1.15719</v>
+      </c>
+      <c r="D1055">
+        <v>1.15119</v>
+      </c>
+      <c r="E1055">
+        <v>1.15665</v>
+      </c>
+    </row>
+    <row r="1056" spans="1:5">
+      <c r="A1056" t="s">
+        <v>1043</v>
+      </c>
+      <c r="B1056">
+        <v>1.16124</v>
+      </c>
+      <c r="C1056">
+        <v>1.16151</v>
+      </c>
+      <c r="D1056">
+        <v>1.1527</v>
+      </c>
+      <c r="E1056">
+        <v>1.15527</v>
+      </c>
+    </row>
+    <row r="1057" spans="1:5">
+      <c r="A1057" t="s">
+        <v>1044</v>
+      </c>
+      <c r="B1057">
+        <v>1.1577</v>
+      </c>
+      <c r="C1057">
+        <v>1.16155</v>
+      </c>
+      <c r="D1057">
+        <v>1.1561</v>
+      </c>
+      <c r="E1057">
+        <v>1.16123</v>
+      </c>
+    </row>
+    <row r="1058" spans="1:5">
+      <c r="A1058" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B1058">
+        <v>1.16049</v>
+      </c>
+      <c r="C1058">
+        <v>1.1612</v>
+      </c>
+      <c r="D1058">
+        <v>1.15738</v>
+      </c>
+      <c r="E1058">
+        <v>1.15772</v>
+      </c>
+    </row>
+    <row r="1059" spans="1:5">
+      <c r="A1059" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B1059">
+        <v>1.15599</v>
+      </c>
+      <c r="C1059">
+        <v>1.16078</v>
+      </c>
+      <c r="D1059">
+        <v>1.15446</v>
+      </c>
+      <c r="E1059">
+        <v>1.16045</v>
+      </c>
+    </row>
+    <row r="1060" spans="1:5">
+      <c r="A1060" t="s">
+        <v>1047</v>
+      </c>
+      <c r="B1060">
+        <v>1.16789</v>
+      </c>
+      <c r="C1060">
+        <v>1.16886</v>
+      </c>
+      <c r="D1060">
+        <v>1.15337</v>
+      </c>
+      <c r="E1060">
+        <v>1.15604</v>
+      </c>
+    </row>
+    <row r="1061" spans="1:5">
+      <c r="A1061" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B1061">
+        <v>1.15993</v>
+      </c>
+      <c r="C1061">
+        <v>1.16907</v>
+      </c>
+      <c r="D1061">
+        <v>1.15809</v>
+      </c>
+      <c r="E1061">
+        <v>1.16791</v>
+      </c>
+    </row>
+    <row r="1062" spans="1:5">
+      <c r="A1062" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B1062">
+        <v>1.15911</v>
+      </c>
+      <c r="C1062">
+        <v>1.16245</v>
+      </c>
+      <c r="D1062">
+        <v>1.15835</v>
+      </c>
+      <c r="E1062">
+        <v>1.15995</v>
+      </c>
+    </row>
+    <row r="1063" spans="1:5">
+      <c r="A1063" t="s">
+        <v>1050</v>
+      </c>
+      <c r="B1063">
+        <v>1.1609</v>
+      </c>
+      <c r="C1063">
+        <v>1.16243</v>
+      </c>
+      <c r="D1063">
+        <v>1.15835</v>
+      </c>
+      <c r="E1063">
+        <v>1.15902</v>
+      </c>
+    </row>
+    <row r="1064" spans="1:5">
+      <c r="A1064" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B1064">
         <v>1.16369</v>
       </c>
-      <c r="C1030">
+      <c r="C1064">
         <v>1.16636</v>
       </c>
-      <c r="D1030">
+      <c r="D1064">
         <v>1.15893</v>
       </c>
-      <c r="E1030">
+      <c r="E1064">
         <v>1.16087</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A4:E4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Historical Price05-12-2025 08</vt:lpstr>
+      <vt:lpstr>Historical Price29-01-2026 10</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>PT. Midtou Aryacom Futures</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Office 2007 XLSX Historical Price Document</dc:title>
   <dc:description>Historical Price Document for Office 2007 XLSX, generated using PHP classes.</dc:description>
   <dc:subject>Office 2007 XLSX Historical Price Document</dc:subject>
   <cp:keywords>office 2007 openxml php</cp:keywords>
   <cp:category>Test result file</cp:category>
 </cp:coreProperties>
 </file>