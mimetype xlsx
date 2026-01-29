--- v1 (2026-01-29)
+++ v2 (2026-01-29)
@@ -6,51 +6,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Historical Price29-01-2026 10" sheetId="1" r:id="rId4"/>
+    <sheet name="Historical Price29-01-2026 11" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1052">
   <si>
     <t>EURUSD</t>
   </si>
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>OPEN</t>
   </si>
   <si>
     <t>HIGH</t>
   </si>
   <si>
     <t>LOW</t>
   </si>
   <si>
     <t>CLOSE</t>
@@ -21665,50 +21665,50 @@
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Historical Price29-01-2026 10</vt:lpstr>
+      <vt:lpstr>Historical Price29-01-2026 11</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>PT. Midtou Aryacom Futures</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Office 2007 XLSX Historical Price Document</dc:title>
   <dc:description>Historical Price Document for Office 2007 XLSX, generated using PHP classes.</dc:description>
   <dc:subject>Office 2007 XLSX Historical Price Document</dc:subject>
   <cp:keywords>office 2007 openxml php</cp:keywords>
   <cp:category>Test result file</cp:category>
 </cp:coreProperties>
 </file>