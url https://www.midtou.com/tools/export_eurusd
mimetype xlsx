--- v2 (2026-01-29)
+++ v3 (2026-03-15)
@@ -6,76 +6,154 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Historical Price29-01-2026 11" sheetId="1" r:id="rId4"/>
+    <sheet name="Historical Price15-03-2026 15" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1052">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1078">
   <si>
     <t>EURUSD</t>
   </si>
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>OPEN</t>
   </si>
   <si>
     <t>HIGH</t>
   </si>
   <si>
     <t>LOW</t>
   </si>
   <si>
     <t>CLOSE</t>
+  </si>
+  <si>
+    <t>2026-03-02</t>
+  </si>
+  <si>
+    <t>2026-02-27</t>
+  </si>
+  <si>
+    <t>2026-02-26</t>
+  </si>
+  <si>
+    <t>2026-02-25</t>
+  </si>
+  <si>
+    <t>2026-02-24</t>
+  </si>
+  <si>
+    <t>2026-02-23</t>
+  </si>
+  <si>
+    <t>2026-02-20</t>
+  </si>
+  <si>
+    <t>2026-02-19</t>
+  </si>
+  <si>
+    <t>2026-02-18</t>
+  </si>
+  <si>
+    <t>2026-02-17</t>
+  </si>
+  <si>
+    <t>2026-02-16</t>
+  </si>
+  <si>
+    <t>2026-02-13</t>
+  </si>
+  <si>
+    <t>2026-02-12</t>
+  </si>
+  <si>
+    <t>2026-02-11</t>
+  </si>
+  <si>
+    <t>2026-02-10</t>
+  </si>
+  <si>
+    <t>2026-02-09</t>
+  </si>
+  <si>
+    <t>2026-02-06</t>
+  </si>
+  <si>
+    <t>2026-02-05</t>
+  </si>
+  <si>
+    <t>2026-02-04</t>
+  </si>
+  <si>
+    <t>2026-02-03</t>
+  </si>
+  <si>
+    <t>2026-02-02</t>
+  </si>
+  <si>
+    <t>2026-01-30</t>
+  </si>
+  <si>
+    <t>2026-01-29</t>
+  </si>
+  <si>
+    <t>2026-01-28</t>
+  </si>
+  <si>
+    <t>2026-01-27</t>
+  </si>
+  <si>
+    <t>2026-01-26</t>
   </si>
   <si>
     <t>2026-01-23</t>
   </si>
   <si>
     <t>2026-01-22</t>
   </si>
   <si>
     <t>2026-01-21</t>
   </si>
   <si>
     <t>2026-01-20</t>
   </si>
   <si>
     <t>2026-01-19</t>
   </si>
   <si>
     <t>2026-01-16</t>
   </si>
   <si>
     <t>2026-01-15</t>
   </si>
   <si>
     <t>2026-01-14</t>
   </si>
@@ -3589,18126 +3667,18568 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E1064"/>
+  <dimension ref="A1:E1090"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A5" sqref="A5:E5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:5">
       <c r="B2"/>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6">
-        <v>1.17535</v>
+        <v>1.17621</v>
       </c>
       <c r="C6">
-        <v>1.18257</v>
+        <v>1.17953</v>
       </c>
       <c r="D6">
-        <v>1.17276</v>
+        <v>1.16711</v>
       </c>
       <c r="E6">
-        <v>1.18208</v>
+        <v>1.16893</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7">
-        <v>1.16812</v>
+        <v>1.17944</v>
       </c>
       <c r="C7">
-        <v>1.17555</v>
+        <v>1.18262</v>
       </c>
       <c r="D7">
-        <v>1.16695</v>
+        <v>1.17867</v>
       </c>
       <c r="E7">
-        <v>1.17543</v>
+        <v>1.18152</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8">
-        <v>1.17235</v>
+        <v>1.18086</v>
       </c>
       <c r="C8">
-        <v>1.17424</v>
+        <v>1.18283</v>
       </c>
       <c r="D8">
-        <v>1.16756</v>
+        <v>1.17733</v>
       </c>
       <c r="E8">
-        <v>1.16866</v>
+        <v>1.17968</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9">
-        <v>1.16442</v>
+        <v>1.17723</v>
       </c>
       <c r="C9">
-        <v>1.1768</v>
+        <v>1.18137</v>
       </c>
       <c r="D9">
-        <v>1.1632</v>
+        <v>1.17627</v>
       </c>
       <c r="E9">
-        <v>1.17256</v>
+        <v>1.18094</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>10</v>
       </c>
       <c r="B10">
-        <v>1.16115</v>
+        <v>1.17835</v>
       </c>
       <c r="C10">
-        <v>1.16482</v>
+        <v>1.17958</v>
       </c>
       <c r="D10">
-        <v>1.1604</v>
+        <v>1.17654</v>
       </c>
       <c r="E10">
-        <v>1.16448</v>
+        <v>1.17731</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11">
-        <v>1.16067</v>
+        <v>1.18145</v>
       </c>
       <c r="C11">
-        <v>1.16268</v>
+        <v>1.18342</v>
       </c>
       <c r="D11">
-        <v>1.15839</v>
+        <v>1.17738</v>
       </c>
       <c r="E11">
-        <v>1.15987</v>
+        <v>1.17839</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
         <v>12</v>
       </c>
       <c r="B12">
-        <v>1.16432</v>
+        <v>1.17575</v>
       </c>
       <c r="C12">
-        <v>1.16464</v>
+        <v>1.18068</v>
       </c>
       <c r="D12">
-        <v>1.15924</v>
+        <v>1.17428</v>
       </c>
       <c r="E12">
-        <v>1.16088</v>
+        <v>1.17856</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>13</v>
       </c>
       <c r="B13">
-        <v>1.16405</v>
+        <v>1.17819</v>
       </c>
       <c r="C13">
-        <v>1.16611</v>
+        <v>1.1807</v>
       </c>
       <c r="D13">
-        <v>1.16327</v>
+        <v>1.17413</v>
       </c>
       <c r="E13">
-        <v>1.16445</v>
+        <v>1.17705</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>14</v>
       </c>
       <c r="B14">
-        <v>1.16629</v>
+        <v>1.1854</v>
       </c>
       <c r="C14">
-        <v>1.16769</v>
+        <v>1.18569</v>
       </c>
       <c r="D14">
-        <v>1.16334</v>
+        <v>1.17815</v>
       </c>
       <c r="E14">
-        <v>1.1642</v>
+        <v>1.17827</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>15</v>
       </c>
       <c r="B15">
-        <v>1.16251</v>
+        <v>1.18493</v>
       </c>
       <c r="C15">
-        <v>1.1698</v>
+        <v>1.1854</v>
       </c>
       <c r="D15">
-        <v>1.16211</v>
+        <v>1.18043</v>
       </c>
       <c r="E15">
-        <v>1.16656</v>
+        <v>1.18528</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
         <v>16</v>
       </c>
       <c r="B16">
-        <v>1.16577</v>
+        <v>1.18641</v>
       </c>
       <c r="C16">
-        <v>1.16618</v>
+        <v>1.18699</v>
       </c>
       <c r="D16">
-        <v>1.16174</v>
+        <v>1.18457</v>
       </c>
       <c r="E16">
-        <v>1.16341</v>
+        <v>1.18508</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
         <v>17</v>
       </c>
       <c r="B17">
-        <v>1.16717</v>
+        <v>1.18692</v>
       </c>
       <c r="C17">
-        <v>1.16824</v>
+        <v>1.18845</v>
       </c>
       <c r="D17">
-        <v>1.16421</v>
+        <v>1.18465</v>
       </c>
       <c r="E17">
-        <v>1.16576</v>
+        <v>1.18738</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18">
-        <v>1.16742</v>
+        <v>1.18702</v>
       </c>
       <c r="C18">
-        <v>1.17022</v>
+        <v>1.18893</v>
       </c>
       <c r="D18">
-        <v>1.16721</v>
+        <v>1.18517</v>
       </c>
       <c r="E18">
-        <v>1.16749</v>
+        <v>1.18701</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
         <v>19</v>
       </c>
       <c r="B19">
-        <v>1.17196</v>
+        <v>1.18938</v>
       </c>
       <c r="C19">
-        <v>1.17423</v>
+        <v>1.19266</v>
       </c>
       <c r="D19">
-        <v>1.16832</v>
+        <v>1.18325</v>
       </c>
       <c r="E19">
-        <v>1.16878</v>
+        <v>1.18706</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
         <v>20</v>
       </c>
       <c r="B20">
-        <v>1.17014</v>
+        <v>1.19122</v>
       </c>
       <c r="C20">
-        <v>1.17284</v>
+        <v>1.1928</v>
       </c>
       <c r="D20">
-        <v>1.16585</v>
+        <v>1.18862</v>
       </c>
       <c r="E20">
-        <v>1.17207</v>
+        <v>1.18931</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
         <v>21</v>
       </c>
       <c r="B21">
-        <v>1.17454</v>
+        <v>1.1814</v>
       </c>
       <c r="C21">
-        <v>1.17643</v>
+        <v>1.1926</v>
       </c>
       <c r="D21">
-        <v>1.17127</v>
+        <v>1.18127</v>
       </c>
       <c r="E21">
-        <v>1.17172</v>
+        <v>1.19142</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
         <v>22</v>
       </c>
       <c r="B22">
-        <v>1.17466</v>
+        <v>1.17759</v>
       </c>
       <c r="C22">
-        <v>1.17588</v>
+        <v>1.18255</v>
       </c>
       <c r="D22">
-        <v>1.17195</v>
+        <v>1.1765</v>
       </c>
       <c r="E22">
-        <v>1.1745</v>
+        <v>1.18215</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" t="s">
         <v>23</v>
       </c>
       <c r="B23">
-        <v>1.17715</v>
+        <v>1.18058</v>
       </c>
       <c r="C23">
-        <v>1.17793</v>
+        <v>1.18212</v>
       </c>
       <c r="D23">
-        <v>1.17427</v>
+        <v>1.17741</v>
       </c>
       <c r="E23">
-        <v>1.1747</v>
+        <v>1.17783</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
         <v>24</v>
       </c>
       <c r="B24">
-        <v>1.17751</v>
+        <v>1.18127</v>
       </c>
       <c r="C24">
-        <v>1.17884</v>
+        <v>1.18374</v>
       </c>
       <c r="D24">
-        <v>1.17488</v>
+        <v>1.17899</v>
       </c>
       <c r="E24">
-        <v>1.17714</v>
+        <v>1.18046</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
         <v>25</v>
       </c>
       <c r="B25">
-        <v>1.17767</v>
+        <v>1.1788</v>
       </c>
       <c r="C25">
-        <v>1.17962</v>
+        <v>1.18283</v>
       </c>
       <c r="D25">
-        <v>1.17609</v>
+        <v>1.17787</v>
       </c>
       <c r="E25">
-        <v>1.17609</v>
+        <v>1.18179</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
         <v>26</v>
       </c>
       <c r="B26">
-        <v>1.17807</v>
+        <v>1.18442</v>
       </c>
       <c r="C26">
-        <v>1.18075</v>
+        <v>1.18742</v>
       </c>
       <c r="D26">
-        <v>1.17719</v>
+        <v>1.17754</v>
       </c>
       <c r="E26">
-        <v>1.17762</v>
+        <v>1.17894</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
         <v>27</v>
       </c>
       <c r="B27">
-        <v>1.17587</v>
+        <v>1.19683</v>
       </c>
       <c r="C27">
-        <v>1.18014</v>
+        <v>1.1974</v>
       </c>
       <c r="D27">
-        <v>1.17467</v>
+        <v>1.18524</v>
       </c>
       <c r="E27">
-        <v>1.17924</v>
+        <v>1.18526</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
         <v>28</v>
       </c>
       <c r="B28">
-        <v>1.17132</v>
+        <v>1.19529</v>
       </c>
       <c r="C28">
-        <v>1.17687</v>
+        <v>1.19959</v>
       </c>
       <c r="D28">
-        <v>1.17054</v>
+        <v>1.19056</v>
       </c>
       <c r="E28">
-        <v>1.1761</v>
+        <v>1.19696</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" t="s">
         <v>29</v>
       </c>
       <c r="B29">
-        <v>1.17201</v>
+        <v>1.20352</v>
       </c>
       <c r="C29">
-        <v>1.17372</v>
+        <v>1.20441</v>
       </c>
       <c r="D29">
-        <v>1.17019</v>
+        <v>1.18951</v>
       </c>
       <c r="E29">
-        <v>1.17092</v>
+        <v>1.19527</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" t="s">
         <v>30</v>
       </c>
       <c r="B30">
-        <v>1.17385</v>
+        <v>1.18758</v>
       </c>
       <c r="C30">
-        <v>1.1762</v>
+        <v>1.20822</v>
       </c>
       <c r="D30">
-        <v>1.17119</v>
+        <v>1.18498</v>
       </c>
       <c r="E30">
-        <v>1.17228</v>
+        <v>1.20387</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" t="s">
         <v>31</v>
       </c>
       <c r="B31">
-        <v>1.17398</v>
+        <v>1.18643</v>
       </c>
       <c r="C31">
-        <v>1.17574</v>
+        <v>1.19062</v>
       </c>
       <c r="D31">
-        <v>1.17024</v>
+        <v>1.18343</v>
       </c>
       <c r="E31">
-        <v>1.17397</v>
+        <v>1.18791</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
         <v>32</v>
       </c>
       <c r="B32">
-        <v>1.17514</v>
+        <v>1.17535</v>
       </c>
       <c r="C32">
-        <v>1.18034</v>
+        <v>1.18257</v>
       </c>
       <c r="D32">
-        <v>1.17341</v>
+        <v>1.17276</v>
       </c>
       <c r="E32">
-        <v>1.17461</v>
+        <v>1.18208</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
         <v>33</v>
       </c>
       <c r="B33">
-        <v>1.17384</v>
+        <v>1.16812</v>
       </c>
       <c r="C33">
-        <v>1.17683</v>
+        <v>1.17555</v>
       </c>
       <c r="D33">
-        <v>1.17258</v>
+        <v>1.16695</v>
       </c>
       <c r="E33">
-        <v>1.17528</v>
+        <v>1.17543</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" t="s">
         <v>34</v>
       </c>
       <c r="B34">
-        <v>1.17285</v>
+        <v>1.17235</v>
       </c>
       <c r="C34">
-        <v>1.17493</v>
+        <v>1.17424</v>
       </c>
       <c r="D34">
-        <v>1.1719</v>
+        <v>1.16756</v>
       </c>
       <c r="E34">
-        <v>1.17386</v>
+        <v>1.16866</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" t="s">
         <v>35</v>
       </c>
       <c r="B35">
-        <v>1.16929</v>
+        <v>1.16442</v>
       </c>
       <c r="C35">
-        <v>1.17622</v>
+        <v>1.1768</v>
       </c>
       <c r="D35">
-        <v>1.16816</v>
+        <v>1.1632</v>
       </c>
       <c r="E35">
-        <v>1.17376</v>
+        <v>1.17256</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" t="s">
         <v>36</v>
       </c>
       <c r="B36">
-        <v>1.16251</v>
+        <v>1.16115</v>
       </c>
       <c r="C36">
-        <v>1.16992</v>
+        <v>1.16482</v>
       </c>
       <c r="D36">
-        <v>1.16209</v>
+        <v>1.1604</v>
       </c>
       <c r="E36">
-        <v>1.16947</v>
+        <v>1.16448</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" t="s">
         <v>37</v>
       </c>
       <c r="B37">
-        <v>1.16224</v>
+        <v>1.16067</v>
       </c>
       <c r="C37">
-        <v>1.16567</v>
+        <v>1.16268</v>
       </c>
       <c r="D37">
-        <v>1.16144</v>
+        <v>1.15839</v>
       </c>
       <c r="E37">
-        <v>1.16257</v>
+        <v>1.15987</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
         <v>38</v>
       </c>
       <c r="B38">
-        <v>1.16423</v>
+        <v>1.16432</v>
       </c>
       <c r="C38">
-        <v>1.16715</v>
+        <v>1.16464</v>
       </c>
       <c r="D38">
-        <v>1.16159</v>
+        <v>1.15924</v>
       </c>
       <c r="E38">
-        <v>1.16361</v>
+        <v>1.16088</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
         <v>39</v>
       </c>
       <c r="B39">
-        <v>1.16353</v>
+        <v>1.16405</v>
       </c>
       <c r="C39">
-        <v>1.16711</v>
+        <v>1.16611</v>
       </c>
       <c r="D39">
-        <v>1.16274</v>
+        <v>1.16327</v>
       </c>
       <c r="E39">
-        <v>1.16436</v>
+        <v>1.16445</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" t="s">
         <v>40</v>
       </c>
       <c r="B40">
-        <v>1.1669</v>
+        <v>1.16629</v>
       </c>
       <c r="C40">
-        <v>1.16813</v>
+        <v>1.16769</v>
       </c>
       <c r="D40">
-        <v>1.16405</v>
+        <v>1.16334</v>
       </c>
       <c r="E40">
-        <v>1.1644</v>
+        <v>1.1642</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
         <v>41</v>
       </c>
       <c r="B41">
-        <v>1.1608</v>
+        <v>1.16251</v>
       </c>
       <c r="C41">
-        <v>1.1677</v>
+        <v>1.1698</v>
       </c>
       <c r="D41">
-        <v>1.1608</v>
+        <v>1.16211</v>
       </c>
       <c r="E41">
-        <v>1.16701</v>
+        <v>1.16656</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" t="s">
         <v>42</v>
       </c>
       <c r="B42">
-        <v>1.16086</v>
+        <v>1.16577</v>
       </c>
       <c r="C42">
-        <v>1.16252</v>
+        <v>1.16618</v>
       </c>
       <c r="D42">
-        <v>1.15906</v>
+        <v>1.16174</v>
       </c>
       <c r="E42">
-        <v>1.16243</v>
+        <v>1.16341</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" t="s">
         <v>43</v>
       </c>
       <c r="B43">
-        <v>1.15986</v>
+        <v>1.16717</v>
       </c>
       <c r="C43">
-        <v>1.16514</v>
+        <v>1.16824</v>
       </c>
       <c r="D43">
-        <v>1.15889</v>
+        <v>1.16421</v>
       </c>
       <c r="E43">
-        <v>1.16081</v>
+        <v>1.16576</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
         <v>44</v>
       </c>
       <c r="B44">
-        <v>1.15944</v>
+        <v>1.16742</v>
       </c>
       <c r="C44">
-        <v>1.16069</v>
+        <v>1.17022</v>
       </c>
       <c r="D44">
-        <v>1.15546</v>
+        <v>1.16721</v>
       </c>
       <c r="E44">
-        <v>1.16</v>
+        <v>1.16749</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" t="s">
         <v>45</v>
       </c>
       <c r="B45">
-        <v>1.15939</v>
+        <v>1.17196</v>
       </c>
       <c r="C45">
-        <v>1.1613</v>
+        <v>1.17423</v>
       </c>
       <c r="D45">
-        <v>1.1576</v>
+        <v>1.16832</v>
       </c>
       <c r="E45">
-        <v>1.15951</v>
+        <v>1.16878</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" t="s">
         <v>46</v>
       </c>
       <c r="B46">
-        <v>1.15649</v>
+        <v>1.17014</v>
       </c>
       <c r="C46">
-        <v>1.16003</v>
+        <v>1.17284</v>
       </c>
       <c r="D46">
-        <v>1.15466</v>
+        <v>1.16585</v>
       </c>
       <c r="E46">
-        <v>1.15962</v>
+        <v>1.17207</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" t="s">
         <v>47</v>
       </c>
       <c r="B47">
-        <v>1.15138</v>
+        <v>1.17454</v>
       </c>
       <c r="C47">
-        <v>1.15854</v>
+        <v>1.17643</v>
       </c>
       <c r="D47">
-        <v>1.1511</v>
+        <v>1.17127</v>
       </c>
       <c r="E47">
-        <v>1.15688</v>
+        <v>1.17172</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
         <v>48</v>
       </c>
       <c r="B48">
-        <v>1.15079</v>
+        <v>1.17466</v>
       </c>
       <c r="C48">
-        <v>1.155</v>
+        <v>1.17588</v>
       </c>
       <c r="D48">
-        <v>1.15014</v>
+        <v>1.17195</v>
       </c>
       <c r="E48">
-        <v>1.15204</v>
+        <v>1.1745</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
         <v>49</v>
       </c>
       <c r="B49">
-        <v>1.15267</v>
+        <v>1.17715</v>
       </c>
       <c r="C49">
-        <v>1.1552</v>
+        <v>1.17793</v>
       </c>
       <c r="D49">
-        <v>1.14906</v>
+        <v>1.17427</v>
       </c>
       <c r="E49">
-        <v>1.1517</v>
+        <v>1.1747</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
         <v>50</v>
       </c>
       <c r="B50">
-        <v>1.15364</v>
+        <v>1.17751</v>
       </c>
       <c r="C50">
-        <v>1.15494</v>
+        <v>1.17884</v>
       </c>
       <c r="D50">
-        <v>1.14984</v>
+        <v>1.17488</v>
       </c>
       <c r="E50">
-        <v>1.15278</v>
+        <v>1.17714</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
         <v>51</v>
       </c>
       <c r="B51">
-        <v>1.15797</v>
+        <v>1.17767</v>
       </c>
       <c r="C51">
-        <v>1.15967</v>
+        <v>1.17962</v>
       </c>
       <c r="D51">
-        <v>1.15175</v>
+        <v>1.17609</v>
       </c>
       <c r="E51">
-        <v>1.15377</v>
+        <v>1.17609</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" t="s">
         <v>52</v>
       </c>
       <c r="B52">
-        <v>1.15789</v>
+        <v>1.17807</v>
       </c>
       <c r="C52">
-        <v>1.16073</v>
+        <v>1.18075</v>
       </c>
       <c r="D52">
-        <v>1.15708</v>
+        <v>1.17719</v>
       </c>
       <c r="E52">
-        <v>1.15797</v>
+        <v>1.17762</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" t="s">
         <v>53</v>
       </c>
       <c r="B53">
-        <v>1.16203</v>
+        <v>1.17587</v>
       </c>
       <c r="C53">
-        <v>1.16207</v>
+        <v>1.18014</v>
       </c>
       <c r="D53">
-        <v>1.15814</v>
+        <v>1.17467</v>
       </c>
       <c r="E53">
-        <v>1.15914</v>
+        <v>1.17924</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
         <v>54</v>
       </c>
       <c r="B54">
-        <v>1.16314</v>
+        <v>1.17132</v>
       </c>
       <c r="C54">
-        <v>1.16532</v>
+        <v>1.17687</v>
       </c>
       <c r="D54">
-        <v>1.16055</v>
+        <v>1.17054</v>
       </c>
       <c r="E54">
-        <v>1.162</v>
+        <v>1.1761</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" t="s">
         <v>55</v>
       </c>
       <c r="B55">
-        <v>1.15915</v>
+        <v>1.17201</v>
       </c>
       <c r="C55">
-        <v>1.16556</v>
+        <v>1.17372</v>
       </c>
       <c r="D55">
-        <v>1.15783</v>
+        <v>1.17019</v>
       </c>
       <c r="E55">
-        <v>1.16333</v>
+        <v>1.17092</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" t="s">
         <v>56</v>
       </c>
       <c r="B56">
-        <v>1.15803</v>
+        <v>1.17385</v>
       </c>
       <c r="C56">
-        <v>1.15972</v>
+        <v>1.1762</v>
       </c>
       <c r="D56">
-        <v>1.15624</v>
+        <v>1.17119</v>
       </c>
       <c r="E56">
-        <v>1.15915</v>
+        <v>1.17228</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
         <v>57</v>
       </c>
       <c r="B57">
-        <v>1.15549</v>
+        <v>1.17398</v>
       </c>
       <c r="C57">
-        <v>1.16051</v>
+        <v>1.17574</v>
       </c>
       <c r="D57">
-        <v>1.15449</v>
+        <v>1.17024</v>
       </c>
       <c r="E57">
-        <v>1.15814</v>
+        <v>1.17397</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" t="s">
         <v>58</v>
       </c>
       <c r="B58">
-        <v>1.15468</v>
+        <v>1.17514</v>
       </c>
       <c r="C58">
-        <v>1.15825</v>
+        <v>1.18034</v>
       </c>
       <c r="D58">
-        <v>1.15406</v>
+        <v>1.17341</v>
       </c>
       <c r="E58">
-        <v>1.15564</v>
+        <v>1.17461</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" t="s">
         <v>59</v>
       </c>
       <c r="B59">
-        <v>1.15291</v>
+        <v>1.17384</v>
       </c>
       <c r="C59">
-        <v>1.15906</v>
+        <v>1.17683</v>
       </c>
       <c r="D59">
-        <v>1.15289</v>
+        <v>1.17258</v>
       </c>
       <c r="E59">
-        <v>1.15637</v>
+        <v>1.17528</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" t="s">
         <v>60</v>
       </c>
       <c r="B60">
-        <v>1.14763</v>
+        <v>1.17285</v>
       </c>
       <c r="C60">
-        <v>1.15519</v>
+        <v>1.17493</v>
       </c>
       <c r="D60">
-        <v>1.14763</v>
+        <v>1.1719</v>
       </c>
       <c r="E60">
-        <v>1.15465</v>
+        <v>1.17386</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" t="s">
         <v>61</v>
       </c>
       <c r="B61">
-        <v>1.14801</v>
+        <v>1.16929</v>
       </c>
       <c r="C61">
-        <v>1.14975</v>
+        <v>1.17622</v>
       </c>
       <c r="D61">
-        <v>1.14683</v>
+        <v>1.16816</v>
       </c>
       <c r="E61">
-        <v>1.1492</v>
+        <v>1.17376</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" t="s">
         <v>62</v>
       </c>
       <c r="B62">
-        <v>1.15183</v>
+        <v>1.16251</v>
       </c>
       <c r="C62">
-        <v>1.1533</v>
+        <v>1.16992</v>
       </c>
       <c r="D62">
-        <v>1.14726</v>
+        <v>1.16209</v>
       </c>
       <c r="E62">
-        <v>1.14816</v>
+        <v>1.16947</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
         <v>63</v>
       </c>
       <c r="B63">
-        <v>1.15332</v>
+        <v>1.16224</v>
       </c>
       <c r="C63">
-        <v>1.15408</v>
+        <v>1.16567</v>
       </c>
       <c r="D63">
-        <v>1.15045</v>
+        <v>1.16144</v>
       </c>
       <c r="E63">
-        <v>1.1518</v>
+        <v>1.16257</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
         <v>64</v>
       </c>
       <c r="B64">
-        <v>1.15609</v>
+        <v>1.16423</v>
       </c>
       <c r="C64">
-        <v>1.1577</v>
+        <v>1.16715</v>
       </c>
       <c r="D64">
-        <v>1.1521</v>
+        <v>1.16159</v>
       </c>
       <c r="E64">
-        <v>1.15251</v>
+        <v>1.16361</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" t="s">
         <v>65</v>
       </c>
       <c r="B65">
-        <v>1.15983</v>
+        <v>1.16353</v>
       </c>
       <c r="C65">
-        <v>1.16369</v>
+        <v>1.16711</v>
       </c>
       <c r="D65">
-        <v>1.15464</v>
+        <v>1.16274</v>
       </c>
       <c r="E65">
-        <v>1.15644</v>
+        <v>1.16436</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" t="s">
         <v>66</v>
       </c>
       <c r="B66">
-        <v>1.16497</v>
+        <v>1.1669</v>
       </c>
       <c r="C66">
-        <v>1.16654</v>
+        <v>1.16813</v>
       </c>
       <c r="D66">
-        <v>1.15771</v>
+        <v>1.16405</v>
       </c>
       <c r="E66">
-        <v>1.16</v>
+        <v>1.1644</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" t="s">
         <v>67</v>
       </c>
       <c r="B67">
-        <v>1.16437</v>
+        <v>1.1608</v>
       </c>
       <c r="C67">
-        <v>1.16681</v>
+        <v>1.1677</v>
       </c>
       <c r="D67">
-        <v>1.16251</v>
+        <v>1.1608</v>
       </c>
       <c r="E67">
-        <v>1.16515</v>
+        <v>1.16701</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" t="s">
         <v>68</v>
       </c>
       <c r="B68">
-        <v>1.16292</v>
+        <v>1.16086</v>
       </c>
       <c r="C68">
-        <v>1.16517</v>
+        <v>1.16252</v>
       </c>
       <c r="D68">
-        <v>1.16172</v>
+        <v>1.15906</v>
       </c>
       <c r="E68">
-        <v>1.16434</v>
+        <v>1.16243</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" t="s">
         <v>69</v>
       </c>
       <c r="B69">
-        <v>1.16171</v>
+        <v>1.15986</v>
       </c>
       <c r="C69">
-        <v>1.16471</v>
+        <v>1.16514</v>
       </c>
       <c r="D69">
-        <v>1.16003</v>
+        <v>1.15889</v>
       </c>
       <c r="E69">
-        <v>1.1631</v>
+        <v>1.16081</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" t="s">
         <v>70</v>
       </c>
       <c r="B70">
-        <v>1.16035</v>
+        <v>1.15944</v>
       </c>
       <c r="C70">
-        <v>1.16195</v>
+        <v>1.16069</v>
       </c>
       <c r="D70">
-        <v>1.15849</v>
+        <v>1.15546</v>
       </c>
       <c r="E70">
-        <v>1.16175</v>
+        <v>1.16</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" t="s">
         <v>71</v>
       </c>
       <c r="B71">
-        <v>1.15966</v>
+        <v>1.15939</v>
       </c>
       <c r="C71">
-        <v>1.1622</v>
+        <v>1.1613</v>
       </c>
       <c r="D71">
-        <v>1.15764</v>
+        <v>1.1576</v>
       </c>
       <c r="E71">
-        <v>1.16087</v>
+        <v>1.15951</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" t="s">
         <v>72</v>
       </c>
       <c r="B72">
-        <v>1.16295</v>
+        <v>1.15649</v>
       </c>
       <c r="C72">
-        <v>1.16547</v>
+        <v>1.16003</v>
       </c>
       <c r="D72">
-        <v>1.15971</v>
+        <v>1.15466</v>
       </c>
       <c r="E72">
-        <v>1.15987</v>
+        <v>1.15962</v>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" t="s">
         <v>73</v>
       </c>
       <c r="B73">
-        <v>1.16585</v>
+        <v>1.15138</v>
       </c>
       <c r="C73">
-        <v>1.16751</v>
+        <v>1.15854</v>
       </c>
       <c r="D73">
-        <v>1.16381</v>
+        <v>1.1511</v>
       </c>
       <c r="E73">
-        <v>1.16403</v>
+        <v>1.15688</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="A74" t="s">
         <v>74</v>
       </c>
       <c r="B74">
-        <v>1.16867</v>
+        <v>1.15079</v>
       </c>
       <c r="C74">
-        <v>1.17279</v>
+        <v>1.155</v>
       </c>
       <c r="D74">
-        <v>1.16561</v>
+        <v>1.15014</v>
       </c>
       <c r="E74">
-        <v>1.16701</v>
+        <v>1.15204</v>
       </c>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" t="s">
         <v>75</v>
       </c>
       <c r="B75">
-        <v>1.16417</v>
+        <v>1.15267</v>
       </c>
       <c r="C75">
-        <v>1.16936</v>
+        <v>1.1552</v>
       </c>
       <c r="D75">
-        <v>1.1636</v>
+        <v>1.14906</v>
       </c>
       <c r="E75">
-        <v>1.16869</v>
+        <v>1.1517</v>
       </c>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" t="s">
         <v>76</v>
       </c>
       <c r="B76">
-        <v>1.16034</v>
+        <v>1.15364</v>
       </c>
       <c r="C76">
-        <v>1.16472</v>
+        <v>1.15494</v>
       </c>
       <c r="D76">
-        <v>1.15989</v>
+        <v>1.14984</v>
       </c>
       <c r="E76">
-        <v>1.16464</v>
+        <v>1.15278</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" t="s">
         <v>77</v>
       </c>
       <c r="B77">
-        <v>1.15567</v>
+        <v>1.15797</v>
       </c>
       <c r="C77">
-        <v>1.16144</v>
+        <v>1.15967</v>
       </c>
       <c r="D77">
-        <v>1.1542</v>
+        <v>1.15175</v>
       </c>
       <c r="E77">
-        <v>1.16069</v>
+        <v>1.15377</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" t="s">
         <v>78</v>
       </c>
       <c r="B78">
-        <v>1.16075</v>
+        <v>1.15789</v>
       </c>
       <c r="C78">
-        <v>1.16293</v>
+        <v>1.16073</v>
       </c>
       <c r="D78">
-        <v>1.1557</v>
+        <v>1.15708</v>
       </c>
       <c r="E78">
-        <v>1.15696</v>
+        <v>1.15797</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" t="s">
         <v>79</v>
       </c>
       <c r="B79">
-        <v>1.15618</v>
+        <v>1.16203</v>
       </c>
       <c r="C79">
-        <v>1.16302</v>
+        <v>1.16207</v>
       </c>
       <c r="D79">
-        <v>1.15494</v>
+        <v>1.15814</v>
       </c>
       <c r="E79">
-        <v>1.16121</v>
+        <v>1.15914</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" t="s">
         <v>80</v>
       </c>
       <c r="B80">
-        <v>1.16225</v>
+        <v>1.16314</v>
       </c>
       <c r="C80">
-        <v>1.16476</v>
+        <v>1.16532</v>
       </c>
       <c r="D80">
-        <v>1.15415</v>
+        <v>1.16055</v>
       </c>
       <c r="E80">
-        <v>1.15638</v>
+        <v>1.162</v>
       </c>
     </row>
     <row r="81" spans="1:5">
       <c r="A81" t="s">
         <v>81</v>
       </c>
       <c r="B81">
-        <v>1.1644</v>
+        <v>1.15915</v>
       </c>
       <c r="C81">
-        <v>1.16608</v>
+        <v>1.16556</v>
       </c>
       <c r="D81">
-        <v>1.1598</v>
+        <v>1.15783</v>
       </c>
       <c r="E81">
-        <v>1.16278</v>
+        <v>1.16333</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" t="s">
         <v>82</v>
       </c>
       <c r="B82">
-        <v>1.17076</v>
+        <v>1.15803</v>
       </c>
       <c r="C82">
-        <v>1.17142</v>
+        <v>1.15972</v>
       </c>
       <c r="D82">
-        <v>1.1647</v>
+        <v>1.15624</v>
       </c>
       <c r="E82">
-        <v>1.16567</v>
+        <v>1.15915</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" t="s">
         <v>83</v>
       </c>
       <c r="B83">
-        <v>1.17096</v>
+        <v>1.15549</v>
       </c>
       <c r="C83">
-        <v>1.17303</v>
+        <v>1.16051</v>
       </c>
       <c r="D83">
-        <v>1.16513</v>
+        <v>1.15449</v>
       </c>
       <c r="E83">
-        <v>1.17115</v>
+        <v>1.15814</v>
       </c>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" t="s">
         <v>84</v>
       </c>
       <c r="B84">
-        <v>1.1713</v>
+        <v>1.15468</v>
       </c>
       <c r="C84">
-        <v>1.1713</v>
+        <v>1.15825</v>
       </c>
       <c r="D84">
-        <v>1.17069</v>
+        <v>1.15406</v>
       </c>
       <c r="E84">
-        <v>1.17405</v>
+        <v>1.15564</v>
       </c>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" t="s">
         <v>85</v>
       </c>
       <c r="B85">
-        <v>1.17276</v>
+        <v>1.15291</v>
       </c>
       <c r="C85">
-        <v>1.17578</v>
+        <v>1.15906</v>
       </c>
       <c r="D85">
-        <v>1.16825</v>
+        <v>1.15289</v>
       </c>
       <c r="E85">
-        <v>1.17155</v>
+        <v>1.15637</v>
       </c>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" t="s">
         <v>86</v>
       </c>
       <c r="B86">
-        <v>1.17323</v>
+        <v>1.14763</v>
       </c>
       <c r="C86">
-        <v>1.17781</v>
+        <v>1.15519</v>
       </c>
       <c r="D86">
-        <v>1.17149</v>
+        <v>1.14763</v>
       </c>
       <c r="E86">
-        <v>1.17296</v>
+        <v>1.15465</v>
       </c>
     </row>
     <row r="87" spans="1:5">
       <c r="A87" t="s">
         <v>87</v>
       </c>
       <c r="B87">
-        <v>1.17139</v>
+        <v>1.14801</v>
       </c>
       <c r="C87">
-        <v>1.17609</v>
+        <v>1.14975</v>
       </c>
       <c r="D87">
-        <v>1.17116</v>
+        <v>1.14683</v>
       </c>
       <c r="E87">
-        <v>1.17327</v>
+        <v>1.1492</v>
       </c>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" t="s">
         <v>88</v>
       </c>
       <c r="B88">
-        <v>1.17075</v>
+        <v>1.15183</v>
       </c>
       <c r="C88">
-        <v>1.1754</v>
+        <v>1.1533</v>
       </c>
       <c r="D88">
-        <v>1.1754</v>
+        <v>1.14726</v>
       </c>
       <c r="E88">
-        <v>1.17263</v>
+        <v>1.14816</v>
       </c>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" t="s">
         <v>89</v>
       </c>
       <c r="B89">
-        <v>1.16632</v>
+        <v>1.15332</v>
       </c>
       <c r="C89">
-        <v>1.17053</v>
+        <v>1.15408</v>
       </c>
       <c r="D89">
-        <v>1.16539</v>
+        <v>1.15045</v>
       </c>
       <c r="E89">
-        <v>1.17053</v>
+        <v>1.1518</v>
       </c>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" t="s">
         <v>90</v>
       </c>
       <c r="B90">
-        <v>1.17348</v>
+        <v>1.15609</v>
       </c>
       <c r="C90">
-        <v>1.17534</v>
+        <v>1.1577</v>
       </c>
       <c r="D90">
-        <v>1.16451</v>
+        <v>1.1521</v>
       </c>
       <c r="E90">
-        <v>1.16646</v>
+        <v>1.15251</v>
       </c>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" t="s">
         <v>91</v>
       </c>
       <c r="B91">
-        <v>1.18127</v>
+        <v>1.15983</v>
       </c>
       <c r="C91">
-        <v>1.18184</v>
+        <v>1.16369</v>
       </c>
       <c r="D91">
-        <v>1.17275</v>
+        <v>1.15464</v>
       </c>
       <c r="E91">
-        <v>1.1737</v>
+        <v>1.15644</v>
       </c>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" t="s">
         <v>92</v>
       </c>
       <c r="B92">
-        <v>1.18029</v>
+        <v>1.16497</v>
       </c>
       <c r="C92">
-        <v>1.18029</v>
+        <v>1.16654</v>
       </c>
       <c r="D92">
-        <v>1.17773</v>
+        <v>1.15771</v>
       </c>
       <c r="E92">
-        <v>1.18137</v>
+        <v>1.16</v>
       </c>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" t="s">
         <v>93</v>
       </c>
       <c r="B93">
-        <v>1.17384</v>
+        <v>1.16437</v>
       </c>
       <c r="C93">
-        <v>1.1802</v>
+        <v>1.16681</v>
       </c>
       <c r="D93">
-        <v>1.17256</v>
+        <v>1.16251</v>
       </c>
       <c r="E93">
-        <v>1.18015</v>
+        <v>1.16515</v>
       </c>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" t="s">
         <v>94</v>
       </c>
       <c r="B94">
-        <v>1.17822</v>
+        <v>1.16292</v>
       </c>
       <c r="C94">
-        <v>1.17919</v>
+        <v>1.16517</v>
       </c>
       <c r="D94">
-        <v>1.17282</v>
+        <v>1.16172</v>
       </c>
       <c r="E94">
-        <v>1.17471</v>
+        <v>1.16434</v>
       </c>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" t="s">
         <v>95</v>
       </c>
       <c r="B95">
-        <v>1.18115</v>
+        <v>1.16171</v>
       </c>
       <c r="C95">
-        <v>1.18477</v>
+        <v>1.16471</v>
       </c>
       <c r="D95">
-        <v>1.17495</v>
+        <v>1.16003</v>
       </c>
       <c r="E95">
-        <v>1.17853</v>
+        <v>1.1631</v>
       </c>
     </row>
     <row r="96" spans="1:5">
       <c r="A96" t="s">
         <v>96</v>
       </c>
       <c r="B96">
-        <v>1.18661</v>
+        <v>1.16035</v>
       </c>
       <c r="C96">
-        <v>1.19183</v>
+        <v>1.16195</v>
       </c>
       <c r="D96">
-        <v>1.18074</v>
+        <v>1.15849</v>
       </c>
       <c r="E96">
-        <v>1.18125</v>
+        <v>1.16175</v>
       </c>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" t="s">
         <v>97</v>
       </c>
       <c r="B97">
-        <v>1.17593</v>
+        <v>1.15966</v>
       </c>
       <c r="C97">
-        <v>1.18778</v>
+        <v>1.1622</v>
       </c>
       <c r="D97">
-        <v>1.17569</v>
+        <v>1.15764</v>
       </c>
       <c r="E97">
-        <v>1.18664</v>
+        <v>1.16087</v>
       </c>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" t="s">
         <v>98</v>
       </c>
       <c r="B98">
-        <v>1.17274</v>
+        <v>1.16295</v>
       </c>
       <c r="C98">
-        <v>1.17739</v>
+        <v>1.16547</v>
       </c>
       <c r="D98">
-        <v>1.17156</v>
+        <v>1.15971</v>
       </c>
       <c r="E98">
-        <v>1.17602</v>
+        <v>1.15987</v>
       </c>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" t="s">
         <v>99</v>
       </c>
       <c r="B99">
-        <v>1.17329</v>
+        <v>1.16585</v>
       </c>
       <c r="C99">
-        <v>1.17472</v>
+        <v>1.16751</v>
       </c>
       <c r="D99">
-        <v>1.17005</v>
+        <v>1.16381</v>
       </c>
       <c r="E99">
-        <v>1.17358</v>
+        <v>1.16403</v>
       </c>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" t="s">
         <v>100</v>
       </c>
       <c r="B100">
-        <v>1.16817</v>
+        <v>1.16867</v>
       </c>
       <c r="C100">
-        <v>1.17455</v>
+        <v>1.17279</v>
       </c>
       <c r="D100">
-        <v>1.16601</v>
+        <v>1.16561</v>
       </c>
       <c r="E100">
-        <v>1.17351</v>
+        <v>1.16701</v>
       </c>
     </row>
     <row r="101" spans="1:5">
       <c r="A101" t="s">
         <v>101</v>
       </c>
       <c r="B101">
-        <v>1.17065</v>
+        <v>1.16417</v>
       </c>
       <c r="C101">
-        <v>1.17296</v>
+        <v>1.16936</v>
       </c>
       <c r="D101">
-        <v>1.16816</v>
+        <v>1.1636</v>
       </c>
       <c r="E101">
-        <v>1.1694</v>
+        <v>1.16869</v>
       </c>
     </row>
     <row r="102" spans="1:5">
       <c r="A102" t="s">
         <v>102</v>
       </c>
       <c r="B102">
-        <v>1.17577</v>
+        <v>1.16034</v>
       </c>
       <c r="C102">
-        <v>1.17794</v>
+        <v>1.16472</v>
       </c>
       <c r="D102">
-        <v>1.17031</v>
+        <v>1.15989</v>
       </c>
       <c r="E102">
-        <v>1.17091</v>
+        <v>1.16464</v>
       </c>
     </row>
     <row r="103" spans="1:5">
       <c r="A103" t="s">
         <v>103</v>
       </c>
       <c r="B103">
-        <v>1.17097</v>
+        <v>1.15567</v>
       </c>
       <c r="C103">
-        <v>1.17651</v>
+        <v>1.16144</v>
       </c>
       <c r="D103">
-        <v>1.17044</v>
+        <v>1.1542</v>
       </c>
       <c r="E103">
-        <v>1.17621</v>
+        <v>1.16069</v>
       </c>
     </row>
     <row r="104" spans="1:5">
       <c r="A104" t="s">
         <v>104</v>
       </c>
       <c r="B104">
-        <v>1.16329</v>
+        <v>1.16075</v>
       </c>
       <c r="C104">
-        <v>1.1759</v>
+        <v>1.16293</v>
       </c>
       <c r="D104">
-        <v>1.16324</v>
+        <v>1.1557</v>
       </c>
       <c r="E104">
-        <v>1.17174</v>
+        <v>1.15696</v>
       </c>
     </row>
     <row r="105" spans="1:5">
       <c r="A105" t="s">
         <v>105</v>
       </c>
       <c r="B105">
-        <v>1.16475</v>
+        <v>1.15618</v>
       </c>
       <c r="C105">
-        <v>1.16688</v>
+        <v>1.16302</v>
       </c>
       <c r="D105">
-        <v>1.16294</v>
+        <v>1.15494</v>
       </c>
       <c r="E105">
-        <v>1.16502</v>
+        <v>1.16121</v>
       </c>
     </row>
     <row r="106" spans="1:5">
       <c r="A106" t="s">
         <v>106</v>
       </c>
       <c r="B106">
-        <v>1.16352</v>
+        <v>1.16225</v>
       </c>
       <c r="C106">
-        <v>1.16816</v>
+        <v>1.16476</v>
       </c>
       <c r="D106">
-        <v>1.16074</v>
+        <v>1.15415</v>
       </c>
       <c r="E106">
-        <v>1.166</v>
+        <v>1.15638</v>
       </c>
     </row>
     <row r="107" spans="1:5">
       <c r="A107" t="s">
         <v>107</v>
       </c>
       <c r="B107">
-        <v>1.17096</v>
+        <v>1.1644</v>
       </c>
       <c r="C107">
-        <v>1.17179</v>
+        <v>1.16608</v>
       </c>
       <c r="D107">
-        <v>1.16123</v>
+        <v>1.1598</v>
       </c>
       <c r="E107">
-        <v>1.16405</v>
+        <v>1.16278</v>
       </c>
     </row>
     <row r="108" spans="1:5">
       <c r="A108" t="s">
         <v>108</v>
       </c>
       <c r="B108">
-        <v>1.16867</v>
+        <v>1.17076</v>
       </c>
       <c r="C108">
-        <v>1.17357</v>
+        <v>1.17142</v>
       </c>
       <c r="D108">
-        <v>1.16867</v>
+        <v>1.1647</v>
       </c>
       <c r="E108">
-        <v>1.17103</v>
+        <v>1.16567</v>
       </c>
     </row>
     <row r="109" spans="1:5">
       <c r="A109" t="s">
         <v>109</v>
       </c>
       <c r="B109">
-        <v>1.16777</v>
+        <v>1.17096</v>
       </c>
       <c r="C109">
-        <v>1.17082</v>
+        <v>1.17303</v>
       </c>
       <c r="D109">
-        <v>1.16503</v>
+        <v>1.16513</v>
       </c>
       <c r="E109">
-        <v>1.16977</v>
+        <v>1.17115</v>
       </c>
     </row>
     <row r="110" spans="1:5">
       <c r="A110" t="s">
         <v>110</v>
       </c>
       <c r="B110">
-        <v>1.16364</v>
+        <v>1.1713</v>
       </c>
       <c r="C110">
-        <v>1.16968</v>
+        <v>1.1713</v>
       </c>
       <c r="D110">
-        <v>1.16132</v>
+        <v>1.17069</v>
       </c>
       <c r="E110">
-        <v>1.16815</v>
+        <v>1.17405</v>
       </c>
     </row>
     <row r="111" spans="1:5">
       <c r="A111" t="s">
         <v>111</v>
       </c>
       <c r="B111">
-        <v>1.16401</v>
+        <v>1.17276</v>
       </c>
       <c r="C111">
-        <v>1.16471</v>
+        <v>1.17578</v>
       </c>
       <c r="D111">
-        <v>1.15734</v>
+        <v>1.16825</v>
       </c>
       <c r="E111">
-        <v>1.16365</v>
+        <v>1.17155</v>
       </c>
     </row>
     <row r="112" spans="1:5">
       <c r="A112" t="s">
         <v>112</v>
       </c>
       <c r="B112">
-        <v>1.16149</v>
+        <v>1.17323</v>
       </c>
       <c r="C112">
-        <v>1.16648</v>
+        <v>1.17781</v>
       </c>
       <c r="D112">
-        <v>1.16016</v>
+        <v>1.17149</v>
       </c>
       <c r="E112">
-        <v>1.16398</v>
+        <v>1.17296</v>
       </c>
     </row>
     <row r="113" spans="1:5">
       <c r="A113" t="s">
         <v>113</v>
       </c>
       <c r="B113">
-        <v>1.1708</v>
+        <v>1.17139</v>
       </c>
       <c r="C113">
-        <v>1.17199</v>
+        <v>1.17609</v>
       </c>
       <c r="D113">
-        <v>1.16022</v>
+        <v>1.17116</v>
       </c>
       <c r="E113">
-        <v>1.16187</v>
+        <v>1.17327</v>
       </c>
     </row>
     <row r="114" spans="1:5">
       <c r="A114" t="s">
         <v>114</v>
       </c>
       <c r="B114">
-        <v>1.16037</v>
+        <v>1.17075</v>
       </c>
       <c r="C114">
-        <v>1.1742</v>
+        <v>1.1754</v>
       </c>
       <c r="D114">
-        <v>1.15826</v>
+        <v>1.1754</v>
       </c>
       <c r="E114">
-        <v>1.17195</v>
+        <v>1.17263</v>
       </c>
     </row>
     <row r="115" spans="1:5">
       <c r="A115" t="s">
         <v>115</v>
       </c>
       <c r="B115">
-        <v>1.16503</v>
+        <v>1.16632</v>
       </c>
       <c r="C115">
-        <v>1.16624</v>
+        <v>1.17053</v>
       </c>
       <c r="D115">
-        <v>1.16004</v>
+        <v>1.16539</v>
       </c>
       <c r="E115">
-        <v>1.16053</v>
+        <v>1.17053</v>
       </c>
     </row>
     <row r="116" spans="1:5">
       <c r="A116" t="s">
         <v>116</v>
       </c>
       <c r="B116">
-        <v>1.16428</v>
+        <v>1.17348</v>
       </c>
       <c r="C116">
-        <v>1.16731</v>
+        <v>1.17534</v>
       </c>
       <c r="D116">
-        <v>1.16216</v>
+        <v>1.16451</v>
       </c>
       <c r="E116">
-        <v>1.16496</v>
+        <v>1.16646</v>
       </c>
     </row>
     <row r="117" spans="1:5">
       <c r="A117" t="s">
         <v>117</v>
       </c>
       <c r="B117">
-        <v>1.16462</v>
+        <v>1.18127</v>
       </c>
       <c r="C117">
-        <v>1.16923</v>
+        <v>1.18184</v>
       </c>
       <c r="D117">
-        <v>1.16384</v>
+        <v>1.17275</v>
       </c>
       <c r="E117">
-        <v>1.16459</v>
+        <v>1.1737</v>
       </c>
     </row>
     <row r="118" spans="1:5">
       <c r="A118" t="s">
         <v>118</v>
       </c>
       <c r="B118">
-        <v>1.17067</v>
+        <v>1.18029</v>
       </c>
       <c r="C118">
-        <v>1.171</v>
+        <v>1.18029</v>
       </c>
       <c r="D118">
-        <v>1.16554</v>
+        <v>1.17773</v>
       </c>
       <c r="E118">
-        <v>1.16603</v>
+        <v>1.18137</v>
       </c>
     </row>
     <row r="119" spans="1:5">
       <c r="A119" t="s">
         <v>119</v>
       </c>
       <c r="B119">
-        <v>1.16426</v>
+        <v>1.17384</v>
       </c>
       <c r="C119">
-        <v>1.17147</v>
+        <v>1.1802</v>
       </c>
       <c r="D119">
-        <v>1.16416</v>
+        <v>1.17256</v>
       </c>
       <c r="E119">
-        <v>1.17004</v>
+        <v>1.18015</v>
       </c>
     </row>
     <row r="120" spans="1:5">
       <c r="A120" t="s">
         <v>120</v>
       </c>
       <c r="B120">
-        <v>1.16957</v>
+        <v>1.17822</v>
       </c>
       <c r="C120">
-        <v>1.17146</v>
+        <v>1.17919</v>
       </c>
       <c r="D120">
-        <v>1.16304</v>
+        <v>1.17282</v>
       </c>
       <c r="E120">
-        <v>1.16476</v>
+        <v>1.17471</v>
       </c>
     </row>
     <row r="121" spans="1:5">
       <c r="A121" t="s">
         <v>121</v>
       </c>
       <c r="B121">
-        <v>1.16741</v>
+        <v>1.18115</v>
       </c>
       <c r="C121">
-        <v>1.17297</v>
+        <v>1.18477</v>
       </c>
       <c r="D121">
-        <v>1.1665</v>
+        <v>1.17495</v>
       </c>
       <c r="E121">
-        <v>1.17038</v>
+        <v>1.17853</v>
       </c>
     </row>
     <row r="122" spans="1:5">
       <c r="A122" t="s">
         <v>122</v>
       </c>
       <c r="B122">
-        <v>1.16141</v>
+        <v>1.18661</v>
       </c>
       <c r="C122">
-        <v>1.16967</v>
+        <v>1.19183</v>
       </c>
       <c r="D122">
-        <v>1.15979</v>
+        <v>1.18074</v>
       </c>
       <c r="E122">
-        <v>1.16724</v>
+        <v>1.18125</v>
       </c>
     </row>
     <row r="123" spans="1:5">
       <c r="A123" t="s">
         <v>123</v>
       </c>
       <c r="B123">
-        <v>1.16487</v>
+        <v>1.17593</v>
       </c>
       <c r="C123">
-        <v>1.1675</v>
+        <v>1.18778</v>
       </c>
       <c r="D123">
-        <v>1.15894</v>
+        <v>1.17569</v>
       </c>
       <c r="E123">
-        <v>1.16152</v>
+        <v>1.18664</v>
       </c>
     </row>
     <row r="124" spans="1:5">
       <c r="A124" t="s">
         <v>124</v>
       </c>
       <c r="B124">
-        <v>1.16638</v>
+        <v>1.17274</v>
       </c>
       <c r="C124">
-        <v>1.16788</v>
+        <v>1.17739</v>
       </c>
       <c r="D124">
-        <v>1.16281</v>
+        <v>1.17156</v>
       </c>
       <c r="E124">
-        <v>1.16418</v>
+        <v>1.17602</v>
       </c>
     </row>
     <row r="125" spans="1:5">
       <c r="A125" t="s">
         <v>125</v>
       </c>
       <c r="B125">
-        <v>1.16583</v>
+        <v>1.17329</v>
       </c>
       <c r="C125">
-        <v>1.16983</v>
+        <v>1.17472</v>
       </c>
       <c r="D125">
-        <v>1.16104</v>
+        <v>1.17005</v>
       </c>
       <c r="E125">
-        <v>1.16635</v>
+        <v>1.17358</v>
       </c>
     </row>
     <row r="126" spans="1:5">
       <c r="A126" t="s">
         <v>126</v>
       </c>
       <c r="B126">
-        <v>1.15594</v>
+        <v>1.16817</v>
       </c>
       <c r="C126">
-        <v>1.16681</v>
+        <v>1.17455</v>
       </c>
       <c r="D126">
-        <v>1.15594</v>
+        <v>1.16601</v>
       </c>
       <c r="E126">
-        <v>1.16593</v>
+        <v>1.17351</v>
       </c>
     </row>
     <row r="127" spans="1:5">
       <c r="A127" t="s">
         <v>127</v>
       </c>
       <c r="B127">
-        <v>1.15659</v>
+        <v>1.17065</v>
       </c>
       <c r="C127">
-        <v>1.15872</v>
+        <v>1.17296</v>
       </c>
       <c r="D127">
-        <v>1.15271</v>
+        <v>1.16816</v>
       </c>
       <c r="E127">
-        <v>1.15743</v>
+        <v>1.1694</v>
       </c>
     </row>
     <row r="128" spans="1:5">
       <c r="A128" t="s">
         <v>128</v>
       </c>
       <c r="B128">
-        <v>1.15796</v>
+        <v>1.17577</v>
       </c>
       <c r="C128">
-        <v>1.15896</v>
+        <v>1.17794</v>
       </c>
       <c r="D128">
-        <v>1.15491</v>
+        <v>1.17031</v>
       </c>
       <c r="E128">
-        <v>1.15717</v>
+        <v>1.17091</v>
       </c>
     </row>
     <row r="129" spans="1:5">
       <c r="A129" t="s">
         <v>129</v>
       </c>
       <c r="B129">
-        <v>1.14112</v>
+        <v>1.17097</v>
       </c>
       <c r="C129">
-        <v>1.15877</v>
+        <v>1.17651</v>
       </c>
       <c r="D129">
-        <v>1.13911</v>
+        <v>1.17044</v>
       </c>
       <c r="E129">
-        <v>1.15684</v>
+        <v>1.17621</v>
       </c>
     </row>
     <row r="130" spans="1:5">
       <c r="A130" t="s">
         <v>130</v>
       </c>
       <c r="B130">
-        <v>1.14027</v>
+        <v>1.16329</v>
       </c>
       <c r="C130">
-        <v>1.14604</v>
+        <v>1.1759</v>
       </c>
       <c r="D130">
-        <v>1.13985</v>
+        <v>1.16324</v>
       </c>
       <c r="E130">
-        <v>1.14129</v>
+        <v>1.17174</v>
       </c>
     </row>
     <row r="131" spans="1:5">
       <c r="A131" t="s">
         <v>131</v>
       </c>
       <c r="B131">
-        <v>1.15424</v>
+        <v>1.16475</v>
       </c>
       <c r="C131">
-        <v>1.15722</v>
+        <v>1.16688</v>
       </c>
       <c r="D131">
-        <v>1.13996</v>
+        <v>1.16294</v>
       </c>
       <c r="E131">
-        <v>1.14025</v>
+        <v>1.16502</v>
       </c>
     </row>
     <row r="132" spans="1:5">
       <c r="A132" t="s">
         <v>132</v>
       </c>
       <c r="B132">
-        <v>1.15853</v>
+        <v>1.16352</v>
       </c>
       <c r="C132">
-        <v>1.15993</v>
+        <v>1.16816</v>
       </c>
       <c r="D132">
-        <v>1.15183</v>
+        <v>1.16074</v>
       </c>
       <c r="E132">
-        <v>1.15446</v>
+        <v>1.166</v>
       </c>
     </row>
     <row r="133" spans="1:5">
       <c r="A133" t="s">
         <v>133</v>
       </c>
       <c r="B133">
-        <v>1.1759</v>
+        <v>1.17096</v>
       </c>
       <c r="C133">
-        <v>1.17698</v>
+        <v>1.17179</v>
       </c>
       <c r="D133">
-        <v>1.15832</v>
+        <v>1.16123</v>
       </c>
       <c r="E133">
-        <v>1.15879</v>
+        <v>1.16405</v>
       </c>
     </row>
     <row r="134" spans="1:5">
       <c r="A134" t="s">
         <v>134</v>
       </c>
       <c r="B134">
-        <v>1.1748</v>
+        <v>1.16867</v>
       </c>
       <c r="C134">
-        <v>1.17602</v>
+        <v>1.17357</v>
       </c>
       <c r="D134">
-        <v>1.17023</v>
+        <v>1.16867</v>
       </c>
       <c r="E134">
-        <v>1.17432</v>
+        <v>1.17103</v>
       </c>
     </row>
     <row r="135" spans="1:5">
       <c r="A135" t="s">
         <v>135</v>
       </c>
       <c r="B135">
-        <v>1.17644</v>
+        <v>1.16777</v>
       </c>
       <c r="C135">
-        <v>1.17881</v>
+        <v>1.17082</v>
       </c>
       <c r="D135">
-        <v>1.17298</v>
+        <v>1.16503</v>
       </c>
       <c r="E135">
-        <v>1.17483</v>
+        <v>1.16977</v>
       </c>
     </row>
     <row r="136" spans="1:5">
       <c r="A136" t="s">
         <v>136</v>
       </c>
       <c r="B136">
-        <v>1.17501</v>
+        <v>1.16364</v>
       </c>
       <c r="C136">
-        <v>1.17746</v>
+        <v>1.16968</v>
       </c>
       <c r="D136">
-        <v>1.17103</v>
+        <v>1.16132</v>
       </c>
       <c r="E136">
-        <v>1.17723</v>
+        <v>1.16815</v>
       </c>
     </row>
     <row r="137" spans="1:5">
       <c r="A137" t="s">
         <v>137</v>
       </c>
       <c r="B137">
-        <v>1.16856</v>
+        <v>1.16401</v>
       </c>
       <c r="C137">
-        <v>1.17599</v>
+        <v>1.16471</v>
       </c>
       <c r="D137">
-        <v>1.16784</v>
+        <v>1.15734</v>
       </c>
       <c r="E137">
-        <v>1.17535</v>
+        <v>1.16365</v>
       </c>
     </row>
     <row r="138" spans="1:5">
       <c r="A138" t="s">
         <v>138</v>
       </c>
       <c r="B138">
-        <v>1.16297</v>
+        <v>1.16149</v>
       </c>
       <c r="C138">
-        <v>1.17162</v>
+        <v>1.16648</v>
       </c>
       <c r="D138">
-        <v>1.16139</v>
+        <v>1.16016</v>
       </c>
       <c r="E138">
-        <v>1.16944</v>
+        <v>1.16398</v>
       </c>
     </row>
     <row r="139" spans="1:5">
       <c r="A139" t="s">
         <v>139</v>
       </c>
       <c r="B139">
-        <v>1.15935</v>
+        <v>1.1708</v>
       </c>
       <c r="C139">
-        <v>1.16713</v>
+        <v>1.17199</v>
       </c>
       <c r="D139">
-        <v>1.15813</v>
+        <v>1.16022</v>
       </c>
       <c r="E139">
-        <v>1.16219</v>
+        <v>1.16187</v>
       </c>
     </row>
     <row r="140" spans="1:5">
       <c r="A140" t="s">
         <v>140</v>
       </c>
       <c r="B140">
-        <v>1.163</v>
+        <v>1.16037</v>
       </c>
       <c r="C140">
-        <v>1.16419</v>
+        <v>1.1742</v>
       </c>
       <c r="D140">
-        <v>1.15556</v>
+        <v>1.15826</v>
       </c>
       <c r="E140">
-        <v>1.15969</v>
+        <v>1.17195</v>
       </c>
     </row>
     <row r="141" spans="1:5">
       <c r="A141" t="s">
         <v>141</v>
       </c>
       <c r="B141">
-        <v>1.15985</v>
+        <v>1.16503</v>
       </c>
       <c r="C141">
-        <v>1.17209</v>
+        <v>1.16624</v>
       </c>
       <c r="D141">
-        <v>1.15618</v>
+        <v>1.16004</v>
       </c>
       <c r="E141">
-        <v>1.16392</v>
+        <v>1.16053</v>
       </c>
     </row>
     <row r="142" spans="1:5">
       <c r="A142" t="s">
         <v>142</v>
       </c>
       <c r="B142">
-        <v>1.16626</v>
+        <v>1.16428</v>
       </c>
       <c r="C142">
-        <v>1.16922</v>
+        <v>1.16731</v>
       </c>
       <c r="D142">
-        <v>1.15923</v>
+        <v>1.16216</v>
       </c>
       <c r="E142">
-        <v>1.16016</v>
+        <v>1.16496</v>
       </c>
     </row>
     <row r="143" spans="1:5">
       <c r="A143" t="s">
         <v>143</v>
       </c>
       <c r="B143">
-        <v>1.16767</v>
+        <v>1.16462</v>
       </c>
       <c r="C143">
-        <v>1.16971</v>
+        <v>1.16923</v>
       </c>
       <c r="D143">
-        <v>1.16537</v>
+        <v>1.16384</v>
       </c>
       <c r="E143">
-        <v>1.16647</v>
+        <v>1.16459</v>
       </c>
     </row>
     <row r="144" spans="1:5">
       <c r="A144" t="s">
         <v>144</v>
       </c>
       <c r="B144">
-        <v>1.16991</v>
+        <v>1.17067</v>
       </c>
       <c r="C144">
-        <v>1.17135</v>
+        <v>1.171</v>
       </c>
       <c r="D144">
-        <v>1.16641</v>
+        <v>1.16554</v>
       </c>
       <c r="E144">
-        <v>1.16874</v>
+        <v>1.16603</v>
       </c>
     </row>
     <row r="145" spans="1:5">
       <c r="A145" t="s">
         <v>145</v>
       </c>
       <c r="B145">
-        <v>1.17088</v>
+        <v>1.16426</v>
       </c>
       <c r="C145">
-        <v>1.17491</v>
+        <v>1.17147</v>
       </c>
       <c r="D145">
-        <v>1.1662</v>
+        <v>1.16416</v>
       </c>
       <c r="E145">
-        <v>1.16994</v>
+        <v>1.17004</v>
       </c>
     </row>
     <row r="146" spans="1:5">
       <c r="A146" t="s">
         <v>146</v>
       </c>
       <c r="B146">
-        <v>1.17069</v>
+        <v>1.16957</v>
       </c>
       <c r="C146">
-        <v>1.17289</v>
+        <v>1.17146</v>
       </c>
       <c r="D146">
-        <v>1.1689</v>
+        <v>1.16304</v>
       </c>
       <c r="E146">
-        <v>1.17216</v>
+        <v>1.16476</v>
       </c>
     </row>
     <row r="147" spans="1:5">
       <c r="A147" t="s">
         <v>147</v>
       </c>
       <c r="B147">
-        <v>1.17067</v>
+        <v>1.16741</v>
       </c>
       <c r="C147">
-        <v>1.17648</v>
+        <v>1.17297</v>
       </c>
       <c r="D147">
-        <v>1.1682</v>
+        <v>1.1665</v>
       </c>
       <c r="E147">
-        <v>1.17244</v>
+        <v>1.17038</v>
       </c>
     </row>
     <row r="148" spans="1:5">
       <c r="A148" t="s">
         <v>148</v>
       </c>
       <c r="B148">
-        <v>1.17862</v>
+        <v>1.16141</v>
       </c>
       <c r="C148">
-        <v>1.17897</v>
+        <v>1.16967</v>
       </c>
       <c r="D148">
-        <v>1.16862</v>
+        <v>1.15979</v>
       </c>
       <c r="E148">
-        <v>1.17077</v>
+        <v>1.16724</v>
       </c>
     </row>
     <row r="149" spans="1:5">
       <c r="A149" t="s">
         <v>149</v>
       </c>
       <c r="B149">
-        <v>1.17541</v>
+        <v>1.16487</v>
       </c>
       <c r="C149">
-        <v>1.1787</v>
+        <v>1.1675</v>
       </c>
       <c r="D149">
-        <v>1.17496</v>
+        <v>1.15894</v>
       </c>
       <c r="E149">
-        <v>1.1774</v>
+        <v>1.16152</v>
       </c>
     </row>
     <row r="150" spans="1:5">
       <c r="A150" t="s">
         <v>150</v>
       </c>
       <c r="B150">
-        <v>1.17936</v>
+        <v>1.16638</v>
       </c>
       <c r="C150">
-        <v>1.18096</v>
+        <v>1.16788</v>
       </c>
       <c r="D150">
-        <v>1.17166</v>
+        <v>1.16281</v>
       </c>
       <c r="E150">
-        <v>1.17567</v>
+        <v>1.16418</v>
       </c>
     </row>
     <row r="151" spans="1:5">
       <c r="A151" t="s">
         <v>151</v>
       </c>
       <c r="B151">
-        <v>1.18048</v>
+        <v>1.16583</v>
       </c>
       <c r="C151">
-        <v>1.18095</v>
+        <v>1.16983</v>
       </c>
       <c r="D151">
-        <v>1.17464</v>
+        <v>1.16104</v>
       </c>
       <c r="E151">
-        <v>1.17976</v>
+        <v>1.16635</v>
       </c>
     </row>
     <row r="152" spans="1:5">
       <c r="A152" t="s">
         <v>152</v>
       </c>
       <c r="B152">
-        <v>1.17766</v>
+        <v>1.15594</v>
       </c>
       <c r="C152">
-        <v>1.18292</v>
+        <v>1.16681</v>
       </c>
       <c r="D152">
-        <v>1.17609</v>
+        <v>1.15594</v>
       </c>
       <c r="E152">
-        <v>1.18046</v>
+        <v>1.16593</v>
       </c>
     </row>
     <row r="153" spans="1:5">
       <c r="A153" t="s">
         <v>153</v>
       </c>
       <c r="B153">
-        <v>1.17319</v>
+        <v>1.15659</v>
       </c>
       <c r="C153">
-        <v>1.17874</v>
+        <v>1.15872</v>
       </c>
       <c r="D153">
-        <v>1.17071</v>
+        <v>1.15271</v>
       </c>
       <c r="E153">
-        <v>1.17871</v>
+        <v>1.15743</v>
       </c>
     </row>
     <row r="154" spans="1:5">
       <c r="A154" t="s">
         <v>154</v>
       </c>
       <c r="B154">
-        <v>1.16836</v>
+        <v>1.15796</v>
       </c>
       <c r="C154">
-        <v>1.17535</v>
+        <v>1.15896</v>
       </c>
       <c r="D154">
-        <v>1.168</v>
+        <v>1.15491</v>
       </c>
       <c r="E154">
-        <v>1.17061</v>
+        <v>1.15717</v>
       </c>
     </row>
     <row r="155" spans="1:5">
       <c r="A155" t="s">
         <v>155</v>
       </c>
       <c r="B155">
-        <v>1.16566</v>
+        <v>1.14112</v>
       </c>
       <c r="C155">
-        <v>1.17443</v>
+        <v>1.15877</v>
       </c>
       <c r="D155">
-        <v>1.16513</v>
+        <v>1.13911</v>
       </c>
       <c r="E155">
-        <v>1.17007</v>
+        <v>1.15684</v>
       </c>
     </row>
     <row r="156" spans="1:5">
       <c r="A156" t="s">
         <v>156</v>
       </c>
       <c r="B156">
-        <v>1.16074</v>
+        <v>1.14027</v>
       </c>
       <c r="C156">
-        <v>1.16645</v>
+        <v>1.14604</v>
       </c>
       <c r="D156">
-        <v>1.15893</v>
+        <v>1.13985</v>
       </c>
       <c r="E156">
-        <v>1.1659</v>
+        <v>1.14129</v>
       </c>
     </row>
     <row r="157" spans="1:5">
       <c r="A157" t="s">
         <v>157</v>
       </c>
       <c r="B157">
-        <v>1.15714</v>
+        <v>1.15424</v>
       </c>
       <c r="C157">
-        <v>1.1641</v>
+        <v>1.15722</v>
       </c>
       <c r="D157">
-        <v>1.15713</v>
+        <v>1.13996</v>
       </c>
       <c r="E157">
-        <v>1.16078</v>
+        <v>1.14025</v>
       </c>
     </row>
     <row r="158" spans="1:5">
       <c r="A158" t="s">
         <v>158</v>
       </c>
       <c r="B158">
-        <v>1.14987</v>
+        <v>1.15853</v>
       </c>
       <c r="C158">
-        <v>1.15811</v>
+        <v>1.15993</v>
       </c>
       <c r="D158">
-        <v>1.14531</v>
+        <v>1.15183</v>
       </c>
       <c r="E158">
-        <v>1.15777</v>
+        <v>1.15446</v>
       </c>
     </row>
     <row r="159" spans="1:5">
       <c r="A159" t="s">
         <v>159</v>
       </c>
       <c r="B159">
-        <v>1.14898</v>
+        <v>1.1759</v>
       </c>
       <c r="C159">
-        <v>1.15435</v>
+        <v>1.17698</v>
       </c>
       <c r="D159">
-        <v>1.14876</v>
+        <v>1.15832</v>
       </c>
       <c r="E159">
-        <v>1.15152</v>
+        <v>1.15879</v>
       </c>
     </row>
     <row r="160" spans="1:5">
       <c r="A160" t="s">
         <v>160</v>
       </c>
       <c r="B160">
-        <v>1.14746</v>
+        <v>1.1748</v>
       </c>
       <c r="C160">
-        <v>1.14997</v>
+        <v>1.17602</v>
       </c>
       <c r="D160">
-        <v>1.14457</v>
+        <v>1.17023</v>
       </c>
       <c r="E160">
-        <v>1.14959</v>
+        <v>1.17432</v>
       </c>
     </row>
     <row r="161" spans="1:5">
       <c r="A161" t="s">
         <v>161</v>
       </c>
       <c r="B161">
-        <v>1.14736</v>
+        <v>1.17644</v>
       </c>
       <c r="C161">
-        <v>1.15297</v>
+        <v>1.17881</v>
       </c>
       <c r="D161">
-        <v>1.14604</v>
+        <v>1.17298</v>
       </c>
       <c r="E161">
-        <v>1.14826</v>
+        <v>1.17483</v>
       </c>
     </row>
     <row r="162" spans="1:5">
       <c r="A162" t="s">
         <v>162</v>
       </c>
       <c r="B162">
-        <v>1.1556</v>
+        <v>1.17501</v>
       </c>
       <c r="C162">
-        <v>1.15794</v>
+        <v>1.17746</v>
       </c>
       <c r="D162">
-        <v>1.14741</v>
+        <v>1.17103</v>
       </c>
       <c r="E162">
-        <v>1.14793</v>
+        <v>1.17723</v>
       </c>
     </row>
     <row r="163" spans="1:5">
       <c r="A163" t="s">
         <v>163</v>
       </c>
       <c r="B163">
-        <v>1.15336</v>
+        <v>1.16856</v>
       </c>
       <c r="C163">
-        <v>1.16142</v>
+        <v>1.17599</v>
       </c>
       <c r="D163">
-        <v>1.15231</v>
+        <v>1.16784</v>
       </c>
       <c r="E163">
-        <v>1.15586</v>
+        <v>1.17535</v>
       </c>
     </row>
     <row r="164" spans="1:5">
       <c r="A164" t="s">
         <v>164</v>
       </c>
       <c r="B164">
-        <v>1.15796</v>
+        <v>1.16297</v>
       </c>
       <c r="C164">
-        <v>1.1614</v>
+        <v>1.17162</v>
       </c>
       <c r="D164">
-        <v>1.14883</v>
+        <v>1.16139</v>
       </c>
       <c r="E164">
-        <v>1.15495</v>
+        <v>1.16944</v>
       </c>
     </row>
     <row r="165" spans="1:5">
       <c r="A165" t="s">
         <v>165</v>
       </c>
       <c r="B165">
-        <v>1.14835</v>
+        <v>1.15935</v>
       </c>
       <c r="C165">
-        <v>1.16309</v>
+        <v>1.16713</v>
       </c>
       <c r="D165">
-        <v>1.14809</v>
+        <v>1.15813</v>
       </c>
       <c r="E165">
-        <v>1.15839</v>
+        <v>1.16219</v>
       </c>
     </row>
     <row r="166" spans="1:5">
       <c r="A166" t="s">
         <v>166</v>
       </c>
       <c r="B166">
-        <v>1.14221</v>
+        <v>1.163</v>
       </c>
       <c r="C166">
-        <v>1.14989</v>
+        <v>1.16419</v>
       </c>
       <c r="D166">
-        <v>1.14048</v>
+        <v>1.15556</v>
       </c>
       <c r="E166">
-        <v>1.14878</v>
+        <v>1.15969</v>
       </c>
     </row>
     <row r="167" spans="1:5">
       <c r="A167" t="s">
         <v>167</v>
       </c>
       <c r="B167">
-        <v>1.14174</v>
+        <v>1.15985</v>
       </c>
       <c r="C167">
-        <v>1.14471</v>
+        <v>1.17209</v>
       </c>
       <c r="D167">
-        <v>1.13724</v>
+        <v>1.15618</v>
       </c>
       <c r="E167">
-        <v>1.14242</v>
+        <v>1.16392</v>
       </c>
     </row>
     <row r="168" spans="1:5">
       <c r="A168" t="s">
         <v>168</v>
       </c>
       <c r="B168">
-        <v>1.14096</v>
+        <v>1.16626</v>
       </c>
       <c r="C168">
-        <v>1.14387</v>
+        <v>1.16922</v>
       </c>
       <c r="D168">
-        <v>1.1386</v>
+        <v>1.15923</v>
       </c>
       <c r="E168">
-        <v>1.14193</v>
+        <v>1.16016</v>
       </c>
     </row>
     <row r="169" spans="1:5">
       <c r="A169" t="s">
         <v>169</v>
       </c>
       <c r="B169">
-        <v>1.14431</v>
+        <v>1.16767</v>
       </c>
       <c r="C169">
-        <v>1.14569</v>
+        <v>1.16971</v>
       </c>
       <c r="D169">
-        <v>1.13711</v>
+        <v>1.16537</v>
       </c>
       <c r="E169">
-        <v>1.13956</v>
+        <v>1.16647</v>
       </c>
     </row>
     <row r="170" spans="1:5">
       <c r="A170" t="s">
         <v>170</v>
       </c>
       <c r="B170">
-        <v>1.14099</v>
+        <v>1.16991</v>
       </c>
       <c r="C170">
-        <v>1.14945</v>
+        <v>1.17135</v>
       </c>
       <c r="D170">
-        <v>1.1404</v>
+        <v>1.16641</v>
       </c>
       <c r="E170">
-        <v>1.14434</v>
+        <v>1.16874</v>
       </c>
     </row>
     <row r="171" spans="1:5">
       <c r="A171" t="s">
         <v>171</v>
       </c>
       <c r="B171">
-        <v>1.1368</v>
+        <v>1.17088</v>
       </c>
       <c r="C171">
-        <v>1.1434</v>
+        <v>1.17491</v>
       </c>
       <c r="D171">
-        <v>1.13564</v>
+        <v>1.1662</v>
       </c>
       <c r="E171">
-        <v>1.14143</v>
+        <v>1.16994</v>
       </c>
     </row>
     <row r="172" spans="1:5">
       <c r="A172" t="s">
         <v>172</v>
       </c>
       <c r="B172">
-        <v>1.14382</v>
+        <v>1.17069</v>
       </c>
       <c r="C172">
-        <v>1.14541</v>
+        <v>1.17289</v>
       </c>
       <c r="D172">
-        <v>1.13636</v>
+        <v>1.1689</v>
       </c>
       <c r="E172">
-        <v>1.13697</v>
+        <v>1.17216</v>
       </c>
     </row>
     <row r="173" spans="1:5">
       <c r="A173" t="s">
         <v>173</v>
       </c>
       <c r="B173">
-        <v>1.13581</v>
+        <v>1.17067</v>
       </c>
       <c r="C173">
-        <v>1.14492</v>
+        <v>1.17648</v>
       </c>
       <c r="D173">
-        <v>1.13504</v>
+        <v>1.1682</v>
       </c>
       <c r="E173">
-        <v>1.14426</v>
+        <v>1.17244</v>
       </c>
     </row>
     <row r="174" spans="1:5">
       <c r="A174" t="s">
         <v>174</v>
       </c>
       <c r="B174">
-        <v>1.13624</v>
+        <v>1.17862</v>
       </c>
       <c r="C174">
-        <v>1.13893</v>
+        <v>1.17897</v>
       </c>
       <c r="D174">
-        <v>1.13121</v>
+        <v>1.16862</v>
       </c>
       <c r="E174">
-        <v>1.13558</v>
+        <v>1.17077</v>
       </c>
     </row>
     <row r="175" spans="1:5">
       <c r="A175" t="s">
         <v>175</v>
       </c>
       <c r="B175">
-        <v>1.12879</v>
+        <v>1.17541</v>
       </c>
       <c r="C175">
-        <v>1.13839</v>
+        <v>1.1787</v>
       </c>
       <c r="D175">
-        <v>1.12101</v>
+        <v>1.17496</v>
       </c>
       <c r="E175">
-        <v>1.13642</v>
+        <v>1.1774</v>
       </c>
     </row>
     <row r="176" spans="1:5">
       <c r="A176" t="s">
         <v>176</v>
       </c>
       <c r="B176">
-        <v>1.13275</v>
+        <v>1.17936</v>
       </c>
       <c r="C176">
-        <v>1.13445</v>
+        <v>1.18096</v>
       </c>
       <c r="D176">
-        <v>1.12833</v>
+        <v>1.17166</v>
       </c>
       <c r="E176">
-        <v>1.12888</v>
+        <v>1.17567</v>
       </c>
     </row>
     <row r="177" spans="1:5">
       <c r="A177" t="s">
         <v>177</v>
       </c>
       <c r="B177">
-        <v>1.13804</v>
+        <v>1.18048</v>
       </c>
       <c r="C177">
-        <v>1.14067</v>
+        <v>1.18095</v>
       </c>
       <c r="D177">
-        <v>1.13227</v>
+        <v>1.17464</v>
       </c>
       <c r="E177">
-        <v>1.13264</v>
+        <v>1.17976</v>
       </c>
     </row>
     <row r="178" spans="1:5">
       <c r="A178" t="s">
         <v>178</v>
       </c>
       <c r="B178">
-        <v>1.13786</v>
+        <v>1.17766</v>
       </c>
       <c r="C178">
-        <v>1.14182</v>
+        <v>1.18292</v>
       </c>
       <c r="D178">
-        <v>1.13684</v>
+        <v>1.17609</v>
       </c>
       <c r="E178">
-        <v>1.13862</v>
+        <v>1.18046</v>
       </c>
     </row>
     <row r="179" spans="1:5">
       <c r="A179" t="s">
         <v>179</v>
       </c>
       <c r="B179">
-        <v>1.12788</v>
+        <v>1.17319</v>
       </c>
       <c r="C179">
-        <v>1.13749</v>
+        <v>1.17874</v>
       </c>
       <c r="D179">
-        <v>1.12757</v>
+        <v>1.17071</v>
       </c>
       <c r="E179">
-        <v>1.1363</v>
+        <v>1.17871</v>
       </c>
     </row>
     <row r="180" spans="1:5">
       <c r="A180" t="s">
         <v>180</v>
       </c>
       <c r="B180">
-        <v>1.1324</v>
+        <v>1.16836</v>
       </c>
       <c r="C180">
-        <v>1.13443</v>
+        <v>1.17535</v>
       </c>
       <c r="D180">
-        <v>1.12553</v>
+        <v>1.168</v>
       </c>
       <c r="E180">
-        <v>1.1278</v>
+        <v>1.17061</v>
       </c>
     </row>
     <row r="181" spans="1:5">
       <c r="A181" t="s">
         <v>181</v>
       </c>
       <c r="B181">
-        <v>1.12815</v>
+        <v>1.16566</v>
       </c>
       <c r="C181">
-        <v>1.13623</v>
+        <v>1.17443</v>
       </c>
       <c r="D181">
-        <v>1.12792</v>
+        <v>1.16513</v>
       </c>
       <c r="E181">
-        <v>1.13304</v>
+        <v>1.17007</v>
       </c>
     </row>
     <row r="182" spans="1:5">
       <c r="A182" t="s">
         <v>182</v>
       </c>
       <c r="B182">
-        <v>1.12338</v>
+        <v>1.16074</v>
       </c>
       <c r="C182">
-        <v>1.12851</v>
+        <v>1.16645</v>
       </c>
       <c r="D182">
-        <v>1.12175</v>
+        <v>1.15893</v>
       </c>
       <c r="E182">
-        <v>1.12838</v>
+        <v>1.1659</v>
       </c>
     </row>
     <row r="183" spans="1:5">
       <c r="A183" t="s">
         <v>183</v>
       </c>
       <c r="B183">
-        <v>1.11914</v>
+        <v>1.15714</v>
       </c>
       <c r="C183">
-        <v>1.12878</v>
+        <v>1.1641</v>
       </c>
       <c r="D183">
-        <v>1.11719</v>
+        <v>1.15713</v>
       </c>
       <c r="E183">
-        <v>1.12394</v>
+        <v>1.16078</v>
       </c>
     </row>
     <row r="184" spans="1:5">
       <c r="A184" t="s">
         <v>184</v>
       </c>
       <c r="B184">
-        <v>1.11857</v>
+        <v>1.14987</v>
       </c>
       <c r="C184">
-        <v>1.12191</v>
+        <v>1.15811</v>
       </c>
       <c r="D184">
-        <v>1.11306</v>
+        <v>1.14531</v>
       </c>
       <c r="E184">
-        <v>1.11487</v>
+        <v>1.15777</v>
       </c>
     </row>
     <row r="185" spans="1:5">
       <c r="A185" t="s">
         <v>185</v>
       </c>
       <c r="B185">
-        <v>1.11667</v>
+        <v>1.14898</v>
       </c>
       <c r="C185">
-        <v>1.12274</v>
+        <v>1.15435</v>
       </c>
       <c r="D185">
-        <v>1.11662</v>
+        <v>1.14876</v>
       </c>
       <c r="E185">
-        <v>1.11829</v>
+        <v>1.15152</v>
       </c>
     </row>
     <row r="186" spans="1:5">
       <c r="A186" t="s">
         <v>186</v>
       </c>
       <c r="B186">
-        <v>1.11841</v>
+        <v>1.14746</v>
       </c>
       <c r="C186">
-        <v>1.12653</v>
+        <v>1.14997</v>
       </c>
       <c r="D186">
-        <v>1.1164</v>
+        <v>1.14457</v>
       </c>
       <c r="E186">
-        <v>1.11708</v>
+        <v>1.14959</v>
       </c>
     </row>
     <row r="187" spans="1:5">
       <c r="A187" t="s">
         <v>187</v>
       </c>
       <c r="B187">
-        <v>1.10829</v>
+        <v>1.14736</v>
       </c>
       <c r="C187">
-        <v>1.11942</v>
+        <v>1.15297</v>
       </c>
       <c r="D187">
-        <v>1.10815</v>
+        <v>1.14604</v>
       </c>
       <c r="E187">
-        <v>1.11843</v>
+        <v>1.14826</v>
       </c>
     </row>
     <row r="188" spans="1:5">
       <c r="A188" t="s">
         <v>188</v>
       </c>
       <c r="B188">
-        <v>1.12308</v>
+        <v>1.1556</v>
       </c>
       <c r="C188">
-        <v>1.12423</v>
+        <v>1.15794</v>
       </c>
       <c r="D188">
-        <v>1.10649</v>
+        <v>1.14741</v>
       </c>
       <c r="E188">
-        <v>1.10853</v>
+        <v>1.14793</v>
       </c>
     </row>
     <row r="189" spans="1:5">
       <c r="A189" t="s">
         <v>189</v>
       </c>
       <c r="B189">
-        <v>1.12223</v>
+        <v>1.15336</v>
       </c>
       <c r="C189">
-        <v>1.12923</v>
+        <v>1.16142</v>
       </c>
       <c r="D189">
-        <v>1.11962</v>
+        <v>1.15231</v>
       </c>
       <c r="E189">
-        <v>1.12566</v>
+        <v>1.15586</v>
       </c>
     </row>
     <row r="190" spans="1:5">
       <c r="A190" t="s">
         <v>190</v>
       </c>
       <c r="B190">
-        <v>1.12964</v>
+        <v>1.15796</v>
       </c>
       <c r="C190">
-        <v>1.13358</v>
+        <v>1.1614</v>
       </c>
       <c r="D190">
-        <v>1.12114</v>
+        <v>1.14883</v>
       </c>
       <c r="E190">
-        <v>1.12273</v>
+        <v>1.15495</v>
       </c>
     </row>
     <row r="191" spans="1:5">
       <c r="A191" t="s">
         <v>191</v>
       </c>
       <c r="B191">
-        <v>1.13685</v>
+        <v>1.14835</v>
       </c>
       <c r="C191">
-        <v>1.13776</v>
+        <v>1.16309</v>
       </c>
       <c r="D191">
-        <v>1.12911</v>
+        <v>1.14809</v>
       </c>
       <c r="E191">
-        <v>1.13004</v>
+        <v>1.15839</v>
       </c>
     </row>
     <row r="192" spans="1:5">
       <c r="A192" t="s">
         <v>192</v>
       </c>
       <c r="B192">
-        <v>1.13134</v>
+        <v>1.14221</v>
       </c>
       <c r="C192">
-        <v>1.13806</v>
+        <v>1.14989</v>
       </c>
       <c r="D192">
-        <v>1.12794</v>
+        <v>1.14048</v>
       </c>
       <c r="E192">
-        <v>1.13679</v>
+        <v>1.14878</v>
       </c>
     </row>
     <row r="193" spans="1:5">
       <c r="A193" t="s">
         <v>193</v>
       </c>
       <c r="B193">
-        <v>1.13117</v>
+        <v>1.14174</v>
       </c>
       <c r="C193">
-        <v>1.13643</v>
+        <v>1.14471</v>
       </c>
       <c r="D193">
-        <v>1.12967</v>
+        <v>1.13724</v>
       </c>
       <c r="E193">
-        <v>1.13138</v>
+        <v>1.14242</v>
       </c>
     </row>
     <row r="194" spans="1:5">
       <c r="A194" t="s">
         <v>194</v>
       </c>
       <c r="B194">
-        <v>1.12877</v>
+        <v>1.14096</v>
       </c>
       <c r="C194">
-        <v>1.13804</v>
+        <v>1.14387</v>
       </c>
       <c r="D194">
-        <v>1.12737</v>
+        <v>1.1386</v>
       </c>
       <c r="E194">
-        <v>1.1304</v>
+        <v>1.14193</v>
       </c>
     </row>
     <row r="195" spans="1:5">
       <c r="A195" t="s">
         <v>195</v>
       </c>
       <c r="B195">
-        <v>1.13269</v>
+        <v>1.14431</v>
       </c>
       <c r="C195">
-        <v>1.13405</v>
+        <v>1.14569</v>
       </c>
       <c r="D195">
-        <v>1.12653</v>
+        <v>1.13711</v>
       </c>
       <c r="E195">
-        <v>1.12894</v>
+        <v>1.13956</v>
       </c>
     </row>
     <row r="196" spans="1:5">
       <c r="A196" t="s">
         <v>196</v>
       </c>
       <c r="B196">
-        <v>1.13836</v>
+        <v>1.14099</v>
       </c>
       <c r="C196">
-        <v>1.1399</v>
+        <v>1.14945</v>
       </c>
       <c r="D196">
-        <v>1.13167</v>
+        <v>1.1404</v>
       </c>
       <c r="E196">
-        <v>1.13286</v>
+        <v>1.14434</v>
       </c>
     </row>
     <row r="197" spans="1:5">
       <c r="A197" t="s">
         <v>197</v>
       </c>
       <c r="B197">
-        <v>1.14191</v>
+        <v>1.1368</v>
       </c>
       <c r="C197">
-        <v>1.14212</v>
+        <v>1.1434</v>
       </c>
       <c r="D197">
-        <v>1.13696</v>
+        <v>1.13564</v>
       </c>
       <c r="E197">
-        <v>1.13822</v>
+        <v>1.14143</v>
       </c>
     </row>
     <row r="198" spans="1:5">
       <c r="A198" t="s">
         <v>198</v>
       </c>
       <c r="B198">
-        <v>1.13492</v>
+        <v>1.14382</v>
       </c>
       <c r="C198">
-        <v>1.14243</v>
+        <v>1.14541</v>
       </c>
       <c r="D198">
-        <v>1.13288</v>
+        <v>1.13636</v>
       </c>
       <c r="E198">
-        <v>1.1421</v>
+        <v>1.13697</v>
       </c>
     </row>
     <row r="199" spans="1:5">
       <c r="A199" t="s">
         <v>199</v>
       </c>
       <c r="B199">
-        <v>1.13839</v>
+        <v>1.13581</v>
       </c>
       <c r="C199">
-        <v>1.13908</v>
+        <v>1.14492</v>
       </c>
       <c r="D199">
-        <v>1.13154</v>
+        <v>1.13504</v>
       </c>
       <c r="E199">
-        <v>1.13586</v>
+        <v>1.14426</v>
       </c>
     </row>
     <row r="200" spans="1:5">
       <c r="A200" t="s">
         <v>200</v>
       </c>
       <c r="B200">
-        <v>1.13108</v>
+        <v>1.13624</v>
       </c>
       <c r="C200">
-        <v>1.13973</v>
+        <v>1.13893</v>
       </c>
       <c r="D200">
-        <v>1.13089</v>
+        <v>1.13121</v>
       </c>
       <c r="E200">
-        <v>1.13882</v>
+        <v>1.13558</v>
       </c>
     </row>
     <row r="201" spans="1:5">
       <c r="A201" t="s">
         <v>201</v>
       </c>
       <c r="B201">
-        <v>1.14183</v>
+        <v>1.12879</v>
       </c>
       <c r="C201">
-        <v>1.14393</v>
+        <v>1.13839</v>
       </c>
       <c r="D201">
-        <v>1.13075</v>
+        <v>1.12101</v>
       </c>
       <c r="E201">
-        <v>1.13139</v>
+        <v>1.13642</v>
       </c>
     </row>
     <row r="202" spans="1:5">
       <c r="A202" t="s">
         <v>202</v>
       </c>
       <c r="B202">
-        <v>1.15135</v>
+        <v>1.13275</v>
       </c>
       <c r="C202">
-        <v>1.15468</v>
+        <v>1.13445</v>
       </c>
       <c r="D202">
-        <v>1.14169</v>
+        <v>1.12833</v>
       </c>
       <c r="E202">
-        <v>1.142</v>
+        <v>1.12888</v>
       </c>
     </row>
     <row r="203" spans="1:5">
       <c r="A203" t="s">
         <v>203</v>
       </c>
       <c r="B203">
-        <v>1.14403</v>
+        <v>1.13804</v>
       </c>
       <c r="C203">
-        <v>1.15727</v>
+        <v>1.14067</v>
       </c>
       <c r="D203">
-        <v>1.14396</v>
+        <v>1.13227</v>
       </c>
       <c r="E203">
-        <v>1.15123</v>
+        <v>1.13264</v>
       </c>
     </row>
     <row r="204" spans="1:5">
       <c r="A204" t="s">
         <v>204</v>
       </c>
       <c r="B204">
-        <v>1.1361</v>
+        <v>1.13786</v>
       </c>
       <c r="C204">
-        <v>1.13969</v>
+        <v>1.14182</v>
       </c>
       <c r="D204">
-        <v>1.1358</v>
+        <v>1.13684</v>
       </c>
       <c r="E204">
-        <v>1.1394</v>
+        <v>1.13862</v>
       </c>
     </row>
     <row r="205" spans="1:5">
       <c r="A205" t="s">
         <v>205</v>
       </c>
       <c r="B205">
-        <v>1.1398</v>
+        <v>1.12788</v>
       </c>
       <c r="C205">
-        <v>1.14087</v>
+        <v>1.13749</v>
       </c>
       <c r="D205">
-        <v>1.13347</v>
+        <v>1.12757</v>
       </c>
       <c r="E205">
-        <v>1.13628</v>
+        <v>1.1363</v>
       </c>
     </row>
     <row r="206" spans="1:5">
       <c r="A206" t="s">
         <v>206</v>
       </c>
       <c r="B206">
-        <v>1.12776</v>
+        <v>1.1324</v>
       </c>
       <c r="C206">
-        <v>1.14122</v>
+        <v>1.13443</v>
       </c>
       <c r="D206">
-        <v>1.12776</v>
+        <v>1.12553</v>
       </c>
       <c r="E206">
-        <v>1.13979</v>
+        <v>1.1278</v>
       </c>
     </row>
     <row r="207" spans="1:5">
       <c r="A207" t="s">
         <v>207</v>
       </c>
       <c r="B207">
-        <v>1.13456</v>
+        <v>1.12815</v>
       </c>
       <c r="C207">
-        <v>1.13783</v>
+        <v>1.13623</v>
       </c>
       <c r="D207">
-        <v>1.12636</v>
+        <v>1.12792</v>
       </c>
       <c r="E207">
-        <v>1.12807</v>
+        <v>1.13304</v>
       </c>
     </row>
     <row r="208" spans="1:5">
       <c r="A208" t="s">
         <v>208</v>
       </c>
       <c r="B208">
-        <v>1.13283</v>
+        <v>1.12338</v>
       </c>
       <c r="C208">
-        <v>1.1424</v>
+        <v>1.12851</v>
       </c>
       <c r="D208">
-        <v>1.12954</v>
+        <v>1.12175</v>
       </c>
       <c r="E208">
-        <v>1.1349</v>
+        <v>1.12838</v>
       </c>
     </row>
     <row r="209" spans="1:5">
       <c r="A209" t="s">
         <v>209</v>
       </c>
       <c r="B209">
-        <v>1.11923</v>
+        <v>1.11914</v>
       </c>
       <c r="C209">
-        <v>1.1473</v>
+        <v>1.12878</v>
       </c>
       <c r="D209">
-        <v>1.11812</v>
+        <v>1.11719</v>
       </c>
       <c r="E209">
-        <v>1.13409</v>
+        <v>1.12394</v>
       </c>
     </row>
     <row r="210" spans="1:5">
       <c r="A210" t="s">
         <v>210</v>
       </c>
       <c r="B210">
-        <v>1.09477</v>
+        <v>1.11857</v>
       </c>
       <c r="C210">
-        <v>1.1241</v>
+        <v>1.12191</v>
       </c>
       <c r="D210">
-        <v>1.09423</v>
+        <v>1.11306</v>
       </c>
       <c r="E210">
-        <v>1.12011</v>
+        <v>1.11487</v>
       </c>
     </row>
     <row r="211" spans="1:5">
       <c r="A211" t="s">
         <v>211</v>
       </c>
       <c r="B211">
-        <v>1.09521</v>
+        <v>1.11667</v>
       </c>
       <c r="C211">
-        <v>1.10945</v>
+        <v>1.12274</v>
       </c>
       <c r="D211">
-        <v>1.09126</v>
+        <v>1.11662</v>
       </c>
       <c r="E211">
-        <v>1.09468</v>
+        <v>1.11829</v>
       </c>
     </row>
     <row r="212" spans="1:5">
       <c r="A212" t="s">
         <v>212</v>
       </c>
       <c r="B212">
-        <v>1.0906</v>
+        <v>1.11841</v>
       </c>
       <c r="C212">
-        <v>1.09912</v>
+        <v>1.12653</v>
       </c>
       <c r="D212">
-        <v>1.08877</v>
+        <v>1.1164</v>
       </c>
       <c r="E212">
-        <v>1.09572</v>
+        <v>1.11708</v>
       </c>
     </row>
     <row r="213" spans="1:5">
       <c r="A213" t="s">
         <v>213</v>
       </c>
       <c r="B213">
-        <v>1.09866</v>
+        <v>1.10829</v>
       </c>
       <c r="C213">
-        <v>1.10494</v>
+        <v>1.11942</v>
       </c>
       <c r="D213">
-        <v>1.08998</v>
+        <v>1.10815</v>
       </c>
       <c r="E213">
-        <v>1.09047</v>
+        <v>1.11843</v>
       </c>
     </row>
     <row r="214" spans="1:5">
       <c r="A214" t="s">
         <v>214</v>
       </c>
       <c r="B214">
-        <v>1.10427</v>
+        <v>1.12308</v>
       </c>
       <c r="C214">
-        <v>1.11072</v>
+        <v>1.12423</v>
       </c>
       <c r="D214">
-        <v>1.0924</v>
+        <v>1.10649</v>
       </c>
       <c r="E214">
-        <v>1.09422</v>
+        <v>1.10853</v>
       </c>
     </row>
     <row r="215" spans="1:5">
       <c r="A215" t="s">
         <v>215</v>
       </c>
       <c r="B215">
-        <v>1.08518</v>
+        <v>1.12223</v>
       </c>
       <c r="C215">
-        <v>1.11453</v>
+        <v>1.12923</v>
       </c>
       <c r="D215">
-        <v>1.08046</v>
+        <v>1.11962</v>
       </c>
       <c r="E215">
-        <v>1.10505</v>
+        <v>1.12566</v>
       </c>
     </row>
     <row r="216" spans="1:5">
       <c r="A216" t="s">
         <v>216</v>
       </c>
       <c r="B216">
-        <v>1.07894</v>
+        <v>1.12964</v>
       </c>
       <c r="C216">
-        <v>1.09235</v>
+        <v>1.13358</v>
       </c>
       <c r="D216">
-        <v>1.07796</v>
+        <v>1.12114</v>
       </c>
       <c r="E216">
-        <v>1.08597</v>
+        <v>1.12273</v>
       </c>
     </row>
     <row r="217" spans="1:5">
       <c r="A217" t="s">
         <v>217</v>
       </c>
       <c r="B217">
-        <v>1.08146</v>
+        <v>1.13685</v>
       </c>
       <c r="C217">
-        <v>1.08295</v>
+        <v>1.13776</v>
       </c>
       <c r="D217">
-        <v>1.07777</v>
+        <v>1.12911</v>
       </c>
       <c r="E217">
-        <v>1.07918</v>
+        <v>1.13004</v>
       </c>
     </row>
     <row r="218" spans="1:5">
       <c r="A218" t="s">
         <v>218</v>
       </c>
       <c r="B218">
-        <v>1.08009</v>
+        <v>1.13134</v>
       </c>
       <c r="C218">
-        <v>1.08442</v>
+        <v>1.13806</v>
       </c>
       <c r="D218">
-        <v>1.07639</v>
+        <v>1.12794</v>
       </c>
       <c r="E218">
-        <v>1.08251</v>
+        <v>1.13679</v>
       </c>
     </row>
     <row r="219" spans="1:5">
       <c r="A219" t="s">
         <v>219</v>
       </c>
       <c r="B219">
-        <v>1.0753</v>
+        <v>1.13117</v>
       </c>
       <c r="C219">
-        <v>1.08206</v>
+        <v>1.13643</v>
       </c>
       <c r="D219">
-        <v>1.07324</v>
+        <v>1.12967</v>
       </c>
       <c r="E219">
-        <v>1.08012</v>
+        <v>1.13138</v>
       </c>
     </row>
     <row r="220" spans="1:5">
       <c r="A220" t="s">
         <v>220</v>
       </c>
       <c r="B220">
-        <v>1.07899</v>
+        <v>1.12877</v>
       </c>
       <c r="C220">
-        <v>1.08022</v>
+        <v>1.13804</v>
       </c>
       <c r="D220">
-        <v>1.07429</v>
+        <v>1.12737</v>
       </c>
       <c r="E220">
-        <v>1.07519</v>
+        <v>1.1304</v>
       </c>
     </row>
     <row r="221" spans="1:5">
       <c r="A221" t="s">
         <v>221</v>
       </c>
       <c r="B221">
-        <v>1.08003</v>
+        <v>1.13269</v>
       </c>
       <c r="C221">
-        <v>1.08296</v>
+        <v>1.13405</v>
       </c>
       <c r="D221">
-        <v>1.07763</v>
+        <v>1.12653</v>
       </c>
       <c r="E221">
-        <v>1.07904</v>
+        <v>1.12894</v>
       </c>
     </row>
     <row r="222" spans="1:5">
       <c r="A222" t="s">
         <v>222</v>
       </c>
       <c r="B222">
-        <v>1.07927</v>
+        <v>1.13836</v>
       </c>
       <c r="C222">
-        <v>1.08125</v>
+        <v>1.1399</v>
       </c>
       <c r="D222">
-        <v>1.07927</v>
+        <v>1.13167</v>
       </c>
       <c r="E222">
-        <v>1.08001</v>
+        <v>1.13286</v>
       </c>
     </row>
     <row r="223" spans="1:5">
       <c r="A223" t="s">
         <v>223</v>
       </c>
       <c r="B223">
-        <v>1.08466</v>
+        <v>1.14191</v>
       </c>
       <c r="C223">
-        <v>1.08606</v>
+        <v>1.14212</v>
       </c>
       <c r="D223">
-        <v>1.0796</v>
+        <v>1.13696</v>
       </c>
       <c r="E223">
-        <v>1.08171</v>
+        <v>1.13822</v>
       </c>
     </row>
     <row r="224" spans="1:5">
       <c r="A224" t="s">
         <v>224</v>
       </c>
       <c r="B224">
-        <v>1.09007</v>
+        <v>1.13492</v>
       </c>
       <c r="C224">
-        <v>1.09167</v>
+        <v>1.14243</v>
       </c>
       <c r="D224">
-        <v>1.08141</v>
+        <v>1.13288</v>
       </c>
       <c r="E224">
-        <v>1.08471</v>
+        <v>1.1421</v>
       </c>
     </row>
     <row r="225" spans="1:5">
       <c r="A225" t="s">
         <v>225</v>
       </c>
       <c r="B225">
-        <v>1.09437</v>
+        <v>1.13839</v>
       </c>
       <c r="C225">
-        <v>1.09452</v>
+        <v>1.13908</v>
       </c>
       <c r="D225">
-        <v>1.08598</v>
+        <v>1.13154</v>
       </c>
       <c r="E225">
-        <v>1.09009</v>
+        <v>1.13586</v>
       </c>
     </row>
     <row r="226" spans="1:5">
       <c r="A226" t="s">
         <v>226</v>
       </c>
       <c r="B226">
-        <v>1.09213</v>
+        <v>1.13108</v>
       </c>
       <c r="C226">
-        <v>1.09542</v>
+        <v>1.13973</v>
       </c>
       <c r="D226">
-        <v>1.08922</v>
+        <v>1.13089</v>
       </c>
       <c r="E226">
-        <v>1.09435</v>
+        <v>1.13882</v>
       </c>
     </row>
     <row r="227" spans="1:5">
       <c r="A227" t="s">
         <v>227</v>
       </c>
       <c r="B227">
-        <v>1.08827</v>
+        <v>1.14183</v>
       </c>
       <c r="C227">
-        <v>1.09291</v>
+        <v>1.14393</v>
       </c>
       <c r="D227">
-        <v>1.08679</v>
+        <v>1.13075</v>
       </c>
       <c r="E227">
-        <v>1.09214</v>
+        <v>1.13139</v>
       </c>
     </row>
     <row r="228" spans="1:5">
       <c r="A228" t="s">
         <v>228</v>
       </c>
       <c r="B228">
-        <v>1.08509</v>
+        <v>1.15135</v>
       </c>
       <c r="C228">
-        <v>1.09118</v>
+        <v>1.15468</v>
       </c>
       <c r="D228">
-        <v>1.083</v>
+        <v>1.14169</v>
       </c>
       <c r="E228">
-        <v>1.08826</v>
+        <v>1.142</v>
       </c>
     </row>
     <row r="229" spans="1:5">
       <c r="A229" t="s">
         <v>229</v>
       </c>
       <c r="B229">
-        <v>1.0887</v>
+        <v>1.14403</v>
       </c>
       <c r="C229">
-        <v>1.08966</v>
+        <v>1.15727</v>
       </c>
       <c r="D229">
-        <v>1.08219</v>
+        <v>1.14396</v>
       </c>
       <c r="E229">
-        <v>1.08504</v>
+        <v>1.15123</v>
       </c>
     </row>
     <row r="230" spans="1:5">
       <c r="A230" t="s">
         <v>230</v>
       </c>
       <c r="B230">
-        <v>1.09178</v>
+        <v>1.1361</v>
       </c>
       <c r="C230">
-        <v>1.09303</v>
+        <v>1.13969</v>
       </c>
       <c r="D230">
-        <v>1.08749</v>
+        <v>1.1358</v>
       </c>
       <c r="E230">
-        <v>1.08868</v>
+        <v>1.1394</v>
       </c>
     </row>
     <row r="231" spans="1:5">
       <c r="A231" t="s">
         <v>231</v>
       </c>
       <c r="B231">
-        <v>1.08327</v>
+        <v>1.1398</v>
       </c>
       <c r="C231">
-        <v>1.09467</v>
+        <v>1.14087</v>
       </c>
       <c r="D231">
-        <v>1.08282</v>
+        <v>1.13347</v>
       </c>
       <c r="E231">
-        <v>1.09178</v>
+        <v>1.13628</v>
       </c>
     </row>
     <row r="232" spans="1:5">
       <c r="A232" t="s">
         <v>232</v>
       </c>
       <c r="B232">
-        <v>1.08619</v>
+        <v>1.12776</v>
       </c>
       <c r="C232">
-        <v>1.0874</v>
+        <v>1.14122</v>
       </c>
       <c r="D232">
-        <v>1.08044</v>
+        <v>1.12776</v>
       </c>
       <c r="E232">
-        <v>1.08338</v>
+        <v>1.13979</v>
       </c>
     </row>
     <row r="233" spans="1:5">
       <c r="A233" t="s">
         <v>233</v>
       </c>
       <c r="B233">
-        <v>1.07825</v>
+        <v>1.13456</v>
       </c>
       <c r="C233">
-        <v>1.08879</v>
+        <v>1.13783</v>
       </c>
       <c r="D233">
-        <v>1.07787</v>
+        <v>1.12636</v>
       </c>
       <c r="E233">
-        <v>1.08471</v>
+        <v>1.12807</v>
       </c>
     </row>
     <row r="234" spans="1:5">
       <c r="A234" t="s">
         <v>234</v>
       </c>
       <c r="B234">
-        <v>1.07861</v>
+        <v>1.13283</v>
       </c>
       <c r="C234">
-        <v>1.0853</v>
+        <v>1.1424</v>
       </c>
       <c r="D234">
-        <v>1.0765</v>
+        <v>1.12954</v>
       </c>
       <c r="E234">
-        <v>1.0784</v>
+        <v>1.1349</v>
       </c>
     </row>
     <row r="235" spans="1:5">
       <c r="A235" t="s">
         <v>235</v>
       </c>
       <c r="B235">
-        <v>1.06245</v>
+        <v>1.11923</v>
       </c>
       <c r="C235">
-        <v>1.07959</v>
+        <v>1.1473</v>
       </c>
       <c r="D235">
-        <v>1.06014</v>
+        <v>1.11812</v>
       </c>
       <c r="E235">
-        <v>1.07878</v>
+        <v>1.13409</v>
       </c>
     </row>
     <row r="236" spans="1:5">
       <c r="A236" t="s">
         <v>236</v>
       </c>
       <c r="B236">
-        <v>1.0486</v>
+        <v>1.09477</v>
       </c>
       <c r="C236">
-        <v>1.06268</v>
+        <v>1.1241</v>
       </c>
       <c r="D236">
-        <v>1.04706</v>
+        <v>1.09423</v>
       </c>
       <c r="E236">
-        <v>1.06246</v>
+        <v>1.12011</v>
       </c>
     </row>
     <row r="237" spans="1:5">
       <c r="A237" t="s">
         <v>237</v>
       </c>
       <c r="B237">
-        <v>1.04148</v>
+        <v>1.09521</v>
       </c>
       <c r="C237">
-        <v>1.05034</v>
+        <v>1.10945</v>
       </c>
       <c r="D237">
-        <v>1.0388</v>
+        <v>1.09126</v>
       </c>
       <c r="E237">
-        <v>1.0486</v>
+        <v>1.09468</v>
       </c>
     </row>
     <row r="238" spans="1:5">
       <c r="A238" t="s">
         <v>238</v>
       </c>
       <c r="B238">
-        <v>1.03972</v>
+        <v>1.0906</v>
       </c>
       <c r="C238">
-        <v>1.04193</v>
+        <v>1.09912</v>
       </c>
       <c r="D238">
-        <v>1.03594</v>
+        <v>1.08877</v>
       </c>
       <c r="E238">
-        <v>1.03742</v>
+        <v>1.09572</v>
       </c>
     </row>
     <row r="239" spans="1:5">
       <c r="A239" t="s">
         <v>239</v>
       </c>
       <c r="B239">
-        <v>1.04834</v>
+        <v>1.09866</v>
       </c>
       <c r="C239">
-        <v>1.0492</v>
+        <v>1.10494</v>
       </c>
       <c r="D239">
-        <v>1.03962</v>
+        <v>1.08998</v>
       </c>
       <c r="E239">
-        <v>1.03973</v>
+        <v>1.09047</v>
       </c>
     </row>
     <row r="240" spans="1:5">
       <c r="A240" t="s">
         <v>240</v>
       </c>
       <c r="B240">
-        <v>1.0512</v>
+        <v>1.10427</v>
       </c>
       <c r="C240">
-        <v>1.0528</v>
+        <v>1.11072</v>
       </c>
       <c r="D240">
-        <v>1.04744</v>
+        <v>1.0924</v>
       </c>
       <c r="E240">
-        <v>1.04835</v>
+        <v>1.09422</v>
       </c>
     </row>
     <row r="241" spans="1:5">
       <c r="A241" t="s">
         <v>241</v>
       </c>
       <c r="B241">
-        <v>1.04668</v>
+        <v>1.08518</v>
       </c>
       <c r="C241">
-        <v>1.05188</v>
+        <v>1.11453</v>
       </c>
       <c r="D241">
-        <v>1.04557</v>
+        <v>1.08046</v>
       </c>
       <c r="E241">
-        <v>1.05124</v>
+        <v>1.10505</v>
       </c>
     </row>
     <row r="242" spans="1:5">
       <c r="A242" t="s">
         <v>242</v>
       </c>
       <c r="B242">
-        <v>1.04791</v>
+        <v>1.07894</v>
       </c>
       <c r="C242">
-        <v>1.05277</v>
+        <v>1.09235</v>
       </c>
       <c r="D242">
-        <v>1.04522</v>
+        <v>1.07796</v>
       </c>
       <c r="E242">
-        <v>1.0467</v>
+        <v>1.08597</v>
       </c>
     </row>
     <row r="243" spans="1:5">
       <c r="A243" t="s">
         <v>243</v>
       </c>
       <c r="B243">
-        <v>1.05005</v>
+        <v>1.08146</v>
       </c>
       <c r="C243">
-        <v>1.05051</v>
+        <v>1.08295</v>
       </c>
       <c r="D243">
-        <v>1.04489</v>
+        <v>1.07777</v>
       </c>
       <c r="E243">
-        <v>1.04601</v>
+        <v>1.07918</v>
       </c>
     </row>
     <row r="244" spans="1:5">
       <c r="A244" t="s">
         <v>244</v>
       </c>
       <c r="B244">
-        <v>1.04217</v>
+        <v>1.08009</v>
       </c>
       <c r="C244">
-        <v>1.05028</v>
+        <v>1.08442</v>
       </c>
       <c r="D244">
-        <v>1.0418</v>
+        <v>1.07639</v>
       </c>
       <c r="E244">
-        <v>1.05007</v>
+        <v>1.08251</v>
       </c>
     </row>
     <row r="245" spans="1:5">
       <c r="A245" t="s">
         <v>245</v>
       </c>
       <c r="B245">
-        <v>1.04451</v>
+        <v>1.0753</v>
       </c>
       <c r="C245">
-        <v>1.04607</v>
+        <v>1.08206</v>
       </c>
       <c r="D245">
-        <v>1.04001</v>
+        <v>1.07324</v>
       </c>
       <c r="E245">
-        <v>1.04218</v>
+        <v>1.08012</v>
       </c>
     </row>
     <row r="246" spans="1:5">
       <c r="A246" t="s">
         <v>246</v>
       </c>
       <c r="B246">
-        <v>1.04832</v>
+        <v>1.07899</v>
       </c>
       <c r="C246">
-        <v>1.04858</v>
+        <v>1.08022</v>
       </c>
       <c r="D246">
-        <v>1.04346</v>
+        <v>1.07429</v>
       </c>
       <c r="E246">
-        <v>1.04453</v>
+        <v>1.07519</v>
       </c>
     </row>
     <row r="247" spans="1:5">
       <c r="A247" t="s">
         <v>247</v>
       </c>
       <c r="B247">
-        <v>1.04855</v>
+        <v>1.08003</v>
       </c>
       <c r="C247">
-        <v>1.05058</v>
+        <v>1.08296</v>
       </c>
       <c r="D247">
-        <v>1.04665</v>
+        <v>1.07763</v>
       </c>
       <c r="E247">
-        <v>1.04833</v>
+        <v>1.07904</v>
       </c>
     </row>
     <row r="248" spans="1:5">
       <c r="A248" t="s">
         <v>248</v>
       </c>
       <c r="B248">
-        <v>1.04632</v>
+        <v>1.07927</v>
       </c>
       <c r="C248">
-        <v>1.05137</v>
+        <v>1.08125</v>
       </c>
       <c r="D248">
-        <v>1.04466</v>
+        <v>1.07927</v>
       </c>
       <c r="E248">
-        <v>1.04914</v>
+        <v>1.08001</v>
       </c>
     </row>
     <row r="249" spans="1:5">
       <c r="A249" t="s">
         <v>249</v>
       </c>
       <c r="B249">
-        <v>1.03813</v>
+        <v>1.08466</v>
       </c>
       <c r="C249">
-        <v>1.04663</v>
+        <v>1.08606</v>
       </c>
       <c r="D249">
-        <v>1.03724</v>
+        <v>1.0796</v>
       </c>
       <c r="E249">
-        <v>1.04632</v>
+        <v>1.08171</v>
       </c>
     </row>
     <row r="250" spans="1:5">
       <c r="A250" t="s">
         <v>250</v>
       </c>
       <c r="B250">
-        <v>1.03604</v>
+        <v>1.09007</v>
       </c>
       <c r="C250">
-        <v>1.04291</v>
+        <v>1.09167</v>
       </c>
       <c r="D250">
-        <v>1.03163</v>
+        <v>1.08141</v>
       </c>
       <c r="E250">
-        <v>1.03605</v>
+        <v>1.08471</v>
       </c>
     </row>
     <row r="251" spans="1:5">
       <c r="A251" t="s">
         <v>251</v>
       </c>
       <c r="B251">
-        <v>1.0306</v>
+        <v>1.09437</v>
       </c>
       <c r="C251">
-        <v>1.03808</v>
+        <v>1.09452</v>
       </c>
       <c r="D251">
-        <v>1.02915</v>
+        <v>1.08598</v>
       </c>
       <c r="E251">
-        <v>1.03605</v>
+        <v>1.09009</v>
       </c>
     </row>
     <row r="252" spans="1:5">
       <c r="A252" t="s">
         <v>252</v>
       </c>
       <c r="B252">
-        <v>1.03083</v>
+        <v>1.09213</v>
       </c>
       <c r="C252">
-        <v>1.03357</v>
+        <v>1.09542</v>
       </c>
       <c r="D252">
-        <v>1.0298</v>
+        <v>1.08922</v>
       </c>
       <c r="E252">
-        <v>1.0306</v>
+        <v>1.09435</v>
       </c>
     </row>
     <row r="253" spans="1:5">
       <c r="A253" t="s">
         <v>253</v>
       </c>
       <c r="B253">
-        <v>1.03823</v>
+        <v>1.08827</v>
       </c>
       <c r="C253">
-        <v>1.04097</v>
+        <v>1.09291</v>
       </c>
       <c r="D253">
-        <v>1.03043</v>
+        <v>1.08679</v>
       </c>
       <c r="E253">
-        <v>1.03272</v>
+        <v>1.09214</v>
       </c>
     </row>
     <row r="254" spans="1:5">
       <c r="A254" t="s">
         <v>254</v>
       </c>
       <c r="B254">
-        <v>1.04021</v>
+        <v>1.08509</v>
       </c>
       <c r="C254">
-        <v>1.04048</v>
+        <v>1.09118</v>
       </c>
       <c r="D254">
-        <v>1.03518</v>
+        <v>1.083</v>
       </c>
       <c r="E254">
-        <v>1.03824</v>
+        <v>1.08826</v>
       </c>
     </row>
     <row r="255" spans="1:5">
       <c r="A255" t="s">
         <v>255</v>
       </c>
       <c r="B255">
-        <v>1.03777</v>
+        <v>1.0887</v>
       </c>
       <c r="C255">
-        <v>1.0442</v>
+        <v>1.08966</v>
       </c>
       <c r="D255">
-        <v>1.03691</v>
+        <v>1.08219</v>
       </c>
       <c r="E255">
-        <v>1.04021</v>
+        <v>1.08504</v>
       </c>
     </row>
     <row r="256" spans="1:5">
       <c r="A256" t="s">
         <v>256</v>
       </c>
       <c r="B256">
-        <v>1.03426</v>
+        <v>1.09178</v>
       </c>
       <c r="C256">
-        <v>1.0387</v>
+        <v>1.09303</v>
       </c>
       <c r="D256">
-        <v>1.02715</v>
+        <v>1.08749</v>
       </c>
       <c r="E256">
-        <v>1.03775</v>
+        <v>1.08868</v>
       </c>
     </row>
     <row r="257" spans="1:5">
       <c r="A257" t="s">
         <v>257</v>
       </c>
       <c r="B257">
-        <v>1.02404</v>
+        <v>1.08327</v>
       </c>
       <c r="C257">
-        <v>1.03494</v>
+        <v>1.09467</v>
       </c>
       <c r="D257">
-        <v>1.02098</v>
+        <v>1.08282</v>
       </c>
       <c r="E257">
-        <v>1.03427</v>
+        <v>1.09178</v>
       </c>
     </row>
     <row r="258" spans="1:5">
       <c r="A258" t="s">
         <v>258</v>
       </c>
       <c r="B258">
-        <v>1.03877</v>
+        <v>1.08619</v>
       </c>
       <c r="C258">
-        <v>1.04332</v>
+        <v>1.0874</v>
       </c>
       <c r="D258">
-        <v>1.03596</v>
+        <v>1.08044</v>
       </c>
       <c r="E258">
-        <v>1.03734</v>
+        <v>1.08338</v>
       </c>
     </row>
     <row r="259" spans="1:5">
       <c r="A259" t="s">
         <v>259</v>
       </c>
       <c r="B259">
-        <v>1.04203</v>
+        <v>1.07825</v>
       </c>
       <c r="C259">
-        <v>1.04668</v>
+        <v>1.08879</v>
       </c>
       <c r="D259">
-        <v>1.03855</v>
+        <v>1.07787</v>
       </c>
       <c r="E259">
-        <v>1.03889</v>
+        <v>1.08471</v>
       </c>
     </row>
     <row r="260" spans="1:5">
       <c r="A260" t="s">
         <v>260</v>
       </c>
       <c r="B260">
-        <v>1.04296</v>
+        <v>1.07861</v>
       </c>
       <c r="C260">
-        <v>1.0443</v>
+        <v>1.0853</v>
       </c>
       <c r="D260">
-        <v>1.03816</v>
+        <v>1.0765</v>
       </c>
       <c r="E260">
-        <v>1.04201</v>
+        <v>1.0784</v>
       </c>
     </row>
     <row r="261" spans="1:5">
       <c r="A261" t="s">
         <v>261</v>
       </c>
       <c r="B261">
-        <v>1.04911</v>
+        <v>1.06245</v>
       </c>
       <c r="C261">
-        <v>1.04921</v>
+        <v>1.07959</v>
       </c>
       <c r="D261">
-        <v>1.0413</v>
+        <v>1.06014</v>
       </c>
       <c r="E261">
-        <v>1.04296</v>
+        <v>1.07878</v>
       </c>
     </row>
     <row r="262" spans="1:5">
       <c r="A262" t="s">
         <v>262</v>
       </c>
       <c r="B262">
-        <v>1.04718</v>
+        <v>1.0486</v>
       </c>
       <c r="C262">
-        <v>1.05326</v>
+        <v>1.06268</v>
       </c>
       <c r="D262">
-        <v>1.04533</v>
+        <v>1.04706</v>
       </c>
       <c r="E262">
-        <v>1.04912</v>
+        <v>1.06246</v>
       </c>
     </row>
     <row r="263" spans="1:5">
       <c r="A263" t="s">
         <v>263</v>
       </c>
       <c r="B263">
-        <v>1.04146</v>
+        <v>1.04148</v>
       </c>
       <c r="C263">
-        <v>1.05209</v>
+        <v>1.05034</v>
       </c>
       <c r="D263">
-        <v>1.0411</v>
+        <v>1.0388</v>
       </c>
       <c r="E263">
-        <v>1.04941</v>
+        <v>1.0486</v>
       </c>
     </row>
     <row r="264" spans="1:5">
       <c r="A264" t="s">
         <v>264</v>
       </c>
       <c r="B264">
-        <v>1.04077</v>
+        <v>1.03972</v>
       </c>
       <c r="C264">
-        <v>1.04373</v>
+        <v>1.04193</v>
       </c>
       <c r="D264">
-        <v>1.03714</v>
+        <v>1.03594</v>
       </c>
       <c r="E264">
-        <v>1.04147</v>
+        <v>1.03742</v>
       </c>
     </row>
     <row r="265" spans="1:5">
       <c r="A265" t="s">
         <v>265</v>
       </c>
       <c r="B265">
-        <v>1.04249</v>
+        <v>1.04834</v>
       </c>
       <c r="C265">
-        <v>1.04568</v>
+        <v>1.0492</v>
       </c>
       <c r="D265">
-        <v>1.03916</v>
+        <v>1.03962</v>
       </c>
       <c r="E265">
-        <v>1.04079</v>
+        <v>1.03973</v>
       </c>
     </row>
     <row r="266" spans="1:5">
       <c r="A266" t="s">
         <v>266</v>
       </c>
       <c r="B266">
-        <v>1.04149</v>
+        <v>1.0512</v>
       </c>
       <c r="C266">
-        <v>1.04348</v>
+        <v>1.0528</v>
       </c>
       <c r="D266">
-        <v>1.03411</v>
+        <v>1.04744</v>
       </c>
       <c r="E266">
-        <v>1.04238</v>
+        <v>1.04835</v>
       </c>
     </row>
     <row r="267" spans="1:5">
       <c r="A267" t="s">
         <v>267</v>
       </c>
       <c r="B267">
-        <v>1.02679</v>
+        <v>1.04668</v>
       </c>
       <c r="C267">
-        <v>1.0434</v>
+        <v>1.05188</v>
       </c>
       <c r="D267">
-        <v>1.02675</v>
+        <v>1.04557</v>
       </c>
       <c r="E267">
-        <v>1.04156</v>
+        <v>1.05124</v>
       </c>
     </row>
     <row r="268" spans="1:5">
       <c r="A268" t="s">
         <v>268</v>
       </c>
       <c r="B268">
-        <v>1.02969</v>
+        <v>1.04791</v>
       </c>
       <c r="C268">
-        <v>1.03301</v>
+        <v>1.05277</v>
       </c>
       <c r="D268">
-        <v>1.02646</v>
+        <v>1.04522</v>
       </c>
       <c r="E268">
-        <v>1.0275</v>
+        <v>1.0467</v>
       </c>
     </row>
     <row r="269" spans="1:5">
       <c r="A269" t="s">
         <v>269</v>
       </c>
       <c r="B269">
-        <v>1.02872</v>
+        <v>1.05005</v>
       </c>
       <c r="C269">
-        <v>1.03146</v>
+        <v>1.05051</v>
       </c>
       <c r="D269">
-        <v>1.02599</v>
+        <v>1.04489</v>
       </c>
       <c r="E269">
-        <v>1.03014</v>
+        <v>1.04601</v>
       </c>
     </row>
     <row r="270" spans="1:5">
       <c r="A270" t="s">
         <v>270</v>
       </c>
       <c r="B270">
-        <v>1.03069</v>
+        <v>1.04217</v>
       </c>
       <c r="C270">
-        <v>1.03539</v>
+        <v>1.05028</v>
       </c>
       <c r="D270">
-        <v>1.02592</v>
+        <v>1.0418</v>
       </c>
       <c r="E270">
-        <v>1.0289</v>
+        <v>1.05007</v>
       </c>
     </row>
     <row r="271" spans="1:5">
       <c r="A271" t="s">
         <v>271</v>
       </c>
       <c r="B271">
-        <v>1.02439</v>
+        <v>1.04451</v>
       </c>
       <c r="C271">
-        <v>1.03079</v>
+        <v>1.04607</v>
       </c>
       <c r="D271">
-        <v>1.02377</v>
+        <v>1.04001</v>
       </c>
       <c r="E271">
-        <v>1.03073</v>
+        <v>1.04218</v>
       </c>
     </row>
     <row r="272" spans="1:5">
       <c r="A272" t="s">
         <v>272</v>
       </c>
       <c r="B272">
-        <v>1.02444</v>
+        <v>1.04832</v>
       </c>
       <c r="C272">
-        <v>1.02493</v>
+        <v>1.04858</v>
       </c>
       <c r="D272">
-        <v>1.01766</v>
+        <v>1.04346</v>
       </c>
       <c r="E272">
-        <v>1.02441</v>
+        <v>1.04453</v>
       </c>
     </row>
     <row r="273" spans="1:5">
       <c r="A273" t="s">
         <v>273</v>
       </c>
       <c r="B273">
-        <v>1.02986</v>
+        <v>1.04855</v>
       </c>
       <c r="C273">
-        <v>1.03113</v>
+        <v>1.05058</v>
       </c>
       <c r="D273">
-        <v>1.02111</v>
+        <v>1.04665</v>
       </c>
       <c r="E273">
-        <v>1.02441</v>
+        <v>1.04833</v>
       </c>
     </row>
     <row r="274" spans="1:5">
       <c r="A274" t="s">
         <v>274</v>
       </c>
       <c r="B274">
-        <v>1.03178</v>
+        <v>1.04632</v>
       </c>
       <c r="C274">
-        <v>1.03208</v>
+        <v>1.05137</v>
       </c>
       <c r="D274">
-        <v>1.0283</v>
+        <v>1.04466</v>
       </c>
       <c r="E274">
-        <v>1.02985</v>
+        <v>1.04914</v>
       </c>
     </row>
     <row r="275" spans="1:5">
       <c r="A275" t="s">
         <v>275</v>
       </c>
       <c r="B275">
-        <v>1.03391</v>
+        <v>1.03813</v>
       </c>
       <c r="C275">
-        <v>1.03569</v>
+        <v>1.04663</v>
       </c>
       <c r="D275">
-        <v>1.02725</v>
+        <v>1.03724</v>
       </c>
       <c r="E275">
-        <v>1.03178</v>
+        <v>1.04632</v>
       </c>
     </row>
     <row r="276" spans="1:5">
       <c r="A276" t="s">
         <v>276</v>
       </c>
       <c r="B276">
-        <v>1.03891</v>
+        <v>1.03604</v>
       </c>
       <c r="C276">
-        <v>1.04339</v>
+        <v>1.04291</v>
       </c>
       <c r="D276">
-        <v>1.0339</v>
+        <v>1.03163</v>
       </c>
       <c r="E276">
-        <v>1.03399</v>
+        <v>1.03605</v>
       </c>
     </row>
     <row r="277" spans="1:5">
       <c r="A277" t="s">
         <v>277</v>
       </c>
       <c r="B277">
-        <v>1.03159</v>
+        <v>1.0306</v>
       </c>
       <c r="C277">
-        <v>1.04363</v>
+        <v>1.03808</v>
       </c>
       <c r="D277">
-        <v>1.03123</v>
+        <v>1.02915</v>
       </c>
       <c r="E277">
-        <v>1.03891</v>
+        <v>1.03605</v>
       </c>
     </row>
     <row r="278" spans="1:5">
       <c r="A278" t="s">
         <v>278</v>
       </c>
       <c r="B278">
-        <v>1.0255</v>
+        <v>1.03083</v>
       </c>
       <c r="C278">
-        <v>1.03069</v>
+        <v>1.03357</v>
       </c>
       <c r="D278">
-        <v>1.0253</v>
+        <v>1.0298</v>
       </c>
       <c r="E278">
-        <v>1.03051</v>
+        <v>1.0306</v>
       </c>
     </row>
     <row r="279" spans="1:5">
       <c r="A279" t="s">
         <v>279</v>
       </c>
       <c r="B279">
-        <v>1.03597</v>
+        <v>1.03823</v>
       </c>
       <c r="C279">
-        <v>1.03751</v>
+        <v>1.04097</v>
       </c>
       <c r="D279">
-        <v>1.02239</v>
+        <v>1.03043</v>
       </c>
       <c r="E279">
-        <v>1.02645</v>
+        <v>1.03272</v>
       </c>
     </row>
     <row r="280" spans="1:5">
       <c r="A280" t="s">
         <v>280</v>
       </c>
       <c r="B280">
-        <v>1.04064</v>
+        <v>1.04021</v>
       </c>
       <c r="C280">
-        <v>1.04241</v>
+        <v>1.04048</v>
       </c>
       <c r="D280">
-        <v>1.03438</v>
+        <v>1.03518</v>
       </c>
       <c r="E280">
-        <v>1.03523</v>
+        <v>1.03824</v>
       </c>
     </row>
     <row r="281" spans="1:5">
       <c r="A281" t="s">
         <v>281</v>
       </c>
       <c r="B281">
-        <v>1.04275</v>
+        <v>1.03777</v>
       </c>
       <c r="C281">
-        <v>1.0458</v>
+        <v>1.0442</v>
       </c>
       <c r="D281">
-        <v>1.03714</v>
+        <v>1.03691</v>
       </c>
       <c r="E281">
-        <v>1.0406</v>
+        <v>1.04021</v>
       </c>
     </row>
     <row r="282" spans="1:5">
       <c r="A282" t="s">
         <v>282</v>
       </c>
       <c r="B282">
-        <v>1.04193</v>
+        <v>1.03426</v>
       </c>
       <c r="C282">
-        <v>1.04433</v>
+        <v>1.0387</v>
       </c>
       <c r="D282">
-        <v>1.04044</v>
+        <v>1.02715</v>
       </c>
       <c r="E282">
-        <v>1.04252</v>
+        <v>1.03775</v>
       </c>
     </row>
     <row r="283" spans="1:5">
       <c r="A283" t="s">
         <v>283</v>
       </c>
       <c r="B283">
-        <v>1.03973</v>
+        <v>1.02404</v>
       </c>
       <c r="C283">
-        <v>1.04293</v>
+        <v>1.03494</v>
       </c>
       <c r="D283">
-        <v>1.03897</v>
+        <v>1.02098</v>
       </c>
       <c r="E283">
-        <v>1.04219</v>
+        <v>1.03427</v>
       </c>
     </row>
     <row r="284" spans="1:5">
       <c r="A284" t="s">
         <v>284</v>
       </c>
       <c r="B284">
-        <v>1.04039</v>
+        <v>1.03877</v>
       </c>
       <c r="C284">
-        <v>1.04094</v>
+        <v>1.04332</v>
       </c>
       <c r="D284">
-        <v>1.03829</v>
+        <v>1.03596</v>
       </c>
       <c r="E284">
-        <v>1.03899</v>
+        <v>1.03734</v>
       </c>
     </row>
     <row r="285" spans="1:5">
       <c r="A285" t="s">
         <v>285</v>
       </c>
       <c r="B285">
-        <v>1.04312</v>
+        <v>1.04203</v>
       </c>
       <c r="C285">
-        <v>1.04448</v>
+        <v>1.04668</v>
       </c>
       <c r="D285">
-        <v>1.03835</v>
+        <v>1.03855</v>
       </c>
       <c r="E285">
-        <v>1.04053</v>
+        <v>1.03889</v>
       </c>
     </row>
     <row r="286" spans="1:5">
       <c r="A286" t="s">
         <v>286</v>
       </c>
       <c r="B286">
-        <v>1.03626</v>
+        <v>1.04296</v>
       </c>
       <c r="C286">
-        <v>1.04468</v>
+        <v>1.0443</v>
       </c>
       <c r="D286">
-        <v>1.03424</v>
+        <v>1.03816</v>
       </c>
       <c r="E286">
-        <v>1.0428</v>
+        <v>1.04201</v>
       </c>
     </row>
     <row r="287" spans="1:5">
       <c r="A287" t="s">
         <v>287</v>
       </c>
       <c r="B287">
-        <v>1.03492</v>
+        <v>1.04911</v>
       </c>
       <c r="C287">
-        <v>1.04216</v>
+        <v>1.04921</v>
       </c>
       <c r="D287">
-        <v>1.03444</v>
+        <v>1.0413</v>
       </c>
       <c r="E287">
-        <v>1.03622</v>
+        <v>1.04296</v>
       </c>
     </row>
     <row r="288" spans="1:5">
       <c r="A288" t="s">
         <v>288</v>
       </c>
       <c r="B288">
-        <v>1.049</v>
+        <v>1.04718</v>
       </c>
       <c r="C288">
-        <v>1.0512</v>
+        <v>1.05326</v>
       </c>
       <c r="D288">
-        <v>1.03434</v>
+        <v>1.04533</v>
       </c>
       <c r="E288">
-        <v>1.03509</v>
+        <v>1.04912</v>
       </c>
     </row>
     <row r="289" spans="1:5">
       <c r="A289" t="s">
         <v>289</v>
       </c>
       <c r="B289">
-        <v>1.05098</v>
+        <v>1.04146</v>
       </c>
       <c r="C289">
-        <v>1.05336</v>
+        <v>1.05209</v>
       </c>
       <c r="D289">
-        <v>1.04785</v>
+        <v>1.0411</v>
       </c>
       <c r="E289">
-        <v>1.04904</v>
+        <v>1.04941</v>
       </c>
     </row>
     <row r="290" spans="1:5">
       <c r="A290" t="s">
         <v>290</v>
       </c>
       <c r="B290">
-        <v>1.05042</v>
+        <v>1.04077</v>
       </c>
       <c r="C290">
-        <v>1.05239</v>
+        <v>1.04373</v>
       </c>
       <c r="D290">
-        <v>1.04739</v>
+        <v>1.03714</v>
       </c>
       <c r="E290">
-        <v>1.05106</v>
+        <v>1.04147</v>
       </c>
     </row>
     <row r="291" spans="1:5">
       <c r="A291" t="s">
         <v>291</v>
       </c>
       <c r="B291">
-        <v>1.04658</v>
+        <v>1.04249</v>
       </c>
       <c r="C291">
-        <v>1.05235</v>
+        <v>1.04568</v>
       </c>
       <c r="D291">
-        <v>1.04524</v>
+        <v>1.03916</v>
       </c>
       <c r="E291">
-        <v>1.04964</v>
+        <v>1.04079</v>
       </c>
     </row>
     <row r="292" spans="1:5">
       <c r="A292" t="s">
         <v>292</v>
       </c>
       <c r="B292">
-        <v>1.04924</v>
+        <v>1.04149</v>
       </c>
       <c r="C292">
-        <v>1.05302</v>
+        <v>1.04348</v>
       </c>
       <c r="D292">
-        <v>1.04631</v>
+        <v>1.03411</v>
       </c>
       <c r="E292">
-        <v>1.04656</v>
+        <v>1.04238</v>
       </c>
     </row>
     <row r="293" spans="1:5">
       <c r="A293" t="s">
         <v>293</v>
       </c>
       <c r="B293">
-        <v>1.05262</v>
+        <v>1.02679</v>
       </c>
       <c r="C293">
-        <v>1.05386</v>
+        <v>1.0434</v>
       </c>
       <c r="D293">
-        <v>1.04795</v>
+        <v>1.02675</v>
       </c>
       <c r="E293">
-        <v>1.04949</v>
+        <v>1.04156</v>
       </c>
     </row>
     <row r="294" spans="1:5">
       <c r="A294" t="s">
         <v>294</v>
       </c>
       <c r="B294">
-        <v>1.05521</v>
+        <v>1.02969</v>
       </c>
       <c r="C294">
-        <v>1.05675</v>
+        <v>1.03301</v>
       </c>
       <c r="D294">
-        <v>1.04978</v>
+        <v>1.02646</v>
       </c>
       <c r="E294">
-        <v>1.05265</v>
+        <v>1.0275</v>
       </c>
     </row>
     <row r="295" spans="1:5">
       <c r="A295" t="s">
         <v>295</v>
       </c>
       <c r="B295">
-        <v>1.05621</v>
+        <v>1.02872</v>
       </c>
       <c r="C295">
-        <v>1.05936</v>
+        <v>1.03146</v>
       </c>
       <c r="D295">
-        <v>1.05315</v>
+        <v>1.02599</v>
       </c>
       <c r="E295">
-        <v>1.05529</v>
+        <v>1.03014</v>
       </c>
     </row>
     <row r="296" spans="1:5">
       <c r="A296" t="s">
         <v>296</v>
       </c>
       <c r="B296">
-        <v>1.05827</v>
+        <v>1.03069</v>
       </c>
       <c r="C296">
-        <v>1.06288</v>
+        <v>1.03539</v>
       </c>
       <c r="D296">
-        <v>1.05416</v>
+        <v>1.02592</v>
       </c>
       <c r="E296">
-        <v>1.05631</v>
+        <v>1.0289</v>
       </c>
     </row>
     <row r="297" spans="1:5">
       <c r="A297" t="s">
         <v>297</v>
       </c>
       <c r="B297">
-        <v>1.05073</v>
+        <v>1.02439</v>
       </c>
       <c r="C297">
-        <v>1.05888</v>
+        <v>1.03079</v>
       </c>
       <c r="D297">
-        <v>1.05053</v>
+        <v>1.02377</v>
       </c>
       <c r="E297">
-        <v>1.05866</v>
+        <v>1.03073</v>
       </c>
     </row>
     <row r="298" spans="1:5">
       <c r="A298" t="s">
         <v>298</v>
       </c>
       <c r="B298">
-        <v>1.05067</v>
+        <v>1.02444</v>
       </c>
       <c r="C298">
-        <v>1.05432</v>
+        <v>1.02493</v>
       </c>
       <c r="D298">
-        <v>1.04716</v>
+        <v>1.01766</v>
       </c>
       <c r="E298">
-        <v>1.05093</v>
+        <v>1.02441</v>
       </c>
     </row>
     <row r="299" spans="1:5">
       <c r="A299" t="s">
         <v>299</v>
       </c>
       <c r="B299">
-        <v>1.04963</v>
+        <v>1.02986</v>
       </c>
       <c r="C299">
-        <v>1.05344</v>
+        <v>1.03113</v>
       </c>
       <c r="D299">
-        <v>1.048</v>
+        <v>1.02111</v>
       </c>
       <c r="E299">
-        <v>1.05084</v>
+        <v>1.02441</v>
       </c>
     </row>
     <row r="300" spans="1:5">
       <c r="A300" t="s">
         <v>300</v>
       </c>
       <c r="B300">
-        <v>1.05334</v>
+        <v>1.03178</v>
       </c>
       <c r="C300">
-        <v>1.05456</v>
+        <v>1.03208</v>
       </c>
       <c r="D300">
-        <v>1.04599</v>
+        <v>1.0283</v>
       </c>
       <c r="E300">
-        <v>1.0497</v>
+        <v>1.02985</v>
       </c>
     </row>
     <row r="301" spans="1:5">
       <c r="A301" t="s">
         <v>301</v>
       </c>
       <c r="B301">
-        <v>1.05464</v>
+        <v>1.03391</v>
       </c>
       <c r="C301">
-        <v>1.05964</v>
+        <v>1.03569</v>
       </c>
       <c r="D301">
-        <v>1.05409</v>
+        <v>1.02725</v>
       </c>
       <c r="E301">
-        <v>1.05816</v>
+        <v>1.03178</v>
       </c>
     </row>
     <row r="302" spans="1:5">
       <c r="A302" t="s">
         <v>302</v>
       </c>
       <c r="B302">
-        <v>1.05643</v>
+        <v>1.03891</v>
       </c>
       <c r="C302">
-        <v>1.05689</v>
+        <v>1.04339</v>
       </c>
       <c r="D302">
-        <v>1.05268</v>
+        <v>1.0339</v>
       </c>
       <c r="E302">
-        <v>1.05531</v>
+        <v>1.03399</v>
       </c>
     </row>
     <row r="303" spans="1:5">
       <c r="A303" t="s">
         <v>303</v>
       </c>
       <c r="B303">
-        <v>1.04874</v>
+        <v>1.03159</v>
       </c>
       <c r="C303">
-        <v>1.0587</v>
+        <v>1.04363</v>
       </c>
       <c r="D303">
-        <v>1.04737</v>
+        <v>1.03123</v>
       </c>
       <c r="E303">
-        <v>1.05656</v>
+        <v>1.03891</v>
       </c>
     </row>
     <row r="304" spans="1:5">
       <c r="A304" t="s">
         <v>304</v>
       </c>
       <c r="B304">
-        <v>1.04876</v>
+        <v>1.0255</v>
       </c>
       <c r="C304">
-        <v>1.0544</v>
+        <v>1.03069</v>
       </c>
       <c r="D304">
-        <v>1.04244</v>
+        <v>1.0253</v>
       </c>
       <c r="E304">
-        <v>1.04883</v>
+        <v>1.03051</v>
       </c>
     </row>
     <row r="305" spans="1:5">
       <c r="A305" t="s">
         <v>305</v>
       </c>
       <c r="B305">
-        <v>1.04978</v>
+        <v>1.03597</v>
       </c>
       <c r="C305">
-        <v>1.05295</v>
+        <v>1.03751</v>
       </c>
       <c r="D305">
-        <v>1.04482</v>
+        <v>1.02239</v>
       </c>
       <c r="E305">
-        <v>1.0495</v>
+        <v>1.02645</v>
       </c>
     </row>
     <row r="306" spans="1:5">
       <c r="A306" t="s">
         <v>306</v>
       </c>
       <c r="B306">
-        <v>1.04734</v>
+        <v>1.04064</v>
       </c>
       <c r="C306">
-        <v>1.04972</v>
+        <v>1.04241</v>
       </c>
       <c r="D306">
-        <v>1.03325</v>
+        <v>1.03438</v>
       </c>
       <c r="E306">
-        <v>1.04139</v>
+        <v>1.03523</v>
       </c>
     </row>
     <row r="307" spans="1:5">
       <c r="A307" t="s">
         <v>307</v>
       </c>
       <c r="B307">
-        <v>1.05401</v>
+        <v>1.04275</v>
       </c>
       <c r="C307">
-        <v>1.05543</v>
+        <v>1.0458</v>
       </c>
       <c r="D307">
-        <v>1.04615</v>
+        <v>1.03714</v>
       </c>
       <c r="E307">
-        <v>1.0473</v>
+        <v>1.0406</v>
       </c>
     </row>
     <row r="308" spans="1:5">
       <c r="A308" t="s">
         <v>308</v>
       </c>
       <c r="B308">
-        <v>1.05922</v>
+        <v>1.04193</v>
       </c>
       <c r="C308">
-        <v>1.06091</v>
+        <v>1.04433</v>
       </c>
       <c r="D308">
-        <v>1.0506</v>
+        <v>1.04044</v>
       </c>
       <c r="E308">
-        <v>1.05426</v>
+        <v>1.04252</v>
       </c>
     </row>
     <row r="309" spans="1:5">
       <c r="A309" t="s">
         <v>309</v>
       </c>
       <c r="B309">
-        <v>1.05974</v>
+        <v>1.03973</v>
       </c>
       <c r="C309">
-        <v>1.06001</v>
+        <v>1.04293</v>
       </c>
       <c r="D309">
-        <v>1.0523</v>
+        <v>1.03897</v>
       </c>
       <c r="E309">
-        <v>1.05953</v>
+        <v>1.04219</v>
       </c>
     </row>
     <row r="310" spans="1:5">
       <c r="A310" t="s">
         <v>310</v>
       </c>
       <c r="B310">
-        <v>1.05329</v>
+        <v>1.04039</v>
       </c>
       <c r="C310">
-        <v>1.06065</v>
+        <v>1.04094</v>
       </c>
       <c r="D310">
-        <v>1.05297</v>
+        <v>1.03829</v>
       </c>
       <c r="E310">
-        <v>1.05975</v>
+        <v>1.03899</v>
       </c>
     </row>
     <row r="311" spans="1:5">
       <c r="A311" t="s">
         <v>311</v>
       </c>
       <c r="B311">
-        <v>1.0529</v>
+        <v>1.04312</v>
       </c>
       <c r="C311">
-        <v>1.0592</v>
+        <v>1.04448</v>
       </c>
       <c r="D311">
-        <v>1.05157</v>
+        <v>1.03835</v>
       </c>
       <c r="E311">
-        <v>1.05271</v>
+        <v>1.04053</v>
       </c>
     </row>
     <row r="312" spans="1:5">
       <c r="A312" t="s">
         <v>312</v>
       </c>
       <c r="B312">
-        <v>1.0562</v>
+        <v>1.03626</v>
       </c>
       <c r="C312">
-        <v>1.05818</v>
+        <v>1.04468</v>
       </c>
       <c r="D312">
-        <v>1.04957</v>
+        <v>1.03424</v>
       </c>
       <c r="E312">
-        <v>1.05291</v>
+        <v>1.0428</v>
       </c>
     </row>
     <row r="313" spans="1:5">
       <c r="A313" t="s">
         <v>313</v>
       </c>
       <c r="B313">
-        <v>1.06207</v>
+        <v>1.03492</v>
       </c>
       <c r="C313">
-        <v>1.0653</v>
+        <v>1.04216</v>
       </c>
       <c r="D313">
-        <v>1.05549</v>
+        <v>1.03444</v>
       </c>
       <c r="E313">
-        <v>1.05631</v>
+        <v>1.03622</v>
       </c>
     </row>
     <row r="314" spans="1:5">
       <c r="A314" t="s">
         <v>314</v>
       </c>
       <c r="B314">
-        <v>1.0649</v>
+        <v>1.049</v>
       </c>
       <c r="C314">
-        <v>1.06624</v>
+        <v>1.0512</v>
       </c>
       <c r="D314">
-        <v>1.05943</v>
+        <v>1.03434</v>
       </c>
       <c r="E314">
-        <v>1.06226</v>
+        <v>1.03509</v>
       </c>
     </row>
     <row r="315" spans="1:5">
       <c r="A315" t="s">
         <v>315</v>
       </c>
       <c r="B315">
-        <v>1.07119</v>
+        <v>1.05098</v>
       </c>
       <c r="C315">
-        <v>1.07272</v>
+        <v>1.05336</v>
       </c>
       <c r="D315">
-        <v>1.06279</v>
+        <v>1.04785</v>
       </c>
       <c r="E315">
-        <v>1.06542</v>
+        <v>1.04904</v>
       </c>
     </row>
     <row r="316" spans="1:5">
       <c r="A316" t="s">
         <v>316</v>
       </c>
       <c r="B316">
-        <v>1.08012</v>
+        <v>1.05042</v>
       </c>
       <c r="C316">
-        <v>1.08038</v>
+        <v>1.05239</v>
       </c>
       <c r="D316">
-        <v>1.0686</v>
+        <v>1.04739</v>
       </c>
       <c r="E316">
-        <v>1.07168</v>
+        <v>1.05106</v>
       </c>
     </row>
     <row r="317" spans="1:5">
       <c r="A317" t="s">
         <v>317</v>
       </c>
       <c r="B317">
-        <v>1.07236</v>
+        <v>1.04658</v>
       </c>
       <c r="C317">
-        <v>1.08239</v>
+        <v>1.05235</v>
       </c>
       <c r="D317">
-        <v>1.07122</v>
+        <v>1.04524</v>
       </c>
       <c r="E317">
-        <v>1.08012</v>
+        <v>1.04964</v>
       </c>
     </row>
     <row r="318" spans="1:5">
       <c r="A318" t="s">
         <v>318</v>
       </c>
       <c r="B318">
-        <v>1.0925</v>
+        <v>1.04924</v>
       </c>
       <c r="C318">
-        <v>1.09364</v>
+        <v>1.05302</v>
       </c>
       <c r="D318">
-        <v>1.06816</v>
+        <v>1.04631</v>
       </c>
       <c r="E318">
-        <v>1.07272</v>
+        <v>1.04656</v>
       </c>
     </row>
     <row r="319" spans="1:5">
       <c r="A319" t="s">
         <v>319</v>
       </c>
       <c r="B319">
-        <v>1.08714</v>
+        <v>1.05262</v>
       </c>
       <c r="C319">
-        <v>1.09356</v>
+        <v>1.05386</v>
       </c>
       <c r="D319">
-        <v>1.08714</v>
+        <v>1.04795</v>
       </c>
       <c r="E319">
-        <v>1.09269</v>
+        <v>1.04949</v>
       </c>
     </row>
     <row r="320" spans="1:5">
       <c r="A320" t="s">
         <v>320</v>
       </c>
       <c r="B320">
-        <v>1.08752</v>
+        <v>1.05521</v>
       </c>
       <c r="C320">
-        <v>1.0914</v>
+        <v>1.05675</v>
       </c>
       <c r="D320">
-        <v>1.0869</v>
+        <v>1.04978</v>
       </c>
       <c r="E320">
-        <v>1.08758</v>
+        <v>1.05265</v>
       </c>
     </row>
     <row r="321" spans="1:5">
       <c r="A321" t="s">
         <v>321</v>
       </c>
       <c r="B321">
-        <v>1.08824</v>
+        <v>1.05621</v>
       </c>
       <c r="C321">
-        <v>1.09049</v>
+        <v>1.05936</v>
       </c>
       <c r="D321">
-        <v>1.08333</v>
+        <v>1.05315</v>
       </c>
       <c r="E321">
-        <v>1.0835</v>
+        <v>1.05529</v>
       </c>
     </row>
     <row r="322" spans="1:5">
       <c r="A322" t="s">
         <v>322</v>
       </c>
       <c r="B322">
-        <v>1.08547</v>
+        <v>1.05827</v>
       </c>
       <c r="C322">
-        <v>1.08873</v>
+        <v>1.06288</v>
       </c>
       <c r="D322">
-        <v>1.08434</v>
+        <v>1.05416</v>
       </c>
       <c r="E322">
-        <v>1.08824</v>
+        <v>1.05631</v>
       </c>
     </row>
     <row r="323" spans="1:5">
       <c r="A323" t="s">
         <v>323</v>
       </c>
       <c r="B323">
-        <v>1.08172</v>
+        <v>1.05073</v>
       </c>
       <c r="C323">
-        <v>1.08706</v>
+        <v>1.05888</v>
       </c>
       <c r="D323">
-        <v>1.08072</v>
+        <v>1.05053</v>
       </c>
       <c r="E323">
-        <v>1.08544</v>
+        <v>1.05866</v>
       </c>
     </row>
     <row r="324" spans="1:5">
       <c r="A324" t="s">
         <v>324</v>
       </c>
       <c r="B324">
-        <v>1.08105</v>
+        <v>1.05067</v>
       </c>
       <c r="C324">
-        <v>1.08255</v>
+        <v>1.05432</v>
       </c>
       <c r="D324">
-        <v>1.07681</v>
+        <v>1.04716</v>
       </c>
       <c r="E324">
-        <v>1.08171</v>
+        <v>1.05093</v>
       </c>
     </row>
     <row r="325" spans="1:5">
       <c r="A325" t="s">
         <v>325</v>
       </c>
       <c r="B325">
-        <v>1.07948</v>
+        <v>1.04963</v>
       </c>
       <c r="C325">
-        <v>1.08269</v>
+        <v>1.05344</v>
       </c>
       <c r="D325">
-        <v>1.07814</v>
+        <v>1.048</v>
       </c>
       <c r="E325">
-        <v>1.08109</v>
+        <v>1.05084</v>
       </c>
     </row>
     <row r="326" spans="1:5">
       <c r="A326" t="s">
         <v>326</v>
       </c>
       <c r="B326">
-        <v>1.08265</v>
+        <v>1.05334</v>
       </c>
       <c r="C326">
-        <v>1.08386</v>
+        <v>1.05456</v>
       </c>
       <c r="D326">
-        <v>1.07922</v>
+        <v>1.04599</v>
       </c>
       <c r="E326">
-        <v>1.07951</v>
+        <v>1.0497</v>
       </c>
     </row>
     <row r="327" spans="1:5">
       <c r="A327" t="s">
         <v>327</v>
       </c>
       <c r="B327">
-        <v>1.07805</v>
+        <v>1.05464</v>
       </c>
       <c r="C327">
-        <v>1.0829</v>
+        <v>1.05964</v>
       </c>
       <c r="D327">
-        <v>1.07698</v>
+        <v>1.05409</v>
       </c>
       <c r="E327">
-        <v>1.08266</v>
+        <v>1.05816</v>
       </c>
     </row>
     <row r="328" spans="1:5">
       <c r="A328" t="s">
         <v>328</v>
       </c>
       <c r="B328">
-        <v>1.0797</v>
+        <v>1.05643</v>
       </c>
       <c r="C328">
-        <v>1.0806</v>
+        <v>1.05689</v>
       </c>
       <c r="D328">
-        <v>1.07606</v>
+        <v>1.05268</v>
       </c>
       <c r="E328">
-        <v>1.07807</v>
+        <v>1.05531</v>
       </c>
     </row>
     <row r="329" spans="1:5">
       <c r="A329" t="s">
         <v>329</v>
       </c>
       <c r="B329">
-        <v>1.08123</v>
+        <v>1.04874</v>
       </c>
       <c r="C329">
-        <v>1.08374</v>
+        <v>1.0587</v>
       </c>
       <c r="D329">
-        <v>1.07919</v>
+        <v>1.04737</v>
       </c>
       <c r="E329">
-        <v>1.07972</v>
+        <v>1.05656</v>
       </c>
     </row>
     <row r="330" spans="1:5">
       <c r="A330" t="s">
         <v>330</v>
       </c>
       <c r="B330">
-        <v>1.08671</v>
+        <v>1.04876</v>
       </c>
       <c r="C330">
-        <v>1.08691</v>
+        <v>1.0544</v>
       </c>
       <c r="D330">
-        <v>1.08103</v>
+        <v>1.04244</v>
       </c>
       <c r="E330">
-        <v>1.08138</v>
+        <v>1.04883</v>
       </c>
     </row>
     <row r="331" spans="1:5">
       <c r="A331" t="s">
         <v>331</v>
       </c>
       <c r="B331">
-        <v>1.08297</v>
+        <v>1.04978</v>
       </c>
       <c r="C331">
-        <v>1.08675</v>
+        <v>1.05295</v>
       </c>
       <c r="D331">
-        <v>1.08237</v>
+        <v>1.04482</v>
       </c>
       <c r="E331">
-        <v>1.08631</v>
+        <v>1.0495</v>
       </c>
     </row>
     <row r="332" spans="1:5">
       <c r="A332" t="s">
         <v>332</v>
       </c>
       <c r="B332">
-        <v>1.08606</v>
+        <v>1.04734</v>
       </c>
       <c r="C332">
-        <v>1.08728</v>
+        <v>1.04972</v>
       </c>
       <c r="D332">
-        <v>1.08102</v>
+        <v>1.03325</v>
       </c>
       <c r="E332">
-        <v>1.08299</v>
+        <v>1.04139</v>
       </c>
     </row>
     <row r="333" spans="1:5">
       <c r="A333" t="s">
         <v>333</v>
       </c>
       <c r="B333">
-        <v>1.08866</v>
+        <v>1.05401</v>
       </c>
       <c r="C333">
-        <v>1.09007</v>
+        <v>1.05543</v>
       </c>
       <c r="D333">
-        <v>1.08526</v>
+        <v>1.04615</v>
       </c>
       <c r="E333">
-        <v>1.08607</v>
+        <v>1.0473</v>
       </c>
     </row>
     <row r="334" spans="1:5">
       <c r="A334" t="s">
         <v>334</v>
       </c>
       <c r="B334">
-        <v>1.09072</v>
+        <v>1.05922</v>
       </c>
       <c r="C334">
-        <v>1.0916</v>
+        <v>1.06091</v>
       </c>
       <c r="D334">
-        <v>1.08812</v>
+        <v>1.0506</v>
       </c>
       <c r="E334">
-        <v>1.08897</v>
+        <v>1.05426</v>
       </c>
     </row>
     <row r="335" spans="1:5">
       <c r="A335" t="s">
         <v>335</v>
       </c>
       <c r="B335">
-        <v>1.09298</v>
+        <v>1.05974</v>
       </c>
       <c r="C335">
-        <v>1.0936</v>
+        <v>1.06001</v>
       </c>
       <c r="D335">
-        <v>1.08873</v>
+        <v>1.0523</v>
       </c>
       <c r="E335">
-        <v>1.09076</v>
+        <v>1.05953</v>
       </c>
     </row>
     <row r="336" spans="1:5">
       <c r="A336" t="s">
         <v>336</v>
       </c>
       <c r="B336">
-        <v>1.09356</v>
+        <v>1.05329</v>
       </c>
       <c r="C336">
-        <v>1.09529</v>
+        <v>1.06065</v>
       </c>
       <c r="D336">
-        <v>1.09231</v>
+        <v>1.05297</v>
       </c>
       <c r="E336">
-        <v>1.09325</v>
+        <v>1.05975</v>
       </c>
     </row>
     <row r="337" spans="1:5">
       <c r="A337" t="s">
         <v>337</v>
       </c>
       <c r="B337">
-        <v>1.09368</v>
+        <v>1.0529</v>
       </c>
       <c r="C337">
-        <v>1.09541</v>
+        <v>1.0592</v>
       </c>
       <c r="D337">
-        <v>1.08995</v>
+        <v>1.05157</v>
       </c>
       <c r="E337">
-        <v>1.09359</v>
+        <v>1.05271</v>
       </c>
     </row>
     <row r="338" spans="1:5">
       <c r="A338" t="s">
         <v>338</v>
       </c>
       <c r="B338">
-        <v>1.09734</v>
+        <v>1.0562</v>
       </c>
       <c r="C338">
-        <v>1.09804</v>
+        <v>1.05818</v>
       </c>
       <c r="D338">
-        <v>1.09354</v>
+        <v>1.04957</v>
       </c>
       <c r="E338">
-        <v>1.09379</v>
+        <v>1.05291</v>
       </c>
     </row>
     <row r="339" spans="1:5">
       <c r="A339" t="s">
         <v>339</v>
       </c>
       <c r="B339">
-        <v>1.09699</v>
+        <v>1.06207</v>
       </c>
       <c r="C339">
-        <v>1.09964</v>
+        <v>1.0653</v>
       </c>
       <c r="D339">
-        <v>1.09601</v>
+        <v>1.05549</v>
       </c>
       <c r="E339">
-        <v>1.09792</v>
+        <v>1.05631</v>
       </c>
     </row>
     <row r="340" spans="1:5">
       <c r="A340" t="s">
         <v>340</v>
       </c>
       <c r="B340">
-        <v>1.09697</v>
+        <v>1.0649</v>
       </c>
       <c r="C340">
-        <v>1.09862</v>
+        <v>1.06624</v>
       </c>
       <c r="D340">
-        <v>1.09535</v>
+        <v>1.05943</v>
       </c>
       <c r="E340">
-        <v>1.09732</v>
+        <v>1.06226</v>
       </c>
     </row>
     <row r="341" spans="1:5">
       <c r="A341" t="s">
         <v>341</v>
       </c>
       <c r="B341">
-        <v>1.10295</v>
+        <v>1.07119</v>
       </c>
       <c r="C341">
-        <v>1.1039</v>
+        <v>1.07272</v>
       </c>
       <c r="D341">
-        <v>1.09506</v>
+        <v>1.06279</v>
       </c>
       <c r="E341">
-        <v>1.09756</v>
+        <v>1.06542</v>
       </c>
     </row>
     <row r="342" spans="1:5">
       <c r="A342" t="s">
         <v>342</v>
       </c>
       <c r="B342">
-        <v>1.10431</v>
+        <v>1.08012</v>
       </c>
       <c r="C342">
-        <v>1.10487</v>
+        <v>1.08038</v>
       </c>
       <c r="D342">
-        <v>1.10077</v>
+        <v>1.0686</v>
       </c>
       <c r="E342">
-        <v>1.10294</v>
+        <v>1.07168</v>
       </c>
     </row>
     <row r="343" spans="1:5">
       <c r="A343" t="s">
         <v>343</v>
       </c>
       <c r="B343">
-        <v>1.10664</v>
+        <v>1.07236</v>
       </c>
       <c r="C343">
-        <v>1.10822</v>
+        <v>1.08239</v>
       </c>
       <c r="D343">
-        <v>1.10317</v>
+        <v>1.07122</v>
       </c>
       <c r="E343">
-        <v>1.10434</v>
+        <v>1.08012</v>
       </c>
     </row>
     <row r="344" spans="1:5">
       <c r="A344" t="s">
         <v>344</v>
       </c>
       <c r="B344">
-        <v>1.11332</v>
+        <v>1.0925</v>
       </c>
       <c r="C344">
-        <v>1.11435</v>
+        <v>1.09364</v>
       </c>
       <c r="D344">
-        <v>1.1045</v>
+        <v>1.06816</v>
       </c>
       <c r="E344">
-        <v>1.10665</v>
+        <v>1.07272</v>
       </c>
     </row>
     <row r="345" spans="1:5">
       <c r="A345" t="s">
         <v>345</v>
       </c>
       <c r="B345">
-        <v>1.117</v>
+        <v>1.08714</v>
       </c>
       <c r="C345">
-        <v>1.1208</v>
+        <v>1.09356</v>
       </c>
       <c r="D345">
-        <v>1.11132</v>
+        <v>1.08714</v>
       </c>
       <c r="E345">
-        <v>1.11335</v>
+        <v>1.09269</v>
       </c>
     </row>
     <row r="346" spans="1:5">
       <c r="A346" t="s">
         <v>346</v>
       </c>
       <c r="B346">
-        <v>1.11705</v>
+        <v>1.08752</v>
       </c>
       <c r="C346">
-        <v>1.12023</v>
+        <v>1.0914</v>
       </c>
       <c r="D346">
-        <v>1.1119</v>
+        <v>1.0869</v>
       </c>
       <c r="E346">
-        <v>1.11632</v>
+        <v>1.08758</v>
       </c>
     </row>
     <row r="347" spans="1:5">
       <c r="A347" t="s">
         <v>347</v>
       </c>
       <c r="B347">
-        <v>1.11359</v>
+        <v>1.08824</v>
       </c>
       <c r="C347">
-        <v>1.11835</v>
+        <v>1.09049</v>
       </c>
       <c r="D347">
-        <v>1.11202</v>
+        <v>1.08333</v>
       </c>
       <c r="E347">
-        <v>1.11706</v>
+        <v>1.0835</v>
       </c>
     </row>
     <row r="348" spans="1:5">
       <c r="A348" t="s">
         <v>348</v>
       </c>
       <c r="B348">
-        <v>1.11776</v>
+        <v>1.08547</v>
       </c>
       <c r="C348">
-        <v>1.12181</v>
+        <v>1.08873</v>
       </c>
       <c r="D348">
-        <v>1.11258</v>
+        <v>1.08434</v>
       </c>
       <c r="E348">
-        <v>1.11367</v>
+        <v>1.08824</v>
       </c>
     </row>
     <row r="349" spans="1:5">
       <c r="A349" t="s">
         <v>349</v>
       </c>
       <c r="B349">
-        <v>1.10999</v>
+        <v>1.08172</v>
       </c>
       <c r="C349">
-        <v>1.11801</v>
+        <v>1.08706</v>
       </c>
       <c r="D349">
-        <v>1.10924</v>
+        <v>1.08072</v>
       </c>
       <c r="E349">
-        <v>1.11783</v>
+        <v>1.08544</v>
       </c>
     </row>
     <row r="350" spans="1:5">
       <c r="A350" t="s">
         <v>350</v>
       </c>
       <c r="B350">
-        <v>1.11635</v>
+        <v>1.08105</v>
       </c>
       <c r="C350">
-        <v>1.11666</v>
+        <v>1.08255</v>
       </c>
       <c r="D350">
-        <v>1.10813</v>
+        <v>1.07681</v>
       </c>
       <c r="E350">
-        <v>1.11</v>
+        <v>1.08171</v>
       </c>
     </row>
     <row r="351" spans="1:5">
       <c r="A351" t="s">
         <v>351</v>
       </c>
       <c r="B351">
-        <v>1.11602</v>
+        <v>1.07948</v>
       </c>
       <c r="C351">
-        <v>1.11811</v>
+        <v>1.08269</v>
       </c>
       <c r="D351">
-        <v>1.11353</v>
+        <v>1.07814</v>
       </c>
       <c r="E351">
-        <v>1.11613</v>
+        <v>1.08109</v>
       </c>
     </row>
     <row r="352" spans="1:5">
       <c r="A352" t="s">
         <v>352</v>
       </c>
       <c r="B352">
-        <v>1.11172</v>
+        <v>1.08265</v>
       </c>
       <c r="C352">
-        <v>1.11782</v>
+        <v>1.08386</v>
       </c>
       <c r="D352">
-        <v>1.10678</v>
+        <v>1.07922</v>
       </c>
       <c r="E352">
-        <v>1.11602</v>
+        <v>1.07951</v>
       </c>
     </row>
     <row r="353" spans="1:5">
       <c r="A353" t="s">
         <v>353</v>
       </c>
       <c r="B353">
-        <v>1.11122</v>
+        <v>1.07805</v>
       </c>
       <c r="C353">
-        <v>1.11883</v>
+        <v>1.0829</v>
       </c>
       <c r="D353">
-        <v>1.10961</v>
+        <v>1.07698</v>
       </c>
       <c r="E353">
-        <v>1.11172</v>
+        <v>1.08266</v>
       </c>
     </row>
     <row r="354" spans="1:5">
       <c r="A354" t="s">
         <v>354</v>
       </c>
       <c r="B354">
-        <v>1.11309</v>
+        <v>1.0797</v>
       </c>
       <c r="C354">
-        <v>1.11456</v>
+        <v>1.0806</v>
       </c>
       <c r="D354">
-        <v>1.11102</v>
+        <v>1.07606</v>
       </c>
       <c r="E354">
-        <v>1.11123</v>
+        <v>1.07807</v>
       </c>
     </row>
     <row r="355" spans="1:5">
       <c r="A355" t="s">
         <v>355</v>
       </c>
       <c r="B355">
-        <v>1.10854</v>
+        <v>1.08123</v>
       </c>
       <c r="C355">
-        <v>1.1137</v>
+        <v>1.08374</v>
       </c>
       <c r="D355">
-        <v>1.10841</v>
+        <v>1.07919</v>
       </c>
       <c r="E355">
-        <v>1.11313</v>
+        <v>1.07972</v>
       </c>
     </row>
     <row r="356" spans="1:5">
       <c r="A356" t="s">
         <v>356</v>
       </c>
       <c r="B356">
-        <v>1.1073</v>
+        <v>1.08671</v>
       </c>
       <c r="C356">
-        <v>1.1101</v>
+        <v>1.08691</v>
       </c>
       <c r="D356">
-        <v>1.10677</v>
+        <v>1.08103</v>
       </c>
       <c r="E356">
-        <v>1.10772</v>
+        <v>1.08138</v>
       </c>
     </row>
     <row r="357" spans="1:5">
       <c r="A357" t="s">
         <v>357</v>
       </c>
       <c r="B357">
-        <v>1.10105</v>
+        <v>1.08297</v>
       </c>
       <c r="C357">
-        <v>1.10743</v>
+        <v>1.08675</v>
       </c>
       <c r="D357">
-        <v>1.10046</v>
+        <v>1.08237</v>
       </c>
       <c r="E357">
-        <v>1.10731</v>
+        <v>1.08631</v>
       </c>
     </row>
     <row r="358" spans="1:5">
       <c r="A358" t="s">
         <v>358</v>
       </c>
       <c r="B358">
-        <v>1.10183</v>
+        <v>1.08606</v>
       </c>
       <c r="C358">
-        <v>1.1054</v>
+        <v>1.08728</v>
       </c>
       <c r="D358">
-        <v>1.10012</v>
+        <v>1.08102</v>
       </c>
       <c r="E358">
-        <v>1.10105</v>
+        <v>1.08299</v>
       </c>
     </row>
     <row r="359" spans="1:5">
       <c r="A359" t="s">
         <v>359</v>
       </c>
       <c r="B359">
-        <v>1.10336</v>
+        <v>1.08866</v>
       </c>
       <c r="C359">
-        <v>1.10489</v>
+        <v>1.09007</v>
       </c>
       <c r="D359">
-        <v>1.10145</v>
+        <v>1.08526</v>
       </c>
       <c r="E359">
-        <v>1.10184</v>
+        <v>1.08607</v>
       </c>
     </row>
     <row r="360" spans="1:5">
       <c r="A360" t="s">
         <v>360</v>
       </c>
       <c r="B360">
-        <v>1.10866</v>
+        <v>1.09072</v>
       </c>
       <c r="C360">
-        <v>1.10904</v>
+        <v>1.0916</v>
       </c>
       <c r="D360">
-        <v>1.10331</v>
+        <v>1.08812</v>
       </c>
       <c r="E360">
-        <v>1.10339</v>
+        <v>1.08897</v>
       </c>
     </row>
     <row r="361" spans="1:5">
       <c r="A361" t="s">
         <v>361</v>
       </c>
       <c r="B361">
-        <v>1.11089</v>
+        <v>1.09298</v>
       </c>
       <c r="C361">
-        <v>1.11545</v>
+        <v>1.0936</v>
       </c>
       <c r="D361">
-        <v>1.10648</v>
+        <v>1.08873</v>
       </c>
       <c r="E361">
-        <v>1.10875</v>
+        <v>1.09076</v>
       </c>
     </row>
     <row r="362" spans="1:5">
       <c r="A362" t="s">
         <v>362</v>
       </c>
       <c r="B362">
-        <v>1.10809</v>
+        <v>1.09356</v>
       </c>
       <c r="C362">
-        <v>1.11191</v>
+        <v>1.09529</v>
       </c>
       <c r="D362">
-        <v>1.10739</v>
+        <v>1.09231</v>
       </c>
       <c r="E362">
-        <v>1.11096</v>
+        <v>1.09325</v>
       </c>
     </row>
     <row r="363" spans="1:5">
       <c r="A363" t="s">
         <v>363</v>
       </c>
       <c r="B363">
-        <v>1.10416</v>
+        <v>1.09368</v>
       </c>
       <c r="C363">
-        <v>1.10944</v>
+        <v>1.09541</v>
       </c>
       <c r="D363">
-        <v>1.10347</v>
+        <v>1.08995</v>
       </c>
       <c r="E363">
-        <v>1.10813</v>
+        <v>1.09359</v>
       </c>
     </row>
     <row r="364" spans="1:5">
       <c r="A364" t="s">
         <v>364</v>
       </c>
       <c r="B364">
-        <v>1.10703</v>
+        <v>1.09734</v>
       </c>
       <c r="C364">
-        <v>1.10721</v>
+        <v>1.09804</v>
       </c>
       <c r="D364">
-        <v>1.10257</v>
+        <v>1.09354</v>
       </c>
       <c r="E364">
-        <v>1.10427</v>
+        <v>1.09379</v>
       </c>
     </row>
     <row r="365" spans="1:5">
       <c r="A365" t="s">
         <v>365</v>
       </c>
       <c r="B365">
-        <v>1.10468</v>
+        <v>1.09699</v>
       </c>
       <c r="C365">
-        <v>1.10766</v>
+        <v>1.09964</v>
       </c>
       <c r="D365">
-        <v>1.10412</v>
+        <v>1.09601</v>
       </c>
       <c r="E365">
-        <v>1.10713</v>
+        <v>1.09792</v>
       </c>
     </row>
     <row r="366" spans="1:5">
       <c r="A366" t="s">
         <v>366</v>
       </c>
       <c r="B366">
-        <v>1.10757</v>
+        <v>1.09697</v>
       </c>
       <c r="C366">
-        <v>1.10942</v>
+        <v>1.09862</v>
       </c>
       <c r="D366">
-        <v>1.10432</v>
+        <v>1.09535</v>
       </c>
       <c r="E366">
-        <v>1.10519</v>
+        <v>1.09732</v>
       </c>
     </row>
     <row r="367" spans="1:5">
       <c r="A367" t="s">
         <v>367</v>
       </c>
       <c r="B367">
-        <v>1.11182</v>
+        <v>1.10295</v>
       </c>
       <c r="C367">
-        <v>1.1139</v>
+        <v>1.1039</v>
       </c>
       <c r="D367">
-        <v>1.1055</v>
+        <v>1.09506</v>
       </c>
       <c r="E367">
-        <v>1.10764</v>
+        <v>1.09756</v>
       </c>
     </row>
     <row r="368" spans="1:5">
       <c r="A368" t="s">
         <v>368</v>
       </c>
       <c r="B368">
-        <v>1.11829</v>
+        <v>1.10431</v>
       </c>
       <c r="C368">
-        <v>1.11844</v>
+        <v>1.10487</v>
       </c>
       <c r="D368">
-        <v>1.11043</v>
+        <v>1.10077</v>
       </c>
       <c r="E368">
-        <v>1.11188</v>
+        <v>1.10294</v>
       </c>
     </row>
     <row r="369" spans="1:5">
       <c r="A369" t="s">
         <v>369</v>
       </c>
       <c r="B369">
-        <v>1.11602</v>
+        <v>1.10664</v>
       </c>
       <c r="C369">
-        <v>1.11897</v>
+        <v>1.10822</v>
       </c>
       <c r="D369">
-        <v>1.11497</v>
+        <v>1.10317</v>
       </c>
       <c r="E369">
-        <v>1.11831</v>
+        <v>1.10434</v>
       </c>
     </row>
     <row r="370" spans="1:5">
       <c r="A370" t="s">
         <v>370</v>
       </c>
       <c r="B370">
-        <v>1.11865</v>
+        <v>1.11332</v>
       </c>
       <c r="C370">
-        <v>1.12008</v>
+        <v>1.11435</v>
       </c>
       <c r="D370">
-        <v>1.11492</v>
+        <v>1.1045</v>
       </c>
       <c r="E370">
-        <v>1.11602</v>
+        <v>1.10665</v>
       </c>
     </row>
     <row r="371" spans="1:5">
       <c r="A371" t="s">
         <v>371</v>
       </c>
       <c r="B371">
-        <v>1.11103</v>
+        <v>1.117</v>
       </c>
       <c r="C371">
-        <v>1.12002</v>
+        <v>1.1208</v>
       </c>
       <c r="D371">
-        <v>1.11031</v>
+        <v>1.11132</v>
       </c>
       <c r="E371">
-        <v>1.11907</v>
+        <v>1.11335</v>
       </c>
     </row>
     <row r="372" spans="1:5">
       <c r="A372" t="s">
         <v>372</v>
       </c>
       <c r="B372">
-        <v>1.11484</v>
+        <v>1.11705</v>
       </c>
       <c r="C372">
-        <v>1.11642</v>
+        <v>1.12023</v>
       </c>
       <c r="D372">
-        <v>1.10973</v>
+        <v>1.1119</v>
       </c>
       <c r="E372">
-        <v>1.11106</v>
+        <v>1.11632</v>
       </c>
     </row>
     <row r="373" spans="1:5">
       <c r="A373" t="s">
         <v>373</v>
       </c>
       <c r="B373">
-        <v>1.11282</v>
+        <v>1.11359</v>
       </c>
       <c r="C373">
-        <v>1.11734</v>
+        <v>1.11835</v>
       </c>
       <c r="D373">
-        <v>1.10983</v>
+        <v>1.11202</v>
       </c>
       <c r="E373">
-        <v>1.11492</v>
+        <v>1.11706</v>
       </c>
     </row>
     <row r="374" spans="1:5">
       <c r="A374" t="s">
         <v>374</v>
       </c>
       <c r="B374">
-        <v>1.10837</v>
+        <v>1.11776</v>
       </c>
       <c r="C374">
-        <v>1.11296</v>
+        <v>1.12181</v>
       </c>
       <c r="D374">
-        <v>1.10711</v>
+        <v>1.11258</v>
       </c>
       <c r="E374">
-        <v>1.1129</v>
+        <v>1.11367</v>
       </c>
     </row>
     <row r="375" spans="1:5">
       <c r="A375" t="s">
         <v>375</v>
       </c>
       <c r="B375">
-        <v>1.10245</v>
+        <v>1.10999</v>
       </c>
       <c r="C375">
-        <v>1.10857</v>
+        <v>1.11801</v>
       </c>
       <c r="D375">
-        <v>1.10219</v>
+        <v>1.10924</v>
       </c>
       <c r="E375">
-        <v>1.10843</v>
+        <v>1.11783</v>
       </c>
     </row>
     <row r="376" spans="1:5">
       <c r="A376" t="s">
         <v>376</v>
       </c>
       <c r="B376">
-        <v>1.09708</v>
+        <v>1.11635</v>
       </c>
       <c r="C376">
-        <v>1.10242</v>
+        <v>1.11666</v>
       </c>
       <c r="D376">
-        <v>1.09671</v>
+        <v>1.10813</v>
       </c>
       <c r="E376">
-        <v>1.10239</v>
+        <v>1.11</v>
       </c>
     </row>
     <row r="377" spans="1:5">
       <c r="A377" t="s">
         <v>377</v>
       </c>
       <c r="B377">
-        <v>1.10111</v>
+        <v>1.11602</v>
       </c>
       <c r="C377">
-        <v>1.10149</v>
+        <v>1.11811</v>
       </c>
       <c r="D377">
-        <v>1.09488</v>
+        <v>1.11353</v>
       </c>
       <c r="E377">
-        <v>1.09705</v>
+        <v>1.11613</v>
       </c>
     </row>
     <row r="378" spans="1:5">
       <c r="A378" t="s">
         <v>378</v>
       </c>
       <c r="B378">
-        <v>1.09917</v>
+        <v>1.11172</v>
       </c>
       <c r="C378">
-        <v>1.10465</v>
+        <v>1.11782</v>
       </c>
       <c r="D378">
-        <v>1.09814</v>
+        <v>1.10678</v>
       </c>
       <c r="E378">
-        <v>1.10111</v>
+        <v>1.11602</v>
       </c>
     </row>
     <row r="379" spans="1:5">
       <c r="A379" t="s">
         <v>379</v>
       </c>
       <c r="B379">
-        <v>1.09299</v>
+        <v>1.11122</v>
       </c>
       <c r="C379">
-        <v>1.09989</v>
+        <v>1.11883</v>
       </c>
       <c r="D379">
-        <v>1.0913</v>
+        <v>1.10961</v>
       </c>
       <c r="E379">
-        <v>1.0992</v>
+        <v>1.11172</v>
       </c>
     </row>
     <row r="380" spans="1:5">
       <c r="A380" t="s">
         <v>380</v>
       </c>
       <c r="B380">
-        <v>1.09098</v>
+        <v>1.11309</v>
       </c>
       <c r="C380">
-        <v>1.09387</v>
+        <v>1.11456</v>
       </c>
       <c r="D380">
-        <v>1.09098</v>
+        <v>1.11102</v>
       </c>
       <c r="E380">
-        <v>1.09306</v>
+        <v>1.11123</v>
       </c>
     </row>
     <row r="381" spans="1:5">
       <c r="A381" t="s">
         <v>381</v>
       </c>
       <c r="B381">
-        <v>1.09174</v>
+        <v>1.10854</v>
       </c>
       <c r="C381">
-        <v>1.09305</v>
+        <v>1.1137</v>
       </c>
       <c r="D381">
-        <v>1.09082</v>
-[...2 lines deleted...]
-        <v>382</v>
+        <v>1.10841</v>
+      </c>
+      <c r="E381">
+        <v>1.11313</v>
       </c>
     </row>
     <row r="382" spans="1:5">
       <c r="A382" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="B382">
-        <v>1.09217</v>
+        <v>1.1073</v>
       </c>
       <c r="C382">
-        <v>1.09445</v>
+        <v>1.1101</v>
       </c>
       <c r="D382">
-        <v>1.08807</v>
+        <v>1.10677</v>
       </c>
       <c r="E382">
-        <v>1.09177</v>
+        <v>1.10772</v>
       </c>
     </row>
     <row r="383" spans="1:5">
       <c r="A383" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="B383">
-        <v>1.09301</v>
+        <v>1.10105</v>
       </c>
       <c r="C383">
-        <v>1.0936</v>
+        <v>1.10743</v>
       </c>
       <c r="D383">
-        <v>1.0904</v>
+        <v>1.10046</v>
       </c>
       <c r="E383">
-        <v>1.09218</v>
+        <v>1.10731</v>
       </c>
     </row>
     <row r="384" spans="1:5">
       <c r="A384" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="B384">
-        <v>1.09508</v>
+        <v>1.10183</v>
       </c>
       <c r="C384">
-        <v>1.09617</v>
+        <v>1.1054</v>
       </c>
       <c r="D384">
-        <v>1.09023</v>
+        <v>1.10012</v>
       </c>
       <c r="E384">
-        <v>1.09302</v>
+        <v>1.10105</v>
       </c>
     </row>
     <row r="385" spans="1:5">
       <c r="A385" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="B385">
-        <v>1.09059</v>
+        <v>1.10336</v>
       </c>
       <c r="C385">
-        <v>1.10075</v>
+        <v>1.10489</v>
       </c>
       <c r="D385">
-        <v>1.08913</v>
+        <v>1.10145</v>
       </c>
       <c r="E385">
-        <v>1.09515</v>
+        <v>1.10184</v>
       </c>
     </row>
     <row r="386" spans="1:5">
       <c r="A386" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="B386">
-        <v>1.0791</v>
+        <v>1.10866</v>
       </c>
       <c r="C386">
-        <v>1.09253</v>
+        <v>1.10904</v>
       </c>
       <c r="D386">
-        <v>1.07803</v>
+        <v>1.10331</v>
       </c>
       <c r="E386">
-        <v>1.09112</v>
+        <v>1.10339</v>
       </c>
     </row>
     <row r="387" spans="1:5">
       <c r="A387" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="B387">
-        <v>1.08247</v>
+        <v>1.11089</v>
       </c>
       <c r="C387">
-        <v>1.0834</v>
+        <v>1.11545</v>
       </c>
       <c r="D387">
-        <v>1.07761</v>
+        <v>1.10648</v>
       </c>
       <c r="E387">
-        <v>1.07899</v>
+        <v>1.10875</v>
       </c>
     </row>
     <row r="388" spans="1:5">
       <c r="A388" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="B388">
-        <v>1.08141</v>
+        <v>1.10809</v>
       </c>
       <c r="C388">
-        <v>1.0848</v>
+        <v>1.11191</v>
       </c>
       <c r="D388">
-        <v>1.08005</v>
+        <v>1.10739</v>
       </c>
       <c r="E388">
-        <v>1.08245</v>
+        <v>1.11096</v>
       </c>
     </row>
     <row r="389" spans="1:5">
       <c r="A389" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="B389">
-        <v>1.08196</v>
+        <v>1.10416</v>
       </c>
       <c r="C389">
-        <v>1.08343</v>
+        <v>1.10944</v>
       </c>
       <c r="D389">
-        <v>1.07968</v>
+        <v>1.10347</v>
       </c>
       <c r="E389">
-        <v>1.08128</v>
+        <v>1.10813</v>
       </c>
     </row>
     <row r="390" spans="1:5">
       <c r="A390" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="B390">
-        <v>1.08528</v>
+        <v>1.10703</v>
       </c>
       <c r="C390">
-        <v>1.08686</v>
+        <v>1.10721</v>
       </c>
       <c r="D390">
-        <v>1.08014</v>
+        <v>1.10257</v>
       </c>
       <c r="E390">
-        <v>1.08198</v>
+        <v>1.10427</v>
       </c>
     </row>
     <row r="391" spans="1:5">
       <c r="A391" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="B391">
-        <v>1.08441</v>
+        <v>1.10468</v>
       </c>
       <c r="C391">
-        <v>1.08668</v>
+        <v>1.10766</v>
       </c>
       <c r="D391">
-        <v>1.08407</v>
+        <v>1.10412</v>
       </c>
       <c r="E391">
-        <v>1.08563</v>
+        <v>1.10713</v>
       </c>
     </row>
     <row r="392" spans="1:5">
       <c r="A392" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="B392">
-        <v>1.08393</v>
+        <v>1.10757</v>
       </c>
       <c r="C392">
-        <v>1.08686</v>
+        <v>1.10942</v>
       </c>
       <c r="D392">
-        <v>1.08269</v>
+        <v>1.10432</v>
       </c>
       <c r="E392">
-        <v>1.08443</v>
+        <v>1.10519</v>
       </c>
     </row>
     <row r="393" spans="1:5">
       <c r="A393" t="s">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="B393">
-        <v>1.0853</v>
+        <v>1.11182</v>
       </c>
       <c r="C393">
-        <v>1.08652</v>
+        <v>1.1139</v>
       </c>
       <c r="D393">
-        <v>1.08243</v>
+        <v>1.1055</v>
       </c>
       <c r="E393">
-        <v>1.08394</v>
+        <v>1.10764</v>
       </c>
     </row>
     <row r="394" spans="1:5">
       <c r="A394" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
       <c r="B394">
-        <v>1.08889</v>
+        <v>1.11829</v>
       </c>
       <c r="C394">
-        <v>1.08953</v>
+        <v>1.11844</v>
       </c>
       <c r="D394">
-        <v>1.08425</v>
+        <v>1.11043</v>
       </c>
       <c r="E394">
-        <v>1.08528</v>
+        <v>1.11188</v>
       </c>
     </row>
     <row r="395" spans="1:5">
       <c r="A395" t="s">
-        <v>396</v>
+        <v>395</v>
       </c>
       <c r="B395">
-        <v>1.09005</v>
+        <v>1.11602</v>
       </c>
       <c r="C395">
-        <v>1.09013</v>
+        <v>1.11897</v>
       </c>
       <c r="D395">
-        <v>1.08717</v>
+        <v>1.11497</v>
       </c>
       <c r="E395">
-        <v>1.08891</v>
+        <v>1.11831</v>
       </c>
     </row>
     <row r="396" spans="1:5">
       <c r="A396" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="B396">
-        <v>1.08947</v>
+        <v>1.11865</v>
       </c>
       <c r="C396">
-        <v>1.09004</v>
+        <v>1.12008</v>
       </c>
       <c r="D396">
-        <v>1.08742</v>
+        <v>1.11492</v>
       </c>
       <c r="E396">
-        <v>1.0878</v>
+        <v>1.11602</v>
       </c>
     </row>
     <row r="397" spans="1:5">
       <c r="A397" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="B397">
-        <v>1.09375</v>
+        <v>1.11103</v>
       </c>
       <c r="C397">
-        <v>1.09396</v>
+        <v>1.12002</v>
       </c>
       <c r="D397">
-        <v>1.08922</v>
+        <v>1.11031</v>
       </c>
       <c r="E397">
-        <v>1.08946</v>
+        <v>1.11907</v>
       </c>
     </row>
     <row r="398" spans="1:5">
       <c r="A398" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="B398">
-        <v>1.08976</v>
+        <v>1.11484</v>
       </c>
       <c r="C398">
-        <v>1.09465</v>
+        <v>1.11642</v>
       </c>
       <c r="D398">
-        <v>1.08938</v>
+        <v>1.10973</v>
       </c>
       <c r="E398">
-        <v>1.09381</v>
+        <v>1.11106</v>
       </c>
     </row>
     <row r="399" spans="1:5">
       <c r="A399" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
       <c r="B399">
-        <v>1.0893</v>
+        <v>1.11282</v>
       </c>
       <c r="C399">
-        <v>1.09041</v>
+        <v>1.11734</v>
       </c>
       <c r="D399">
-        <v>1.08701</v>
+        <v>1.10983</v>
       </c>
       <c r="E399">
-        <v>1.08972</v>
+        <v>1.11492</v>
       </c>
     </row>
     <row r="400" spans="1:5">
       <c r="A400" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="B400">
-        <v>1.08824</v>
+        <v>1.10837</v>
       </c>
       <c r="C400">
-        <v>1.0921</v>
+        <v>1.11296</v>
       </c>
       <c r="D400">
-        <v>1.08818</v>
+        <v>1.10711</v>
       </c>
       <c r="E400">
-        <v>1.08931</v>
+        <v>1.1129</v>
       </c>
     </row>
     <row r="401" spans="1:5">
       <c r="A401" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="B401">
-        <v>1.08652</v>
+        <v>1.10245</v>
       </c>
       <c r="C401">
-        <v>1.09099</v>
+        <v>1.10857</v>
       </c>
       <c r="D401">
-        <v>1.08603</v>
+        <v>1.10219</v>
       </c>
       <c r="E401">
-        <v>1.0905</v>
+        <v>1.10843</v>
       </c>
     </row>
     <row r="402" spans="1:5">
       <c r="A402" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="B402">
-        <v>1.08283</v>
+        <v>1.09708</v>
       </c>
       <c r="C402">
-        <v>1.08982</v>
+        <v>1.10242</v>
       </c>
       <c r="D402">
-        <v>1.0821</v>
+        <v>1.09671</v>
       </c>
       <c r="E402">
-        <v>1.08665</v>
+        <v>1.10239</v>
       </c>
     </row>
     <row r="403" spans="1:5">
       <c r="A403" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="B403">
-        <v>1.08112</v>
+        <v>1.10111</v>
       </c>
       <c r="C403">
-        <v>1.08293</v>
+        <v>1.10149</v>
       </c>
       <c r="D403">
-        <v>1.08061</v>
+        <v>1.09488</v>
       </c>
       <c r="E403">
-        <v>1.08288</v>
+        <v>1.09705</v>
       </c>
     </row>
     <row r="404" spans="1:5">
       <c r="A404" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="B404">
-        <v>1.08229</v>
+        <v>1.09917</v>
       </c>
       <c r="C404">
-        <v>1.0832</v>
+        <v>1.10465</v>
       </c>
       <c r="D404">
-        <v>1.08041</v>
+        <v>1.09814</v>
       </c>
       <c r="E404">
-        <v>1.08124</v>
+        <v>1.10111</v>
       </c>
     </row>
     <row r="405" spans="1:5">
       <c r="A405" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
       <c r="B405">
-        <v>1.08187</v>
+        <v>1.09299</v>
       </c>
       <c r="C405">
-        <v>1.08436</v>
+        <v>1.09989</v>
       </c>
       <c r="D405">
-        <v>1.08133</v>
+        <v>1.0913</v>
       </c>
       <c r="E405">
-        <v>1.08231</v>
+        <v>1.0992</v>
       </c>
     </row>
     <row r="406" spans="1:5">
       <c r="A406" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="B406">
-        <v>1.08108</v>
+        <v>1.09098</v>
       </c>
       <c r="C406">
-        <v>1.08412</v>
+        <v>1.09387</v>
       </c>
       <c r="D406">
-        <v>1.07995</v>
+        <v>1.09098</v>
       </c>
       <c r="E406">
-        <v>1.084</v>
+        <v>1.09306</v>
       </c>
     </row>
     <row r="407" spans="1:5">
       <c r="A407" t="s">
+        <v>407</v>
+      </c>
+      <c r="B407">
+        <v>1.09174</v>
+      </c>
+      <c r="C407">
+        <v>1.09305</v>
+      </c>
+      <c r="D407">
+        <v>1.09082</v>
+      </c>
+      <c r="E407" t="s">
         <v>408</v>
-      </c>
-[...10 lines deleted...]
-        <v>1.08106</v>
       </c>
     </row>
     <row r="408" spans="1:5">
       <c r="A408" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="B408">
-        <v>1.07813</v>
+        <v>1.09217</v>
       </c>
       <c r="C408">
-        <v>1.08124</v>
+        <v>1.09445</v>
       </c>
       <c r="D408">
-        <v>1.07764</v>
+        <v>1.08807</v>
       </c>
       <c r="E408">
-        <v>1.08106</v>
+        <v>1.09177</v>
       </c>
     </row>
     <row r="409" spans="1:5">
       <c r="A409" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B409">
-        <v>1.07437</v>
+        <v>1.09301</v>
       </c>
       <c r="C409">
-        <v>1.08154</v>
+        <v>1.0936</v>
       </c>
       <c r="D409">
-        <v>1.07349</v>
+        <v>1.0904</v>
       </c>
       <c r="E409">
-        <v>1.07859</v>
+        <v>1.09218</v>
       </c>
     </row>
     <row r="410" spans="1:5">
       <c r="A410" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B410">
-        <v>1.07378</v>
+        <v>1.09508</v>
       </c>
       <c r="C410">
-        <v>1.07457</v>
+        <v>1.09617</v>
       </c>
       <c r="D410">
-        <v>1.07085</v>
+        <v>1.09023</v>
       </c>
       <c r="E410">
-        <v>1.07438</v>
+        <v>1.09302</v>
       </c>
     </row>
     <row r="411" spans="1:5">
       <c r="A411" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B411">
-        <v>1.0735</v>
+        <v>1.09059</v>
       </c>
       <c r="C411">
-        <v>1.0775</v>
+        <v>1.10075</v>
       </c>
       <c r="D411">
-        <v>1.07183</v>
+        <v>1.08913</v>
       </c>
       <c r="E411">
-        <v>1.07386</v>
+        <v>1.09515</v>
       </c>
     </row>
     <row r="412" spans="1:5">
       <c r="A412" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="B412">
-        <v>1.07025</v>
+        <v>1.0791</v>
       </c>
       <c r="C412">
-        <v>1.07234</v>
+        <v>1.09253</v>
       </c>
       <c r="D412">
-        <v>1.0684</v>
+        <v>1.07803</v>
       </c>
       <c r="E412">
-        <v>1.07096</v>
+        <v>1.09112</v>
       </c>
     </row>
     <row r="413" spans="1:5">
       <c r="A413" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="B413">
-        <v>1.06791</v>
+        <v>1.08247</v>
       </c>
       <c r="C413">
-        <v>1.07251</v>
+        <v>1.0834</v>
       </c>
       <c r="D413">
-        <v>1.06757</v>
+        <v>1.07761</v>
       </c>
       <c r="E413">
-        <v>1.07023</v>
+        <v>1.07899</v>
       </c>
     </row>
     <row r="414" spans="1:5">
       <c r="A414" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="B414">
-        <v>1.07128</v>
+        <v>1.08141</v>
       </c>
       <c r="C414">
-        <v>1.07166</v>
+        <v>1.0848</v>
       </c>
       <c r="D414">
-        <v>1.06646</v>
+        <v>1.08005</v>
       </c>
       <c r="E414">
-        <v>1.06787</v>
+        <v>1.08245</v>
       </c>
     </row>
     <row r="415" spans="1:5">
       <c r="A415" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="B415">
-        <v>1.07309</v>
+        <v>1.08196</v>
       </c>
       <c r="C415">
-        <v>1.07428</v>
+        <v>1.08343</v>
       </c>
       <c r="D415">
-        <v>1.06893</v>
+        <v>1.07968</v>
       </c>
       <c r="E415">
-        <v>1.07127</v>
+        <v>1.08128</v>
       </c>
     </row>
     <row r="416" spans="1:5">
       <c r="A416" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B416">
-        <v>1.069</v>
+        <v>1.08528</v>
       </c>
       <c r="C416">
-        <v>1.0745</v>
+        <v>1.08686</v>
       </c>
       <c r="D416">
-        <v>1.06824</v>
+        <v>1.08014</v>
       </c>
       <c r="E416">
-        <v>1.07329</v>
+        <v>1.08198</v>
       </c>
     </row>
     <row r="417" spans="1:5">
       <c r="A417" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B417">
-        <v>1.07007</v>
+        <v>1.08441</v>
       </c>
       <c r="C417">
-        <v>1.07191</v>
+        <v>1.08668</v>
       </c>
       <c r="D417">
-        <v>1.06696</v>
+        <v>1.08407</v>
       </c>
       <c r="E417">
-        <v>1.06905</v>
+        <v>1.08563</v>
       </c>
     </row>
     <row r="418" spans="1:5">
       <c r="A418" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B418">
-        <v>1.0742</v>
+        <v>1.08393</v>
       </c>
       <c r="C418">
-        <v>1.07473</v>
+        <v>1.08686</v>
       </c>
       <c r="D418">
-        <v>1.07005</v>
+        <v>1.08269</v>
       </c>
       <c r="E418">
-        <v>1.07011</v>
+        <v>1.08443</v>
       </c>
     </row>
     <row r="419" spans="1:5">
       <c r="A419" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B419">
-        <v>1.07383</v>
+        <v>1.0853</v>
       </c>
       <c r="C419">
-        <v>1.0752</v>
+        <v>1.08652</v>
       </c>
       <c r="D419">
-        <v>1.07234</v>
+        <v>1.08243</v>
       </c>
       <c r="E419">
-        <v>1.07424</v>
+        <v>1.08394</v>
       </c>
     </row>
     <row r="420" spans="1:5">
       <c r="A420" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="B420">
-        <v>1.07329</v>
+        <v>1.08889</v>
       </c>
       <c r="C420">
-        <v>1.076</v>
+        <v>1.08953</v>
       </c>
       <c r="D420">
-        <v>1.07086</v>
+        <v>1.08425</v>
       </c>
       <c r="E420">
-        <v>1.07384</v>
+        <v>1.08528</v>
       </c>
     </row>
     <row r="421" spans="1:5">
       <c r="A421" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="B421">
-        <v>1.07025</v>
+        <v>1.09005</v>
       </c>
       <c r="C421">
-        <v>1.07364</v>
+        <v>1.09013</v>
       </c>
       <c r="D421">
-        <v>1.0685</v>
+        <v>1.08717</v>
       </c>
       <c r="E421">
-        <v>1.07325</v>
+        <v>1.08891</v>
       </c>
     </row>
     <row r="422" spans="1:5">
       <c r="A422" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="B422">
-        <v>1.07366</v>
+        <v>1.08947</v>
       </c>
       <c r="C422">
-        <v>1.07435</v>
+        <v>1.09004</v>
       </c>
       <c r="D422">
-        <v>1.06662</v>
+        <v>1.08742</v>
       </c>
       <c r="E422">
-        <v>1.07047</v>
+        <v>1.0878</v>
       </c>
     </row>
     <row r="423" spans="1:5">
       <c r="A423" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="B423">
-        <v>1.08082</v>
+        <v>1.09375</v>
       </c>
       <c r="C423">
-        <v>1.0815</v>
+        <v>1.09396</v>
       </c>
       <c r="D423">
-        <v>1.07315</v>
+        <v>1.08922</v>
       </c>
       <c r="E423">
-        <v>1.07368</v>
+        <v>1.08946</v>
       </c>
     </row>
     <row r="424" spans="1:5">
       <c r="A424" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B424">
-        <v>1.07393</v>
+        <v>1.08976</v>
       </c>
       <c r="C424">
-        <v>1.08509</v>
+        <v>1.09465</v>
       </c>
       <c r="D424">
-        <v>1.07332</v>
+        <v>1.08938</v>
       </c>
       <c r="E424">
-        <v>1.0808</v>
+        <v>1.09381</v>
       </c>
     </row>
     <row r="425" spans="1:5">
       <c r="A425" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B425">
-        <v>1.07632</v>
+        <v>1.0893</v>
       </c>
       <c r="C425">
-        <v>1.07721</v>
+        <v>1.09041</v>
       </c>
       <c r="D425">
-        <v>1.07182</v>
+        <v>1.08701</v>
       </c>
       <c r="E425">
-        <v>1.07389</v>
+        <v>1.08972</v>
       </c>
     </row>
     <row r="426" spans="1:5">
       <c r="A426" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B426">
-        <v>1.07762</v>
+        <v>1.08824</v>
       </c>
       <c r="C426">
-        <v>1.07802</v>
+        <v>1.0921</v>
       </c>
       <c r="D426">
-        <v>1.07314</v>
+        <v>1.08818</v>
       </c>
       <c r="E426">
-        <v>1.07642</v>
+        <v>1.08931</v>
       </c>
     </row>
     <row r="427" spans="1:5">
       <c r="A427" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B427">
-        <v>1.08882</v>
+        <v>1.08652</v>
       </c>
       <c r="C427">
-        <v>1.09005</v>
+        <v>1.09099</v>
       </c>
       <c r="D427">
-        <v>1.07986</v>
+        <v>1.08603</v>
       </c>
       <c r="E427">
-        <v>1.07991</v>
+        <v>1.0905</v>
       </c>
     </row>
     <row r="428" spans="1:5">
       <c r="A428" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B428">
-        <v>1.08687</v>
+        <v>1.08283</v>
       </c>
       <c r="C428">
-        <v>1.09005</v>
+        <v>1.08982</v>
       </c>
       <c r="D428">
-        <v>1.08605</v>
+        <v>1.0821</v>
       </c>
       <c r="E428">
-        <v>1.08881</v>
+        <v>1.08665</v>
       </c>
     </row>
     <row r="429" spans="1:5">
       <c r="A429" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="B429">
-        <v>1.08794</v>
+        <v>1.08112</v>
       </c>
       <c r="C429">
-        <v>1.08904</v>
+        <v>1.08293</v>
       </c>
       <c r="D429">
-        <v>1.08531</v>
+        <v>1.08061</v>
       </c>
       <c r="E429">
-        <v>1.08677</v>
+        <v>1.08288</v>
       </c>
     </row>
     <row r="430" spans="1:5">
       <c r="A430" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="B430">
-        <v>1.09028</v>
+        <v>1.08229</v>
       </c>
       <c r="C430">
-        <v>1.09147</v>
+        <v>1.0832</v>
       </c>
       <c r="D430">
-        <v>1.08574</v>
+        <v>1.08041</v>
       </c>
       <c r="E430">
-        <v>1.08777</v>
+        <v>1.08124</v>
       </c>
     </row>
     <row r="431" spans="1:5">
       <c r="A431" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="B431">
-        <v>1.08499</v>
+        <v>1.08187</v>
       </c>
       <c r="C431">
-        <v>1.09033</v>
+        <v>1.08436</v>
       </c>
       <c r="D431">
-        <v>1.08264</v>
+        <v>1.08133</v>
       </c>
       <c r="E431">
-        <v>1.0903</v>
+        <v>1.08231</v>
       </c>
     </row>
     <row r="432" spans="1:5">
       <c r="A432" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B432">
-        <v>1.08292</v>
+        <v>1.08108</v>
       </c>
       <c r="C432">
-        <v>1.08809</v>
+        <v>1.08412</v>
       </c>
       <c r="D432">
-        <v>1.08098</v>
+        <v>1.07995</v>
       </c>
       <c r="E432">
-        <v>1.08494</v>
+        <v>1.084</v>
       </c>
     </row>
     <row r="433" spans="1:5">
       <c r="A433" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B433">
-        <v>1.08004</v>
+        <v>1.07813</v>
       </c>
       <c r="C433">
-        <v>1.08437</v>
+        <v>1.08124</v>
       </c>
       <c r="D433">
-        <v>1.07869</v>
+        <v>1.07764</v>
       </c>
       <c r="E433">
-        <v>1.08306</v>
+        <v>1.08106</v>
       </c>
     </row>
     <row r="434" spans="1:5">
       <c r="A434" t="s">
         <v>434</v>
       </c>
       <c r="B434">
-        <v>1.08594</v>
+        <v>1.07813</v>
       </c>
       <c r="C434">
-        <v>1.08594</v>
+        <v>1.08124</v>
       </c>
       <c r="D434">
-        <v>1.07985</v>
+        <v>1.07764</v>
       </c>
       <c r="E434">
-        <v>1.07992</v>
+        <v>1.08106</v>
       </c>
     </row>
     <row r="435" spans="1:5">
       <c r="A435" t="s">
         <v>435</v>
       </c>
       <c r="B435">
-        <v>1.0857</v>
+        <v>1.07437</v>
       </c>
       <c r="C435">
-        <v>1.08876</v>
+        <v>1.08154</v>
       </c>
       <c r="D435">
-        <v>1.08537</v>
+        <v>1.07349</v>
       </c>
       <c r="E435">
-        <v>1.08552</v>
+        <v>1.07859</v>
       </c>
     </row>
     <row r="436" spans="1:5">
       <c r="A436" t="s">
         <v>436</v>
       </c>
       <c r="B436">
-        <v>1.08476</v>
+        <v>1.07378</v>
       </c>
       <c r="C436">
-        <v>1.0866</v>
+        <v>1.07457</v>
       </c>
       <c r="D436">
-        <v>1.08393</v>
+        <v>1.07085</v>
       </c>
       <c r="E436">
-        <v>1.08558</v>
+        <v>1.07438</v>
       </c>
     </row>
     <row r="437" spans="1:5">
       <c r="A437" t="s">
         <v>437</v>
       </c>
       <c r="B437">
-        <v>1.0814</v>
+        <v>1.0735</v>
       </c>
       <c r="C437">
-        <v>1.08564</v>
+        <v>1.0775</v>
       </c>
       <c r="D437">
-        <v>1.08042</v>
+        <v>1.07183</v>
       </c>
       <c r="E437">
-        <v>1.08455</v>
+        <v>1.07386</v>
       </c>
     </row>
     <row r="438" spans="1:5">
       <c r="A438" t="s">
         <v>438</v>
       </c>
       <c r="B438">
-        <v>1.08216</v>
+        <v>1.07025</v>
       </c>
       <c r="C438">
-        <v>1.08596</v>
+        <v>1.07234</v>
       </c>
       <c r="D438">
-        <v>1.08034</v>
+        <v>1.0684</v>
       </c>
       <c r="E438">
-        <v>1.08143</v>
+        <v>1.07096</v>
       </c>
     </row>
     <row r="439" spans="1:5">
       <c r="A439" t="s">
         <v>439</v>
       </c>
       <c r="B439">
-        <v>1.08534</v>
+        <v>1.06791</v>
       </c>
       <c r="C439">
-        <v>1.08622</v>
+        <v>1.07251</v>
       </c>
       <c r="D439">
-        <v>1.0816</v>
+        <v>1.06757</v>
       </c>
       <c r="E439">
-        <v>1.08211</v>
+        <v>1.07023</v>
       </c>
     </row>
     <row r="440" spans="1:5">
       <c r="A440" t="s">
         <v>440</v>
       </c>
       <c r="B440">
-        <v>1.08593</v>
+        <v>1.07128</v>
       </c>
       <c r="C440">
-        <v>1.08734</v>
+        <v>1.07166</v>
       </c>
       <c r="D440">
-        <v>1.08412</v>
+        <v>1.06646</v>
       </c>
       <c r="E440">
-        <v>1.08525</v>
+        <v>1.06787</v>
       </c>
     </row>
     <row r="441" spans="1:5">
       <c r="A441" t="s">
         <v>441</v>
       </c>
       <c r="B441">
-        <v>1.08721</v>
+        <v>1.07309</v>
       </c>
       <c r="C441">
-        <v>1.08831</v>
+        <v>1.07428</v>
       </c>
       <c r="D441">
-        <v>1.08529</v>
+        <v>1.06893</v>
       </c>
       <c r="E441">
-        <v>1.08554</v>
+        <v>1.07127</v>
       </c>
     </row>
     <row r="442" spans="1:5">
       <c r="A442" t="s">
         <v>442</v>
       </c>
       <c r="B442">
-        <v>1.0866</v>
+        <v>1.069</v>
       </c>
       <c r="C442">
-        <v>1.08771</v>
+        <v>1.0745</v>
       </c>
       <c r="D442">
-        <v>1.08343</v>
+        <v>1.06824</v>
       </c>
       <c r="E442">
-        <v>1.08712</v>
+        <v>1.07329</v>
       </c>
     </row>
     <row r="443" spans="1:5">
       <c r="A443" t="s">
         <v>443</v>
       </c>
       <c r="B443">
-        <v>1.08828</v>
+        <v>1.07007</v>
       </c>
       <c r="C443">
-        <v>1.08936</v>
+        <v>1.07191</v>
       </c>
       <c r="D443">
-        <v>1.08529</v>
+        <v>1.06696</v>
       </c>
       <c r="E443">
-        <v>1.08657</v>
+        <v>1.06905</v>
       </c>
     </row>
     <row r="444" spans="1:5">
       <c r="A444" t="s">
         <v>444</v>
       </c>
       <c r="B444">
-        <v>1.08179</v>
+        <v>1.0742</v>
       </c>
       <c r="C444">
-        <v>1.08847</v>
+        <v>1.07473</v>
       </c>
       <c r="D444">
-        <v>1.08116</v>
+        <v>1.07005</v>
       </c>
       <c r="E444">
-        <v>1.08824</v>
+        <v>1.07011</v>
       </c>
     </row>
     <row r="445" spans="1:5">
       <c r="A445" t="s">
         <v>445</v>
       </c>
       <c r="B445">
-        <v>1.07887</v>
+        <v>1.07383</v>
       </c>
       <c r="C445">
-        <v>1.08242</v>
+        <v>1.0752</v>
       </c>
       <c r="D445">
-        <v>1.07658</v>
+        <v>1.07234</v>
       </c>
       <c r="E445">
-        <v>1.08183</v>
+        <v>1.07424</v>
       </c>
     </row>
     <row r="446" spans="1:5">
       <c r="A446" t="s">
         <v>446</v>
       </c>
       <c r="B446">
-        <v>1.07723</v>
+        <v>1.07329</v>
       </c>
       <c r="C446">
-        <v>1.08054</v>
+        <v>1.076</v>
       </c>
       <c r="D446">
-        <v>1.07643</v>
+        <v>1.07086</v>
       </c>
       <c r="E446">
-        <v>1.07885</v>
+        <v>1.07384</v>
       </c>
     </row>
     <row r="447" spans="1:5">
       <c r="A447" t="s">
         <v>447</v>
       </c>
       <c r="B447">
-        <v>1.07818</v>
+        <v>1.07025</v>
       </c>
       <c r="C447">
-        <v>1.07887</v>
+        <v>1.07364</v>
       </c>
       <c r="D447">
-        <v>1.0759</v>
+        <v>1.0685</v>
       </c>
       <c r="E447">
-        <v>1.07704</v>
+        <v>1.07325</v>
       </c>
     </row>
     <row r="448" spans="1:5">
       <c r="A448" t="s">
         <v>448</v>
       </c>
       <c r="B448">
-        <v>1.07469</v>
+        <v>1.07366</v>
       </c>
       <c r="C448">
-        <v>1.07831</v>
+        <v>1.07435</v>
       </c>
       <c r="D448">
-        <v>1.07225</v>
+        <v>1.06662</v>
       </c>
       <c r="E448">
-        <v>1.07803</v>
+        <v>1.07047</v>
       </c>
     </row>
     <row r="449" spans="1:5">
       <c r="A449" t="s">
         <v>449</v>
       </c>
       <c r="B449">
-        <v>1.07531</v>
+        <v>1.08082</v>
       </c>
       <c r="C449">
-        <v>1.07561</v>
+        <v>1.0815</v>
       </c>
       <c r="D449">
-        <v>1.07336</v>
+        <v>1.07315</v>
       </c>
       <c r="E449">
-        <v>1.07468</v>
+        <v>1.07368</v>
       </c>
     </row>
     <row r="450" spans="1:5">
       <c r="A450" t="s">
         <v>450</v>
       </c>
       <c r="B450">
-        <v>1.07605</v>
+        <v>1.07393</v>
       </c>
       <c r="C450">
-        <v>1.0786</v>
+        <v>1.08509</v>
       </c>
       <c r="D450">
-        <v>1.07465</v>
+        <v>1.07332</v>
       </c>
       <c r="E450">
-        <v>1.07536</v>
+        <v>1.0808</v>
       </c>
     </row>
     <row r="451" spans="1:5">
       <c r="A451" t="s">
         <v>451</v>
       </c>
       <c r="B451">
-        <v>1.07624</v>
+        <v>1.07632</v>
       </c>
       <c r="C451">
-        <v>1.07894</v>
+        <v>1.07721</v>
       </c>
       <c r="D451">
-        <v>1.07562</v>
+        <v>1.07182</v>
       </c>
       <c r="E451">
-        <v>1.07661</v>
+        <v>1.07389</v>
       </c>
     </row>
     <row r="452" spans="1:5">
       <c r="A452" t="s">
         <v>452</v>
       </c>
       <c r="B452">
-        <v>1.07232</v>
+        <v>1.07762</v>
       </c>
       <c r="C452">
-        <v>1.08113</v>
+        <v>1.07802</v>
       </c>
       <c r="D452">
-        <v>1.07223</v>
+        <v>1.07314</v>
       </c>
       <c r="E452">
-        <v>1.07627</v>
+        <v>1.07642</v>
       </c>
     </row>
     <row r="453" spans="1:5">
       <c r="A453" t="s">
         <v>453</v>
       </c>
       <c r="B453">
-        <v>1.07052</v>
+        <v>1.08882</v>
       </c>
       <c r="C453">
-        <v>1.07288</v>
+        <v>1.09005</v>
       </c>
       <c r="D453">
-        <v>1.06728</v>
+        <v>1.07986</v>
       </c>
       <c r="E453">
-        <v>1.07233</v>
+        <v>1.07991</v>
       </c>
     </row>
     <row r="454" spans="1:5">
       <c r="A454" t="s">
         <v>454</v>
       </c>
       <c r="B454">
-        <v>1.06652</v>
+        <v>1.08687</v>
       </c>
       <c r="C454">
-        <v>1.07313</v>
+        <v>1.09005</v>
       </c>
       <c r="D454">
-        <v>1.06481</v>
+        <v>1.08605</v>
       </c>
       <c r="E454">
-        <v>1.07126</v>
+        <v>1.08881</v>
       </c>
     </row>
     <row r="455" spans="1:5">
       <c r="A455" t="s">
         <v>455</v>
       </c>
       <c r="B455">
-        <v>1.07195</v>
+        <v>1.08794</v>
       </c>
       <c r="C455">
-        <v>1.07339</v>
+        <v>1.08904</v>
       </c>
       <c r="D455">
-        <v>1.06636</v>
+        <v>1.08531</v>
       </c>
       <c r="E455">
-        <v>1.06645</v>
+        <v>1.08677</v>
       </c>
     </row>
     <row r="456" spans="1:5">
       <c r="A456" t="s">
         <v>456</v>
       </c>
       <c r="B456">
-        <v>1.07037</v>
+        <v>1.09028</v>
       </c>
       <c r="C456">
-        <v>1.07323</v>
+        <v>1.09147</v>
       </c>
       <c r="D456">
-        <v>1.06888</v>
+        <v>1.08574</v>
       </c>
       <c r="E456">
-        <v>1.07185</v>
+        <v>1.08777</v>
       </c>
     </row>
     <row r="457" spans="1:5">
       <c r="A457" t="s">
         <v>457</v>
       </c>
       <c r="B457">
-        <v>1.07275</v>
+        <v>1.08499</v>
       </c>
       <c r="C457">
-        <v>1.07515</v>
+        <v>1.09033</v>
       </c>
       <c r="D457">
-        <v>1.06726</v>
+        <v>1.08264</v>
       </c>
       <c r="E457">
-        <v>1.06985</v>
+        <v>1.0903</v>
       </c>
     </row>
     <row r="458" spans="1:5">
       <c r="A458" t="s">
         <v>458</v>
       </c>
       <c r="B458">
-        <v>1.06971</v>
+        <v>1.08292</v>
       </c>
       <c r="C458">
-        <v>1.07388</v>
+        <v>1.08809</v>
       </c>
       <c r="D458">
-        <v>1.06769</v>
+        <v>1.08098</v>
       </c>
       <c r="E458">
-        <v>1.07285</v>
+        <v>1.08494</v>
       </c>
     </row>
     <row r="459" spans="1:5">
       <c r="A459" t="s">
         <v>459</v>
       </c>
       <c r="B459">
-        <v>1.07009</v>
+        <v>1.08004</v>
       </c>
       <c r="C459">
-        <v>1.07129</v>
+        <v>1.08437</v>
       </c>
       <c r="D459">
-        <v>1.06765</v>
+        <v>1.07869</v>
       </c>
       <c r="E459">
-        <v>1.06978</v>
+        <v>1.08306</v>
       </c>
     </row>
     <row r="460" spans="1:5">
       <c r="A460" t="s">
         <v>460</v>
       </c>
       <c r="B460">
-        <v>1.0653</v>
+        <v>1.08594</v>
       </c>
       <c r="C460">
-        <v>1.071</v>
+        <v>1.08594</v>
       </c>
       <c r="D460">
-        <v>1.06371</v>
+        <v>1.07985</v>
       </c>
       <c r="E460">
-        <v>1.07008</v>
+        <v>1.07992</v>
       </c>
     </row>
     <row r="461" spans="1:5">
       <c r="A461" t="s">
         <v>461</v>
       </c>
       <c r="B461">
-        <v>1.06583</v>
+        <v>1.0857</v>
       </c>
       <c r="C461">
-        <v>1.06693</v>
+        <v>1.08876</v>
       </c>
       <c r="D461">
-        <v>1.06226</v>
+        <v>1.08537</v>
       </c>
       <c r="E461">
-        <v>1.06526</v>
+        <v>1.08552</v>
       </c>
     </row>
     <row r="462" spans="1:5">
       <c r="A462" t="s">
         <v>462</v>
       </c>
       <c r="B462">
-        <v>1.0643</v>
+        <v>1.08476</v>
       </c>
       <c r="C462">
-        <v>1.06762</v>
+        <v>1.0866</v>
       </c>
       <c r="D462">
-        <v>1.06091</v>
+        <v>1.08393</v>
       </c>
       <c r="E462">
-        <v>1.06533</v>
+        <v>1.08558</v>
       </c>
     </row>
     <row r="463" spans="1:5">
       <c r="A463" t="s">
         <v>463</v>
       </c>
       <c r="B463">
-        <v>1.06719</v>
+        <v>1.0814</v>
       </c>
       <c r="C463">
-        <v>1.06886</v>
+        <v>1.08564</v>
       </c>
       <c r="D463">
-        <v>1.064</v>
+        <v>1.08042</v>
       </c>
       <c r="E463">
-        <v>1.06423</v>
+        <v>1.08455</v>
       </c>
     </row>
     <row r="464" spans="1:5">
       <c r="A464" t="s">
         <v>464</v>
       </c>
       <c r="B464">
-        <v>1.06164</v>
+        <v>1.08216</v>
       </c>
       <c r="C464">
-        <v>1.06782</v>
+        <v>1.08596</v>
       </c>
       <c r="D464">
-        <v>1.06049</v>
+        <v>1.08034</v>
       </c>
       <c r="E464">
-        <v>1.06714</v>
+        <v>1.08143</v>
       </c>
     </row>
     <row r="465" spans="1:5">
       <c r="A465" t="s">
         <v>465</v>
       </c>
       <c r="B465">
-        <v>1.06232</v>
+        <v>1.08534</v>
       </c>
       <c r="C465">
-        <v>1.06522</v>
+        <v>1.08622</v>
       </c>
       <c r="D465">
-        <v>1.05998</v>
+        <v>1.0816</v>
       </c>
       <c r="E465">
-        <v>1.06175</v>
+        <v>1.08211</v>
       </c>
     </row>
     <row r="466" spans="1:5">
       <c r="A466" t="s">
         <v>466</v>
       </c>
       <c r="B466">
-        <v>1.06454</v>
+        <v>1.08593</v>
       </c>
       <c r="C466">
-        <v>1.06638</v>
+        <v>1.08734</v>
       </c>
       <c r="D466">
-        <v>1.06188</v>
+        <v>1.08412</v>
       </c>
       <c r="E466">
-        <v>1.06229</v>
+        <v>1.08525</v>
       </c>
     </row>
     <row r="467" spans="1:5">
       <c r="A467" t="s">
         <v>467</v>
       </c>
       <c r="B467">
-        <v>1.0726</v>
+        <v>1.08721</v>
       </c>
       <c r="C467">
-        <v>1.07279</v>
+        <v>1.08831</v>
       </c>
       <c r="D467">
-        <v>1.06211</v>
+        <v>1.08529</v>
       </c>
       <c r="E467">
-        <v>1.06366</v>
+        <v>1.08554</v>
       </c>
     </row>
     <row r="468" spans="1:5">
       <c r="A468" t="s">
         <v>468</v>
       </c>
       <c r="B468">
-        <v>1.07414</v>
+        <v>1.0866</v>
       </c>
       <c r="C468">
-        <v>1.07552</v>
+        <v>1.08771</v>
       </c>
       <c r="D468">
-        <v>1.06978</v>
+        <v>1.08343</v>
       </c>
       <c r="E468">
-        <v>1.07247</v>
+        <v>1.08712</v>
       </c>
     </row>
     <row r="469" spans="1:5">
       <c r="A469" t="s">
         <v>469</v>
       </c>
       <c r="B469">
-        <v>1.08556</v>
+        <v>1.08828</v>
       </c>
       <c r="C469">
-        <v>1.08651</v>
+        <v>1.08936</v>
       </c>
       <c r="D469">
-        <v>1.07273</v>
+        <v>1.08529</v>
       </c>
       <c r="E469">
-        <v>1.07411</v>
+        <v>1.08657</v>
       </c>
     </row>
     <row r="470" spans="1:5">
       <c r="A470" t="s">
         <v>470</v>
       </c>
       <c r="B470">
-        <v>1.08566</v>
+        <v>1.08179</v>
       </c>
       <c r="C470">
-        <v>1.08836</v>
+        <v>1.08847</v>
       </c>
       <c r="D470">
-        <v>1.08463</v>
+        <v>1.08116</v>
       </c>
       <c r="E470">
-        <v>1.08555</v>
+        <v>1.08824</v>
       </c>
     </row>
     <row r="471" spans="1:5">
       <c r="A471" t="s">
         <v>471</v>
       </c>
       <c r="B471">
-        <v>1.08296</v>
+        <v>1.07887</v>
       </c>
       <c r="C471">
-        <v>1.08607</v>
+        <v>1.08242</v>
       </c>
       <c r="D471">
-        <v>1.08196</v>
+        <v>1.07658</v>
       </c>
       <c r="E471">
-        <v>1.08579</v>
+        <v>1.08183</v>
       </c>
     </row>
     <row r="472" spans="1:5">
       <c r="A472" t="s">
         <v>472</v>
       </c>
       <c r="B472">
-        <v>1.08341</v>
+        <v>1.07723</v>
       </c>
       <c r="C472">
-        <v>1.08466</v>
+        <v>1.08054</v>
       </c>
       <c r="D472">
-        <v>1.079</v>
+        <v>1.07643</v>
       </c>
       <c r="E472">
-        <v>1.08338</v>
+        <v>1.07885</v>
       </c>
     </row>
     <row r="473" spans="1:5">
       <c r="A473" t="s">
         <v>473</v>
       </c>
       <c r="B473">
-        <v>1.08344</v>
+        <v>1.07818</v>
       </c>
       <c r="C473">
-        <v>1.08751</v>
+        <v>1.07887</v>
       </c>
       <c r="D473">
-        <v>1.08305</v>
+        <v>1.0759</v>
       </c>
       <c r="E473">
-        <v>1.0836</v>
+        <v>1.07704</v>
       </c>
     </row>
     <row r="474" spans="1:5">
       <c r="A474" t="s">
         <v>474</v>
       </c>
       <c r="B474">
-        <v>1.07705</v>
+        <v>1.07469</v>
       </c>
       <c r="C474">
-        <v>1.08354</v>
+        <v>1.07831</v>
       </c>
       <c r="D474">
-        <v>1.07637</v>
+        <v>1.07225</v>
       </c>
       <c r="E474">
-        <v>1.08347</v>
+        <v>1.07803</v>
       </c>
     </row>
     <row r="475" spans="1:5">
       <c r="A475" t="s">
         <v>475</v>
       </c>
       <c r="B475">
-        <v>1.07423</v>
+        <v>1.07531</v>
       </c>
       <c r="C475">
-        <v>1.07776</v>
+        <v>1.07561</v>
       </c>
       <c r="D475">
-        <v>1.07232</v>
+        <v>1.07336</v>
       </c>
       <c r="E475">
-        <v>1.0768</v>
+        <v>1.07468</v>
       </c>
     </row>
     <row r="476" spans="1:5">
       <c r="A476" t="s">
         <v>476</v>
       </c>
       <c r="B476">
-        <v>1.07893</v>
+        <v>1.07605</v>
       </c>
       <c r="C476">
-        <v>1.07974</v>
+        <v>1.0786</v>
       </c>
       <c r="D476">
-        <v>1.07296</v>
+        <v>1.07465</v>
       </c>
       <c r="E476">
-        <v>1.07416</v>
+        <v>1.07536</v>
       </c>
     </row>
     <row r="477" spans="1:5">
       <c r="A477" t="s">
         <v>477</v>
       </c>
       <c r="B477">
-        <v>1.07884</v>
+        <v>1.07624</v>
       </c>
       <c r="C477">
-        <v>1.08038</v>
+        <v>1.07894</v>
       </c>
       <c r="D477">
-        <v>1.07717</v>
+        <v>1.07562</v>
       </c>
       <c r="E477">
-        <v>1.07894</v>
+        <v>1.07661</v>
       </c>
     </row>
     <row r="478" spans="1:5">
       <c r="A478" t="s">
         <v>478</v>
       </c>
       <c r="B478">
-        <v>1.08253</v>
+        <v>1.07232</v>
       </c>
       <c r="C478">
-        <v>1.08262</v>
+        <v>1.08113</v>
       </c>
       <c r="D478">
-        <v>1.07737</v>
+        <v>1.07223</v>
       </c>
       <c r="E478">
-        <v>1.07861</v>
+        <v>1.07627</v>
       </c>
     </row>
     <row r="479" spans="1:5">
       <c r="A479" t="s">
         <v>479</v>
       </c>
       <c r="B479">
-        <v>1.08303</v>
+        <v>1.07052</v>
       </c>
       <c r="C479">
-        <v>1.08378</v>
+        <v>1.07288</v>
       </c>
       <c r="D479">
-        <v>1.08094</v>
+        <v>1.06728</v>
       </c>
       <c r="E479">
-        <v>1.08265</v>
+        <v>1.07233</v>
       </c>
     </row>
     <row r="480" spans="1:5">
       <c r="A480" t="s">
         <v>480</v>
       </c>
       <c r="B480">
-        <v>1.08359</v>
+        <v>1.06652</v>
       </c>
       <c r="C480">
-        <v>1.08629</v>
+        <v>1.07313</v>
       </c>
       <c r="D480">
-        <v>1.08229</v>
+        <v>1.06481</v>
       </c>
       <c r="E480">
-        <v>1.08298</v>
+        <v>1.07126</v>
       </c>
     </row>
     <row r="481" spans="1:5">
       <c r="A481" t="s">
         <v>481</v>
       </c>
       <c r="B481">
-        <v>1.08079</v>
+        <v>1.07195</v>
       </c>
       <c r="C481">
-        <v>1.0841</v>
+        <v>1.07339</v>
       </c>
       <c r="D481">
-        <v>1.08007</v>
+        <v>1.06636</v>
       </c>
       <c r="E481">
-        <v>1.0836</v>
+        <v>1.06645</v>
       </c>
     </row>
     <row r="482" spans="1:5">
       <c r="A482" t="s">
         <v>482</v>
       </c>
       <c r="B482">
-        <v>1.08579</v>
+        <v>1.07037</v>
       </c>
       <c r="C482">
-        <v>1.08666</v>
+        <v>1.07323</v>
       </c>
       <c r="D482">
-        <v>1.08003</v>
+        <v>1.06888</v>
       </c>
       <c r="E482">
-        <v>1.08042</v>
+        <v>1.07185</v>
       </c>
     </row>
     <row r="483" spans="1:5">
       <c r="A483" t="s">
         <v>483</v>
       </c>
       <c r="B483">
-        <v>1.09193</v>
+        <v>1.07275</v>
       </c>
       <c r="C483">
-        <v>1.09411</v>
+        <v>1.07515</v>
       </c>
       <c r="D483">
-        <v>1.0854</v>
+        <v>1.06726</v>
       </c>
       <c r="E483">
-        <v>1.08583</v>
+        <v>1.06985</v>
       </c>
     </row>
     <row r="484" spans="1:5">
       <c r="A484" t="s">
         <v>484</v>
       </c>
       <c r="B484">
-        <v>1.08625</v>
+        <v>1.06971</v>
       </c>
       <c r="C484">
-        <v>1.09214</v>
+        <v>1.07388</v>
       </c>
       <c r="D484">
-        <v>1.0835</v>
+        <v>1.06769</v>
       </c>
       <c r="E484">
-        <v>1.09209</v>
+        <v>1.07285</v>
       </c>
     </row>
     <row r="485" spans="1:5">
       <c r="A485" t="s">
         <v>485</v>
       </c>
       <c r="B485">
-        <v>1.08708</v>
+        <v>1.07009</v>
       </c>
       <c r="C485">
-        <v>1.08752</v>
+        <v>1.07129</v>
       </c>
       <c r="D485">
-        <v>1.08333</v>
+        <v>1.06765</v>
       </c>
       <c r="E485">
-        <v>1.08643</v>
+        <v>1.06978</v>
       </c>
     </row>
     <row r="486" spans="1:5">
       <c r="A486" t="s">
         <v>486</v>
       </c>
       <c r="B486">
-        <v>1.08802</v>
+        <v>1.0653</v>
       </c>
       <c r="C486">
-        <v>1.09047</v>
+        <v>1.071</v>
       </c>
       <c r="D486">
-        <v>1.08646</v>
+        <v>1.06371</v>
       </c>
       <c r="E486">
-        <v>1.0871</v>
+        <v>1.07008</v>
       </c>
     </row>
     <row r="487" spans="1:5">
       <c r="A487" t="s">
         <v>487</v>
       </c>
       <c r="B487">
-        <v>1.08818</v>
+        <v>1.06583</v>
       </c>
       <c r="C487">
-        <v>1.08982</v>
+        <v>1.06693</v>
       </c>
       <c r="D487">
-        <v>1.08716</v>
+        <v>1.06226</v>
       </c>
       <c r="E487">
-        <v>1.08879</v>
+        <v>1.06526</v>
       </c>
     </row>
     <row r="488" spans="1:5">
       <c r="A488" t="s">
         <v>488</v>
       </c>
       <c r="B488">
-        <v>1.09491</v>
+        <v>1.0643</v>
       </c>
       <c r="C488">
-        <v>1.09538</v>
+        <v>1.06762</v>
       </c>
       <c r="D488">
-        <v>1.08793</v>
+        <v>1.06091</v>
       </c>
       <c r="E488">
-        <v>1.08823</v>
+        <v>1.06533</v>
       </c>
     </row>
     <row r="489" spans="1:5">
       <c r="A489" t="s">
         <v>489</v>
       </c>
       <c r="B489">
-        <v>1.09253</v>
+        <v>1.06719</v>
       </c>
       <c r="C489">
-        <v>1.09624</v>
+        <v>1.06886</v>
       </c>
       <c r="D489">
-        <v>1.09186</v>
+        <v>1.064</v>
       </c>
       <c r="E489">
-        <v>1.09466</v>
+        <v>1.06423</v>
       </c>
     </row>
     <row r="490" spans="1:5">
       <c r="A490" t="s">
         <v>490</v>
       </c>
       <c r="B490">
-        <v>1.09243</v>
+        <v>1.06164</v>
       </c>
       <c r="C490">
-        <v>1.09423</v>
+        <v>1.06782</v>
       </c>
       <c r="D490">
-        <v>1.09008</v>
+        <v>1.06049</v>
       </c>
       <c r="E490">
-        <v>1.09248</v>
+        <v>1.06714</v>
       </c>
     </row>
     <row r="491" spans="1:5">
       <c r="A491" t="s">
         <v>491</v>
       </c>
       <c r="B491">
-        <v>1.09408</v>
+        <v>1.06232</v>
       </c>
       <c r="C491">
-        <v>1.09466</v>
+        <v>1.06522</v>
       </c>
       <c r="D491">
-        <v>1.09131</v>
+        <v>1.05998</v>
       </c>
       <c r="E491">
-        <v>1.09241</v>
+        <v>1.06175</v>
       </c>
     </row>
     <row r="492" spans="1:5">
       <c r="A492" t="s">
         <v>492</v>
       </c>
       <c r="B492">
-        <v>1.09465</v>
+        <v>1.06454</v>
       </c>
       <c r="C492">
-        <v>1.09797</v>
+        <v>1.06638</v>
       </c>
       <c r="D492">
-        <v>1.09169</v>
+        <v>1.06188</v>
       </c>
       <c r="E492">
-        <v>1.09348</v>
+        <v>1.06229</v>
       </c>
     </row>
     <row r="493" spans="1:5">
       <c r="A493" t="s">
         <v>493</v>
       </c>
       <c r="B493">
-        <v>1.08949</v>
+        <v>1.0726</v>
       </c>
       <c r="C493">
-        <v>1.09478</v>
+        <v>1.07279</v>
       </c>
       <c r="D493">
-        <v>1.08665</v>
+        <v>1.06211</v>
       </c>
       <c r="E493">
-        <v>1.09469</v>
+        <v>1.06366</v>
       </c>
     </row>
     <row r="494" spans="1:5">
       <c r="A494" t="s">
         <v>494</v>
       </c>
       <c r="B494">
-        <v>1.08565</v>
+        <v>1.07414</v>
       </c>
       <c r="C494">
-        <v>1.09139</v>
+        <v>1.07552</v>
       </c>
       <c r="D494">
-        <v>1.08408</v>
+        <v>1.06978</v>
       </c>
       <c r="E494">
-        <v>1.08976</v>
+        <v>1.07247</v>
       </c>
     </row>
     <row r="495" spans="1:5">
       <c r="A495" t="s">
         <v>495</v>
       </c>
       <c r="B495">
-        <v>1.08495</v>
+        <v>1.08556</v>
       </c>
       <c r="C495">
-        <v>1.08747</v>
+        <v>1.08651</v>
       </c>
       <c r="D495">
-        <v>1.08396</v>
+        <v>1.07273</v>
       </c>
       <c r="E495">
-        <v>1.08552</v>
+        <v>1.07411</v>
       </c>
     </row>
     <row r="496" spans="1:5">
       <c r="A496" t="s">
         <v>496</v>
       </c>
       <c r="B496">
-        <v>1.08003</v>
+        <v>1.08566</v>
       </c>
       <c r="C496">
-        <v>1.08418</v>
+        <v>1.08836</v>
       </c>
       <c r="D496">
-        <v>1.07968</v>
+        <v>1.08463</v>
       </c>
       <c r="E496">
-        <v>1.0836</v>
+        <v>1.08555</v>
       </c>
     </row>
     <row r="497" spans="1:5">
       <c r="A497" t="s">
         <v>497</v>
       </c>
       <c r="B497">
-        <v>1.08281</v>
+        <v>1.08296</v>
       </c>
       <c r="C497">
-        <v>1.08545</v>
+        <v>1.08607</v>
       </c>
       <c r="D497">
-        <v>1.07944</v>
+        <v>1.08196</v>
       </c>
       <c r="E497">
-        <v>1.08035</v>
+        <v>1.08579</v>
       </c>
     </row>
     <row r="498" spans="1:5">
       <c r="A498" t="s">
         <v>498</v>
       </c>
       <c r="B498">
-        <v>1.0844</v>
+        <v>1.08341</v>
       </c>
       <c r="C498">
-        <v>1.08461</v>
+        <v>1.08466</v>
       </c>
       <c r="D498">
-        <v>1.07952</v>
+        <v>1.079</v>
       </c>
       <c r="E498">
-        <v>1.08372</v>
+        <v>1.08338</v>
       </c>
     </row>
     <row r="499" spans="1:5">
       <c r="A499" t="s">
         <v>499</v>
       </c>
       <c r="B499">
-        <v>1.0848</v>
+        <v>1.08344</v>
       </c>
       <c r="C499">
-        <v>1.08645</v>
+        <v>1.08751</v>
       </c>
       <c r="D499">
-        <v>1.08316</v>
+        <v>1.08305</v>
       </c>
       <c r="E499">
-        <v>1.08437</v>
+        <v>1.0836</v>
       </c>
     </row>
     <row r="500" spans="1:5">
       <c r="A500" t="s">
         <v>500</v>
       </c>
       <c r="B500">
-        <v>1.08192</v>
+        <v>1.07705</v>
       </c>
       <c r="C500">
-        <v>1.08584</v>
+        <v>1.08354</v>
       </c>
       <c r="D500">
-        <v>1.08112</v>
+        <v>1.07637</v>
       </c>
       <c r="E500">
-        <v>1.08499</v>
+        <v>1.08347</v>
       </c>
     </row>
     <row r="501" spans="1:5">
       <c r="A501" t="s">
         <v>501</v>
       </c>
       <c r="B501">
-        <v>1.08198</v>
+        <v>1.07423</v>
       </c>
       <c r="C501">
-        <v>1.08381</v>
+        <v>1.07776</v>
       </c>
       <c r="D501">
-        <v>1.08104</v>
+        <v>1.07232</v>
       </c>
       <c r="E501">
-        <v>1.08209</v>
+        <v>1.0768</v>
       </c>
     </row>
     <row r="502" spans="1:5">
       <c r="A502" t="s">
         <v>502</v>
       </c>
       <c r="B502">
-        <v>1.08146</v>
+        <v>1.07893</v>
       </c>
       <c r="C502">
-        <v>1.08867</v>
+        <v>1.07974</v>
       </c>
       <c r="D502">
-        <v>1.08013</v>
+        <v>1.07296</v>
       </c>
       <c r="E502">
-        <v>1.08216</v>
+        <v>1.07416</v>
       </c>
     </row>
     <row r="503" spans="1:5">
       <c r="A503" t="s">
         <v>503</v>
       </c>
       <c r="B503">
-        <v>1.0805</v>
+        <v>1.07884</v>
       </c>
       <c r="C503">
-        <v>1.0823</v>
+        <v>1.08038</v>
       </c>
       <c r="D503">
-        <v>1.07885</v>
+        <v>1.07717</v>
       </c>
       <c r="E503">
-        <v>1.08183</v>
+        <v>1.07894</v>
       </c>
     </row>
     <row r="504" spans="1:5">
       <c r="A504" t="s">
         <v>504</v>
       </c>
       <c r="B504">
-        <v>1.07778</v>
+        <v>1.08253</v>
       </c>
       <c r="C504">
-        <v>1.08374</v>
+        <v>1.08262</v>
       </c>
       <c r="D504">
-        <v>1.07602</v>
+        <v>1.07737</v>
       </c>
       <c r="E504">
-        <v>1.08066</v>
+        <v>1.07861</v>
       </c>
     </row>
     <row r="505" spans="1:5">
       <c r="A505" t="s">
         <v>505</v>
       </c>
       <c r="B505">
-        <v>1.07801</v>
+        <v>1.08303</v>
       </c>
       <c r="C505">
-        <v>1.07879</v>
+        <v>1.08378</v>
       </c>
       <c r="D505">
-        <v>1.07606</v>
+        <v>1.08094</v>
       </c>
       <c r="E505">
-        <v>1.07777</v>
+        <v>1.08265</v>
       </c>
     </row>
     <row r="506" spans="1:5">
       <c r="A506" t="s">
         <v>506</v>
       </c>
       <c r="B506">
-        <v>1.07685</v>
+        <v>1.08359</v>
       </c>
       <c r="C506">
-        <v>1.07861</v>
+        <v>1.08629</v>
       </c>
       <c r="D506">
-        <v>1.07306</v>
+        <v>1.08229</v>
       </c>
       <c r="E506">
-        <v>1.07751</v>
+        <v>1.08298</v>
       </c>
     </row>
     <row r="507" spans="1:5">
       <c r="A507" t="s">
         <v>507</v>
       </c>
       <c r="B507">
-        <v>1.07255</v>
+        <v>1.08079</v>
       </c>
       <c r="C507">
-        <v>1.07834</v>
+        <v>1.0841</v>
       </c>
       <c r="D507">
-        <v>1.07233</v>
+        <v>1.08007</v>
       </c>
       <c r="E507">
-        <v>1.0771</v>
+        <v>1.0836</v>
       </c>
     </row>
     <row r="508" spans="1:5">
       <c r="A508" t="s">
         <v>508</v>
       </c>
       <c r="B508">
-        <v>1.0708</v>
+        <v>1.08579</v>
       </c>
       <c r="C508">
-        <v>1.07331</v>
+        <v>1.08666</v>
       </c>
       <c r="D508">
-        <v>1.06936</v>
+        <v>1.08003</v>
       </c>
       <c r="E508">
-        <v>1.07263</v>
+        <v>1.08042</v>
       </c>
     </row>
     <row r="509" spans="1:5">
       <c r="A509" t="s">
         <v>509</v>
       </c>
       <c r="B509">
-        <v>1.07718</v>
+        <v>1.09193</v>
       </c>
       <c r="C509">
-        <v>1.07932</v>
+        <v>1.09411</v>
       </c>
       <c r="D509">
-        <v>1.06993</v>
+        <v>1.0854</v>
       </c>
       <c r="E509">
-        <v>1.07078</v>
+        <v>1.08583</v>
       </c>
     </row>
     <row r="510" spans="1:5">
       <c r="A510" t="s">
         <v>510</v>
       </c>
       <c r="B510">
-        <v>1.07932</v>
+        <v>1.08625</v>
       </c>
       <c r="C510">
-        <v>1.08042</v>
+        <v>1.09214</v>
       </c>
       <c r="D510">
-        <v>1.07545</v>
+        <v>1.0835</v>
       </c>
       <c r="E510">
-        <v>1.07704</v>
+        <v>1.09209</v>
       </c>
     </row>
     <row r="511" spans="1:5">
       <c r="A511" t="s">
         <v>511</v>
       </c>
       <c r="B511">
-        <v>1.0777</v>
+        <v>1.08708</v>
       </c>
       <c r="C511">
-        <v>1.07937</v>
+        <v>1.08752</v>
       </c>
       <c r="D511">
-        <v>1.07607</v>
+        <v>1.08333</v>
       </c>
       <c r="E511">
-        <v>1.07848</v>
+        <v>1.08643</v>
       </c>
     </row>
     <row r="512" spans="1:5">
       <c r="A512" t="s">
         <v>512</v>
       </c>
       <c r="B512">
-        <v>1.07713</v>
+        <v>1.08802</v>
       </c>
       <c r="C512">
-        <v>1.07874</v>
+        <v>1.09047</v>
       </c>
       <c r="D512">
-        <v>1.07401</v>
+        <v>1.08646</v>
       </c>
       <c r="E512">
-        <v>1.07767</v>
+        <v>1.0871</v>
       </c>
     </row>
     <row r="513" spans="1:5">
       <c r="A513" t="s">
         <v>513</v>
       </c>
       <c r="B513">
-        <v>1.0753</v>
+        <v>1.08818</v>
       </c>
       <c r="C513">
-        <v>1.07825</v>
+        <v>1.08982</v>
       </c>
       <c r="D513">
-        <v>1.07441</v>
+        <v>1.08716</v>
       </c>
       <c r="E513">
-        <v>1.07717</v>
+        <v>1.08879</v>
       </c>
     </row>
     <row r="514" spans="1:5">
       <c r="A514" t="s">
         <v>514</v>
       </c>
       <c r="B514">
-        <v>1.07408</v>
+        <v>1.09491</v>
       </c>
       <c r="C514">
-        <v>1.07609</v>
+        <v>1.09538</v>
       </c>
       <c r="D514">
-        <v>1.07211</v>
+        <v>1.08793</v>
       </c>
       <c r="E514">
-        <v>1.07528</v>
+        <v>1.08823</v>
       </c>
     </row>
     <row r="515" spans="1:5">
       <c r="A515" t="s">
         <v>515</v>
       </c>
       <c r="B515">
-        <v>1.07726</v>
+        <v>1.09253</v>
       </c>
       <c r="C515">
-        <v>1.07846</v>
+        <v>1.09624</v>
       </c>
       <c r="D515">
-        <v>1.07218</v>
+        <v>1.09186</v>
       </c>
       <c r="E515">
-        <v>1.0741</v>
+        <v>1.09466</v>
       </c>
     </row>
     <row r="516" spans="1:5">
       <c r="A516" t="s">
         <v>516</v>
       </c>
       <c r="B516">
-        <v>1.0871</v>
+        <v>1.09243</v>
       </c>
       <c r="C516">
-        <v>1.0896</v>
+        <v>1.09423</v>
       </c>
       <c r="D516">
-        <v>1.07791</v>
+        <v>1.09008</v>
       </c>
       <c r="E516">
-        <v>1.07918</v>
+        <v>1.09248</v>
       </c>
     </row>
     <row r="517" spans="1:5">
       <c r="A517" t="s">
         <v>517</v>
       </c>
       <c r="B517">
-        <v>1.08162</v>
+        <v>1.09408</v>
       </c>
       <c r="C517">
-        <v>1.08734</v>
+        <v>1.09466</v>
       </c>
       <c r="D517">
-        <v>1.07785</v>
+        <v>1.09131</v>
       </c>
       <c r="E517">
-        <v>1.08709</v>
+        <v>1.09241</v>
       </c>
     </row>
     <row r="518" spans="1:5">
       <c r="A518" t="s">
         <v>518</v>
       </c>
       <c r="B518">
-        <v>1.08411</v>
+        <v>1.09465</v>
       </c>
       <c r="C518">
-        <v>1.08435</v>
+        <v>1.09797</v>
       </c>
       <c r="D518">
-        <v>1.08047</v>
+        <v>1.09169</v>
       </c>
       <c r="E518">
-        <v>1.08176</v>
+        <v>1.09348</v>
       </c>
     </row>
     <row r="519" spans="1:5">
       <c r="A519" t="s">
         <v>519</v>
       </c>
       <c r="B519">
-        <v>1.0833</v>
+        <v>1.08949</v>
       </c>
       <c r="C519">
-        <v>1.0856</v>
+        <v>1.09478</v>
       </c>
       <c r="D519">
-        <v>1.08105</v>
+        <v>1.08665</v>
       </c>
       <c r="E519">
-        <v>1.08443</v>
+        <v>1.09469</v>
       </c>
     </row>
     <row r="520" spans="1:5">
       <c r="A520" t="s">
         <v>520</v>
       </c>
       <c r="B520">
-        <v>1.08441</v>
+        <v>1.08565</v>
       </c>
       <c r="C520">
-        <v>1.08486</v>
+        <v>1.09139</v>
       </c>
       <c r="D520">
-        <v>1.07944</v>
+        <v>1.08408</v>
       </c>
       <c r="E520">
-        <v>1.0832</v>
+        <v>1.08976</v>
       </c>
     </row>
     <row r="521" spans="1:5">
       <c r="A521" t="s">
         <v>521</v>
       </c>
       <c r="B521">
-        <v>1.08425</v>
+        <v>1.08495</v>
       </c>
       <c r="C521">
-        <v>1.0884</v>
+        <v>1.08747</v>
       </c>
       <c r="D521">
-        <v>1.08115</v>
+        <v>1.08396</v>
       </c>
       <c r="E521">
-        <v>1.08531</v>
+        <v>1.08552</v>
       </c>
     </row>
     <row r="522" spans="1:5">
       <c r="A522" t="s">
         <v>522</v>
       </c>
       <c r="B522">
-        <v>1.08773</v>
+        <v>1.08003</v>
       </c>
       <c r="C522">
-        <v>1.09005</v>
+        <v>1.08418</v>
       </c>
       <c r="D522">
-        <v>1.08203</v>
+        <v>1.07968</v>
       </c>
       <c r="E522">
-        <v>1.08447</v>
+        <v>1.0836</v>
       </c>
     </row>
     <row r="523" spans="1:5">
       <c r="A523" t="s">
         <v>523</v>
       </c>
       <c r="B523">
-        <v>1.0847</v>
+        <v>1.08281</v>
       </c>
       <c r="C523">
-        <v>1.09309</v>
+        <v>1.08545</v>
       </c>
       <c r="D523">
-        <v>1.08394</v>
+        <v>1.07944</v>
       </c>
       <c r="E523">
-        <v>1.08833</v>
+        <v>1.08035</v>
       </c>
     </row>
     <row r="524" spans="1:5">
       <c r="A524" t="s">
         <v>524</v>
       </c>
       <c r="B524">
-        <v>1.08815</v>
+        <v>1.0844</v>
       </c>
       <c r="C524">
-        <v>1.09147</v>
+        <v>1.08461</v>
       </c>
       <c r="D524">
-        <v>1.08202</v>
+        <v>1.07952</v>
       </c>
       <c r="E524">
-        <v>1.08523</v>
+        <v>1.08372</v>
       </c>
     </row>
     <row r="525" spans="1:5">
       <c r="A525" t="s">
         <v>525</v>
       </c>
       <c r="B525">
-        <v>1.08893</v>
+        <v>1.0848</v>
       </c>
       <c r="C525">
-        <v>1.09081</v>
+        <v>1.08645</v>
       </c>
       <c r="D525">
-        <v>1.08786</v>
+        <v>1.08316</v>
       </c>
       <c r="E525">
-        <v>1.08812</v>
+        <v>1.08437</v>
       </c>
     </row>
     <row r="526" spans="1:5">
       <c r="A526" t="s">
         <v>526</v>
       </c>
       <c r="B526">
-        <v>1.08733</v>
+        <v>1.08192</v>
       </c>
       <c r="C526">
-        <v>1.08949</v>
+        <v>1.08584</v>
       </c>
       <c r="D526">
-        <v>1.08613</v>
+        <v>1.08112</v>
       </c>
       <c r="E526">
-        <v>1.08934</v>
+        <v>1.08499</v>
       </c>
     </row>
     <row r="527" spans="1:5">
       <c r="A527" t="s">
         <v>527</v>
       </c>
       <c r="B527">
-        <v>1.0881</v>
+        <v>1.08198</v>
       </c>
       <c r="C527">
-        <v>1.09053</v>
+        <v>1.08381</v>
       </c>
       <c r="D527">
-        <v>1.08453</v>
+        <v>1.08104</v>
       </c>
       <c r="E527">
-        <v>1.08744</v>
+        <v>1.08209</v>
       </c>
     </row>
     <row r="528" spans="1:5">
       <c r="A528" t="s">
         <v>528</v>
       </c>
       <c r="B528">
-        <v>1.08728</v>
+        <v>1.08146</v>
       </c>
       <c r="C528">
-        <v>1.08831</v>
+        <v>1.08867</v>
       </c>
       <c r="D528">
-        <v>1.08431</v>
+        <v>1.08013</v>
       </c>
       <c r="E528">
-        <v>1.08807</v>
+        <v>1.08216</v>
       </c>
     </row>
     <row r="529" spans="1:5">
       <c r="A529" t="s">
         <v>529</v>
       </c>
       <c r="B529">
-        <v>1.09481</v>
+        <v>1.0805</v>
       </c>
       <c r="C529">
-        <v>1.09492</v>
+        <v>1.0823</v>
       </c>
       <c r="D529">
-        <v>1.08607</v>
+        <v>1.07885</v>
       </c>
       <c r="E529">
-        <v>1.08739</v>
+        <v>1.08183</v>
       </c>
     </row>
     <row r="530" spans="1:5">
       <c r="A530" t="s">
         <v>530</v>
       </c>
       <c r="B530">
-        <v>1.09453</v>
+        <v>1.07778</v>
       </c>
       <c r="C530">
-        <v>1.09659</v>
+        <v>1.08374</v>
       </c>
       <c r="D530">
-        <v>1.09321</v>
+        <v>1.07602</v>
       </c>
       <c r="E530">
-        <v>1.09491</v>
+        <v>1.08066</v>
       </c>
     </row>
     <row r="531" spans="1:5">
       <c r="A531" t="s">
         <v>531</v>
       </c>
       <c r="B531">
-        <v>1.09711</v>
+        <v>1.07801</v>
       </c>
       <c r="C531">
-        <v>1.09855</v>
+        <v>1.07879</v>
       </c>
       <c r="D531">
-        <v>1.09346</v>
+        <v>1.07606</v>
       </c>
       <c r="E531">
-        <v>1.09498</v>
+        <v>1.07777</v>
       </c>
     </row>
     <row r="532" spans="1:5">
       <c r="A532" t="s">
         <v>532</v>
       </c>
       <c r="B532">
-        <v>1.09711</v>
+        <v>1.07685</v>
       </c>
       <c r="C532">
-        <v>1.09973</v>
+        <v>1.07861</v>
       </c>
       <c r="D532">
-        <v>1.09289</v>
+        <v>1.07306</v>
       </c>
       <c r="E532">
-        <v>1.09721</v>
+        <v>1.07751</v>
       </c>
     </row>
     <row r="533" spans="1:5">
       <c r="A533" t="s">
         <v>533</v>
       </c>
       <c r="B533">
-        <v>1.09303</v>
+        <v>1.07255</v>
       </c>
       <c r="C533">
-        <v>1.09718</v>
+        <v>1.07834</v>
       </c>
       <c r="D533">
-        <v>1.09198</v>
+        <v>1.07233</v>
       </c>
       <c r="E533">
-        <v>1.09713</v>
+        <v>1.0771</v>
       </c>
     </row>
     <row r="534" spans="1:5">
       <c r="A534" t="s">
         <v>534</v>
       </c>
       <c r="B534">
-        <v>1.09491</v>
+        <v>1.0708</v>
       </c>
       <c r="C534">
-        <v>1.09649</v>
+        <v>1.07331</v>
       </c>
       <c r="D534">
-        <v>1.09089</v>
+        <v>1.06936</v>
       </c>
       <c r="E534">
-        <v>1.09299</v>
+        <v>1.07263</v>
       </c>
     </row>
     <row r="535" spans="1:5">
       <c r="A535" t="s">
         <v>535</v>
       </c>
       <c r="B535">
-        <v>1.09341</v>
+        <v>1.07718</v>
       </c>
       <c r="C535">
-        <v>1.09775</v>
+        <v>1.07932</v>
       </c>
       <c r="D535">
-        <v>1.09213</v>
+        <v>1.06993</v>
       </c>
       <c r="E535">
-        <v>1.09492</v>
+        <v>1.07078</v>
       </c>
     </row>
     <row r="536" spans="1:5">
       <c r="A536" t="s">
         <v>536</v>
       </c>
       <c r="B536">
-        <v>1.09439</v>
+        <v>1.07932</v>
       </c>
       <c r="C536">
-        <v>1.0997</v>
+        <v>1.08042</v>
       </c>
       <c r="D536">
-        <v>1.08756</v>
+        <v>1.07545</v>
       </c>
       <c r="E536">
-        <v>1.09379</v>
+        <v>1.07704</v>
       </c>
     </row>
     <row r="537" spans="1:5">
       <c r="A537" t="s">
         <v>537</v>
       </c>
       <c r="B537">
-        <v>1.09195</v>
+        <v>1.0777</v>
       </c>
       <c r="C537">
-        <v>1.09709</v>
+        <v>1.07937</v>
       </c>
       <c r="D537">
-        <v>1.09101</v>
+        <v>1.07607</v>
       </c>
       <c r="E537">
-        <v>1.09445</v>
+        <v>1.07848</v>
       </c>
     </row>
     <row r="538" spans="1:5">
       <c r="A538" t="s">
         <v>538</v>
       </c>
       <c r="B538">
-        <v>1.09421</v>
+        <v>1.07713</v>
       </c>
       <c r="C538">
-        <v>1.09641</v>
+        <v>1.07874</v>
       </c>
       <c r="D538">
-        <v>1.08916</v>
+        <v>1.07401</v>
       </c>
       <c r="E538">
-        <v>1.09205</v>
+        <v>1.07767</v>
       </c>
     </row>
     <row r="539" spans="1:5">
       <c r="A539" t="s">
         <v>539</v>
       </c>
       <c r="B539">
-        <v>1.10431</v>
+        <v>1.0753</v>
       </c>
       <c r="C539">
-        <v>1.10436</v>
+        <v>1.07825</v>
       </c>
       <c r="D539">
-        <v>1.09369</v>
+        <v>1.07441</v>
       </c>
       <c r="E539">
-        <v>1.094</v>
+        <v>1.07717</v>
       </c>
     </row>
     <row r="540" spans="1:5">
       <c r="A540" t="s">
         <v>540</v>
       </c>
       <c r="B540">
-        <v>1.10596</v>
+        <v>1.07408</v>
       </c>
       <c r="C540">
-        <v>1.10829</v>
+        <v>1.07609</v>
       </c>
       <c r="D540">
-        <v>1.10366</v>
+        <v>1.07211</v>
       </c>
       <c r="E540">
-        <v>1.10394</v>
+        <v>1.07528</v>
       </c>
     </row>
     <row r="541" spans="1:5">
       <c r="A541" t="s">
         <v>541</v>
       </c>
       <c r="B541">
-        <v>1.11035</v>
+        <v>1.07726</v>
       </c>
       <c r="C541">
-        <v>1.11379</v>
+        <v>1.07846</v>
       </c>
       <c r="D541">
-        <v>1.10538</v>
+        <v>1.07218</v>
       </c>
       <c r="E541">
-        <v>1.10609</v>
+        <v>1.0741</v>
       </c>
     </row>
     <row r="542" spans="1:5">
       <c r="A542" t="s">
         <v>542</v>
       </c>
       <c r="B542">
-        <v>1.10413</v>
+        <v>1.0871</v>
       </c>
       <c r="C542">
-        <v>1.11211</v>
+        <v>1.0896</v>
       </c>
       <c r="D542">
-        <v>1.10271</v>
+        <v>1.07791</v>
       </c>
       <c r="E542">
-        <v>1.11046</v>
+        <v>1.07918</v>
       </c>
     </row>
     <row r="543" spans="1:5">
       <c r="A543" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="B543">
-        <v>1.10413</v>
+        <v>1.08162</v>
       </c>
       <c r="C543">
-        <v>1.11211</v>
+        <v>1.08734</v>
       </c>
       <c r="D543">
-        <v>1.10271</v>
+        <v>1.07785</v>
       </c>
       <c r="E543">
-        <v>1.11046</v>
+        <v>1.08709</v>
       </c>
     </row>
     <row r="544" spans="1:5">
       <c r="A544" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="B544">
-        <v>1.10074</v>
+        <v>1.08411</v>
       </c>
       <c r="C544">
-        <v>1.10435</v>
+        <v>1.08435</v>
       </c>
       <c r="D544">
-        <v>1.10071</v>
+        <v>1.08047</v>
       </c>
       <c r="E544">
-        <v>1.1041</v>
+        <v>1.08176</v>
       </c>
     </row>
     <row r="545" spans="1:5">
       <c r="A545" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="B545">
-        <v>1.10074</v>
+        <v>1.0833</v>
       </c>
       <c r="C545">
-        <v>1.10435</v>
+        <v>1.0856</v>
       </c>
       <c r="D545">
-        <v>1.10071</v>
+        <v>1.08105</v>
       </c>
       <c r="E545">
-        <v>1.1041</v>
+        <v>1.08443</v>
       </c>
     </row>
     <row r="546" spans="1:5">
       <c r="A546" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="B546">
-        <v>1.101</v>
+        <v>1.08441</v>
       </c>
       <c r="C546">
-        <v>1.10388</v>
+        <v>1.08486</v>
       </c>
       <c r="D546">
-        <v>1.09861</v>
+        <v>1.07944</v>
       </c>
       <c r="E546">
-        <v>1.10112</v>
+        <v>1.0832</v>
       </c>
     </row>
     <row r="547" spans="1:5">
       <c r="A547" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="B547">
-        <v>1.101</v>
+        <v>1.08425</v>
       </c>
       <c r="C547">
-        <v>1.10388</v>
+        <v>1.0884</v>
       </c>
       <c r="D547">
-        <v>1.09861</v>
+        <v>1.08115</v>
       </c>
       <c r="E547">
-        <v>1.10112</v>
+        <v>1.08531</v>
       </c>
     </row>
     <row r="548" spans="1:5">
       <c r="A548" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="B548">
-        <v>1.09383</v>
+        <v>1.08773</v>
       </c>
       <c r="C548">
-        <v>1.10112</v>
+        <v>1.09005</v>
       </c>
       <c r="D548">
-        <v>1.09309</v>
+        <v>1.08203</v>
       </c>
       <c r="E548">
-        <v>1.10096</v>
+        <v>1.08447</v>
       </c>
     </row>
     <row r="549" spans="1:5">
       <c r="A549" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="B549">
-        <v>1.09792</v>
+        <v>1.0847</v>
       </c>
       <c r="C549">
-        <v>1.09831</v>
+        <v>1.09309</v>
       </c>
       <c r="D549">
-        <v>1.09283</v>
+        <v>1.08394</v>
       </c>
       <c r="E549">
-        <v>1.09415</v>
+        <v>1.08833</v>
       </c>
     </row>
     <row r="550" spans="1:5">
       <c r="A550" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="B550">
-        <v>1.09222</v>
+        <v>1.08815</v>
       </c>
       <c r="C550">
-        <v>1.09861</v>
+        <v>1.09147</v>
       </c>
       <c r="D550">
-        <v>1.09109</v>
+        <v>1.08202</v>
       </c>
       <c r="E550">
-        <v>1.09796</v>
+        <v>1.08523</v>
       </c>
     </row>
     <row r="551" spans="1:5">
       <c r="A551" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="B551">
-        <v>1.08927</v>
+        <v>1.08893</v>
       </c>
       <c r="C551">
-        <v>1.09297</v>
+        <v>1.09081</v>
       </c>
       <c r="D551">
-        <v>1.08907</v>
+        <v>1.08786</v>
       </c>
       <c r="E551">
-        <v>1.09226</v>
+        <v>1.08812</v>
       </c>
     </row>
     <row r="552" spans="1:5">
       <c r="A552" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="B552">
-        <v>1.09906</v>
+        <v>1.08733</v>
       </c>
       <c r="C552">
-        <v>1.10021</v>
+        <v>1.08949</v>
       </c>
       <c r="D552">
-        <v>1.08872</v>
+        <v>1.08613</v>
       </c>
       <c r="E552">
-        <v>1.08929</v>
+        <v>1.08934</v>
       </c>
     </row>
     <row r="553" spans="1:5">
       <c r="A553" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="B553">
-        <v>1.08728</v>
+        <v>1.0881</v>
       </c>
       <c r="C553">
-        <v>1.10077</v>
+        <v>1.09053</v>
       </c>
       <c r="D553">
-        <v>1.08725</v>
+        <v>1.08453</v>
       </c>
       <c r="E553">
-        <v>1.09904</v>
+        <v>1.08744</v>
       </c>
     </row>
     <row r="554" spans="1:5">
       <c r="A554" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="B554">
-        <v>1.07925</v>
+        <v>1.08728</v>
       </c>
       <c r="C554">
-        <v>1.0895</v>
+        <v>1.08831</v>
       </c>
       <c r="D554">
-        <v>1.07716</v>
+        <v>1.08431</v>
       </c>
       <c r="E554">
-        <v>1.08738</v>
+        <v>1.08807</v>
       </c>
     </row>
     <row r="555" spans="1:5">
       <c r="A555" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="B555">
-        <v>1.07632</v>
+        <v>1.09481</v>
       </c>
       <c r="C555">
-        <v>1.08256</v>
+        <v>1.09492</v>
       </c>
       <c r="D555">
-        <v>1.07528</v>
+        <v>1.08607</v>
       </c>
       <c r="E555">
-        <v>1.07931</v>
+        <v>1.08739</v>
       </c>
     </row>
     <row r="556" spans="1:5">
       <c r="A556" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="B556">
-        <v>1.07633</v>
+        <v>1.09453</v>
       </c>
       <c r="C556">
-        <v>1.07774</v>
+        <v>1.09659</v>
       </c>
       <c r="D556">
-        <v>1.07401</v>
+        <v>1.09321</v>
       </c>
       <c r="E556">
-        <v>1.07631</v>
+        <v>1.09491</v>
       </c>
     </row>
     <row r="557" spans="1:5">
       <c r="A557" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="B557">
-        <v>1.07932</v>
+        <v>1.09711</v>
       </c>
       <c r="C557">
-        <v>1.07993</v>
+        <v>1.09855</v>
       </c>
       <c r="D557">
-        <v>1.07221</v>
+        <v>1.09346</v>
       </c>
       <c r="E557">
-        <v>1.07622</v>
+        <v>1.09498</v>
       </c>
     </row>
     <row r="558" spans="1:5">
       <c r="A558" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="B558">
-        <v>1.07619</v>
+        <v>1.09711</v>
       </c>
       <c r="C558">
-        <v>1.08165</v>
+        <v>1.09973</v>
       </c>
       <c r="D558">
-        <v>1.07538</v>
+        <v>1.09289</v>
       </c>
       <c r="E558">
-        <v>1.07919</v>
+        <v>1.09721</v>
       </c>
     </row>
     <row r="559" spans="1:5">
       <c r="A559" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="B559">
-        <v>1.07958</v>
+        <v>1.09303</v>
       </c>
       <c r="C559">
-        <v>1.0803</v>
+        <v>1.09718</v>
       </c>
       <c r="D559">
-        <v>1.07572</v>
+        <v>1.09198</v>
       </c>
       <c r="E559">
-        <v>1.07617</v>
+        <v>1.09713</v>
       </c>
     </row>
     <row r="560" spans="1:5">
       <c r="A560" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="B560">
-        <v>1.08347</v>
+        <v>1.09491</v>
       </c>
       <c r="C560">
-        <v>1.08461</v>
+        <v>1.09649</v>
       </c>
       <c r="D560">
-        <v>1.07767</v>
+        <v>1.09089</v>
       </c>
       <c r="E560">
-        <v>1.07964</v>
+        <v>1.09299</v>
       </c>
     </row>
     <row r="561" spans="1:5">
       <c r="A561" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="B561">
-        <v>1.08918</v>
+        <v>1.09341</v>
       </c>
       <c r="C561">
-        <v>1.08935</v>
+        <v>1.09775</v>
       </c>
       <c r="D561">
-        <v>1.08179</v>
+        <v>1.09213</v>
       </c>
       <c r="E561">
-        <v>1.08349</v>
+        <v>1.09492</v>
       </c>
     </row>
     <row r="562" spans="1:5">
       <c r="A562" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="B562">
-        <v>1.08874</v>
+        <v>1.09439</v>
       </c>
       <c r="C562">
-        <v>1.09113</v>
+        <v>1.0997</v>
       </c>
       <c r="D562">
-        <v>1.08273</v>
+        <v>1.08756</v>
       </c>
       <c r="E562">
-        <v>1.0878</v>
+        <v>1.09379</v>
       </c>
     </row>
     <row r="563" spans="1:5">
       <c r="A563" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="B563">
-        <v>1.09694</v>
+        <v>1.09195</v>
       </c>
       <c r="C563">
-        <v>1.09825</v>
+        <v>1.09709</v>
       </c>
       <c r="D563">
-        <v>1.0878</v>
+        <v>1.09101</v>
       </c>
       <c r="E563">
-        <v>1.08872</v>
+        <v>1.09445</v>
       </c>
     </row>
     <row r="564" spans="1:5">
       <c r="A564" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="B564">
-        <v>1.09916</v>
+        <v>1.09421</v>
       </c>
       <c r="C564">
-        <v>1.10157</v>
+        <v>1.09641</v>
       </c>
       <c r="D564">
-        <v>1.09585</v>
+        <v>1.08916</v>
       </c>
       <c r="E564">
-        <v>1.09677</v>
+        <v>1.09205</v>
       </c>
     </row>
     <row r="565" spans="1:5">
       <c r="A565" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="B565">
-        <v>1.09522</v>
+        <v>1.10431</v>
       </c>
       <c r="C565">
-        <v>1.10074</v>
+        <v>1.10436</v>
       </c>
       <c r="D565">
-        <v>1.0933</v>
+        <v>1.09369</v>
       </c>
       <c r="E565">
-        <v>1.09935</v>
+        <v>1.094</v>
       </c>
     </row>
     <row r="566" spans="1:5">
       <c r="A566" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="B566">
-        <v>1.09399</v>
+        <v>1.10596</v>
       </c>
       <c r="C566">
-        <v>1.09578</v>
+        <v>1.10829</v>
       </c>
       <c r="D566">
-        <v>1.09236</v>
+        <v>1.10366</v>
       </c>
       <c r="E566">
-        <v>1.09525</v>
+        <v>1.10394</v>
       </c>
     </row>
     <row r="567" spans="1:5">
       <c r="A567" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="B567">
-        <v>1.09019</v>
+        <v>1.11035</v>
       </c>
       <c r="C567">
-        <v>1.09473</v>
+        <v>1.11379</v>
       </c>
       <c r="D567">
-        <v>1.08936</v>
+        <v>1.10538</v>
       </c>
       <c r="E567">
-        <v>1.09428</v>
+        <v>1.10609</v>
       </c>
     </row>
     <row r="568" spans="1:5">
       <c r="A568" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="B568">
-        <v>1.08874</v>
+        <v>1.10413</v>
       </c>
       <c r="C568">
-        <v>1.09292</v>
+        <v>1.11211</v>
       </c>
       <c r="D568">
-        <v>1.08822</v>
+        <v>1.10271</v>
       </c>
       <c r="E568">
-        <v>1.09036</v>
+        <v>1.11046</v>
       </c>
     </row>
     <row r="569" spans="1:5">
       <c r="A569" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="B569">
-        <v>1.09093</v>
+        <v>1.10413</v>
       </c>
       <c r="C569">
-        <v>1.09215</v>
+        <v>1.11211</v>
       </c>
       <c r="D569">
-        <v>1.08511</v>
+        <v>1.10271</v>
       </c>
       <c r="E569">
-        <v>1.08872</v>
+        <v>1.11046</v>
       </c>
     </row>
     <row r="570" spans="1:5">
       <c r="A570" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="B570">
-        <v>1.09382</v>
+        <v>1.10074</v>
       </c>
       <c r="C570">
-        <v>1.09638</v>
+        <v>1.10435</v>
       </c>
       <c r="D570">
-        <v>1.08987</v>
+        <v>1.10071</v>
       </c>
       <c r="E570">
-        <v>1.09096</v>
+        <v>1.1041</v>
       </c>
     </row>
     <row r="571" spans="1:5">
       <c r="A571" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="B571">
-        <v>1.09058</v>
+        <v>1.10074</v>
       </c>
       <c r="C571">
-        <v>1.09504</v>
+        <v>1.10435</v>
       </c>
       <c r="D571">
-        <v>1.08961</v>
+        <v>1.10071</v>
       </c>
       <c r="E571">
-        <v>1.09391</v>
+        <v>1.1041</v>
       </c>
     </row>
     <row r="572" spans="1:5">
       <c r="A572" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="B572">
-        <v>1.08509</v>
+        <v>1.101</v>
       </c>
       <c r="C572">
-        <v>1.09077</v>
+        <v>1.10388</v>
       </c>
       <c r="D572">
-        <v>1.08234</v>
+        <v>1.09861</v>
       </c>
       <c r="E572">
-        <v>1.09069</v>
+        <v>1.10112</v>
       </c>
     </row>
     <row r="573" spans="1:5">
       <c r="A573" t="s">
         <v>570</v>
       </c>
       <c r="B573">
-        <v>1.08498</v>
+        <v>1.101</v>
       </c>
       <c r="C573">
-        <v>1.08941</v>
+        <v>1.10388</v>
       </c>
       <c r="D573">
-        <v>1.08285</v>
+        <v>1.09861</v>
       </c>
       <c r="E573">
-        <v>1.08515</v>
+        <v>1.10112</v>
       </c>
     </row>
     <row r="574" spans="1:5">
       <c r="A574" t="s">
         <v>571</v>
       </c>
       <c r="B574">
-        <v>1.0878</v>
+        <v>1.09383</v>
       </c>
       <c r="C574">
-        <v>1.08844</v>
+        <v>1.10112</v>
       </c>
       <c r="D574">
-        <v>1.083</v>
+        <v>1.09309</v>
       </c>
       <c r="E574">
-        <v>1.08458</v>
+        <v>1.10096</v>
       </c>
     </row>
     <row r="575" spans="1:5">
       <c r="A575" t="s">
         <v>572</v>
       </c>
       <c r="B575">
-        <v>1.06971</v>
+        <v>1.09792</v>
       </c>
       <c r="C575">
-        <v>1.08859</v>
+        <v>1.09831</v>
       </c>
       <c r="D575">
-        <v>1.06914</v>
+        <v>1.09283</v>
       </c>
       <c r="E575">
-        <v>1.08773</v>
+        <v>1.09415</v>
       </c>
     </row>
     <row r="576" spans="1:5">
       <c r="A576" t="s">
         <v>573</v>
       </c>
       <c r="B576">
-        <v>1.06865</v>
+        <v>1.09222</v>
       </c>
       <c r="C576">
-        <v>1.07047</v>
+        <v>1.09861</v>
       </c>
       <c r="D576">
-        <v>1.06636</v>
+        <v>1.09109</v>
       </c>
       <c r="E576">
-        <v>1.06973</v>
+        <v>1.09796</v>
       </c>
     </row>
     <row r="577" spans="1:5">
       <c r="A577" t="s">
         <v>574</v>
       </c>
       <c r="B577">
-        <v>1.06707</v>
+        <v>1.08927</v>
       </c>
       <c r="C577">
-        <v>1.06913</v>
+        <v>1.09297</v>
       </c>
       <c r="D577">
-        <v>1.06548</v>
+        <v>1.08907</v>
       </c>
       <c r="E577">
-        <v>1.06839</v>
+        <v>1.09226</v>
       </c>
     </row>
     <row r="578" spans="1:5">
       <c r="A578" t="s">
         <v>575</v>
       </c>
       <c r="B578">
-        <v>1.07083</v>
+        <v>1.09906</v>
       </c>
       <c r="C578">
-        <v>1.07143</v>
+        <v>1.10021</v>
       </c>
       <c r="D578">
-        <v>1.06989</v>
+        <v>1.08872</v>
       </c>
       <c r="E578">
-        <v>1.07079</v>
+        <v>1.08929</v>
       </c>
     </row>
     <row r="579" spans="1:5">
       <c r="A579" t="s">
         <v>576</v>
       </c>
       <c r="B579">
-        <v>1.0694</v>
+        <v>1.08728</v>
       </c>
       <c r="C579">
-        <v>1.07147</v>
+        <v>1.10077</v>
       </c>
       <c r="D579">
-        <v>1.06579</v>
+        <v>1.08725</v>
       </c>
       <c r="E579">
-        <v>1.07084</v>
+        <v>1.09904</v>
       </c>
     </row>
     <row r="580" spans="1:5">
       <c r="A580" t="s">
         <v>577</v>
       </c>
       <c r="B580">
-        <v>1.07184</v>
+        <v>1.07925</v>
       </c>
       <c r="C580">
-        <v>1.07203</v>
+        <v>1.0895</v>
       </c>
       <c r="D580">
-        <v>1.06628</v>
+        <v>1.07716</v>
       </c>
       <c r="E580">
-        <v>1.06933</v>
+        <v>1.08738</v>
       </c>
     </row>
     <row r="581" spans="1:5">
       <c r="A581" t="s">
         <v>578</v>
       </c>
       <c r="B581">
-        <v>1.07278</v>
+        <v>1.07632</v>
       </c>
       <c r="C581">
-        <v>1.07549</v>
+        <v>1.08256</v>
       </c>
       <c r="D581">
-        <v>1.07179</v>
+        <v>1.07528</v>
       </c>
       <c r="E581">
-        <v>1.07183</v>
+        <v>1.07931</v>
       </c>
     </row>
     <row r="582" spans="1:5">
       <c r="A582" t="s">
         <v>579</v>
       </c>
       <c r="B582">
-        <v>1.05691</v>
+        <v>1.07633</v>
       </c>
       <c r="C582">
-        <v>1.06663</v>
+        <v>1.07774</v>
       </c>
       <c r="D582">
-        <v>1.05599</v>
+        <v>1.07401</v>
       </c>
       <c r="E582">
-        <v>1.0621</v>
+        <v>1.07631</v>
       </c>
     </row>
     <row r="583" spans="1:5">
       <c r="A583" t="s">
         <v>580</v>
       </c>
       <c r="B583">
-        <v>1.05729</v>
+        <v>1.07932</v>
       </c>
       <c r="C583">
-        <v>1.05793</v>
+        <v>1.07993</v>
       </c>
       <c r="D583">
-        <v>1.05155</v>
+        <v>1.07221</v>
       </c>
       <c r="E583">
-        <v>1.05686</v>
+        <v>1.07622</v>
       </c>
     </row>
     <row r="584" spans="1:5">
       <c r="A584" t="s">
         <v>581</v>
       </c>
       <c r="B584">
-        <v>1.06137</v>
+        <v>1.07619</v>
       </c>
       <c r="C584">
-        <v>1.06736</v>
+        <v>1.08165</v>
       </c>
       <c r="D584">
-        <v>1.05561</v>
+        <v>1.07538</v>
       </c>
       <c r="E584">
-        <v>1.05741</v>
+        <v>1.07919</v>
       </c>
     </row>
     <row r="585" spans="1:5">
       <c r="A585" t="s">
         <v>582</v>
       </c>
       <c r="B585">
-        <v>1.05583</v>
+        <v>1.07958</v>
       </c>
       <c r="C585">
-        <v>1.06237</v>
+        <v>1.0803</v>
       </c>
       <c r="D585">
-        <v>1.05457</v>
+        <v>1.07572</v>
       </c>
       <c r="E585">
-        <v>1.0614</v>
+        <v>1.07617</v>
       </c>
     </row>
     <row r="586" spans="1:5">
       <c r="A586" t="s">
         <v>583</v>
       </c>
       <c r="B586">
-        <v>1.05608</v>
+        <v>1.08347</v>
       </c>
       <c r="C586">
-        <v>1.05955</v>
+        <v>1.08461</v>
       </c>
       <c r="D586">
-        <v>1.0534</v>
+        <v>1.07767</v>
       </c>
       <c r="E586">
-        <v>1.05691</v>
+        <v>1.07964</v>
       </c>
     </row>
     <row r="587" spans="1:5">
       <c r="A587" t="s">
         <v>584</v>
       </c>
       <c r="B587">
-        <v>1.05653</v>
+        <v>1.08918</v>
       </c>
       <c r="C587">
-        <v>1.05709</v>
+        <v>1.08935</v>
       </c>
       <c r="D587">
-        <v>1.05209</v>
+        <v>1.08179</v>
       </c>
       <c r="E587">
-        <v>1.05616</v>
+        <v>1.08349</v>
       </c>
     </row>
     <row r="588" spans="1:5">
       <c r="A588" t="s">
         <v>585</v>
       </c>
       <c r="B588">
-        <v>1.05887</v>
+        <v>1.08874</v>
       </c>
       <c r="C588">
-        <v>1.06053</v>
+        <v>1.09113</v>
       </c>
       <c r="D588">
-        <v>1.05643</v>
+        <v>1.08273</v>
       </c>
       <c r="E588">
-        <v>1.05648</v>
+        <v>1.0878</v>
       </c>
     </row>
     <row r="589" spans="1:5">
       <c r="A589" t="s">
         <v>586</v>
       </c>
       <c r="B589">
-        <v>1.06682</v>
+        <v>1.09694</v>
       </c>
       <c r="C589">
-        <v>1.0693</v>
+        <v>1.09825</v>
       </c>
       <c r="D589">
-        <v>1.05815</v>
+        <v>1.0878</v>
       </c>
       <c r="E589">
-        <v>1.05897</v>
+        <v>1.08872</v>
       </c>
     </row>
     <row r="590" spans="1:5">
       <c r="A590" t="s">
         <v>587</v>
       </c>
       <c r="B590">
-        <v>1.05904</v>
+        <v>1.09916</v>
       </c>
       <c r="C590">
-        <v>1.06765</v>
+        <v>1.10157</v>
       </c>
       <c r="D590">
-        <v>1.057</v>
+        <v>1.09585</v>
       </c>
       <c r="E590">
-        <v>1.0667</v>
+        <v>1.09677</v>
       </c>
     </row>
     <row r="591" spans="1:5">
       <c r="A591" t="s">
         <v>588</v>
       </c>
       <c r="B591">
-        <v>1.05814</v>
+        <v>1.09522</v>
       </c>
       <c r="C591">
-        <v>1.06024</v>
+        <v>1.10074</v>
       </c>
       <c r="D591">
-        <v>1.05636</v>
+        <v>1.0933</v>
       </c>
       <c r="E591">
-        <v>1.0591</v>
+        <v>1.09935</v>
       </c>
     </row>
     <row r="592" spans="1:5">
       <c r="A592" t="s">
         <v>589</v>
       </c>
       <c r="B592">
-        <v>1.05348</v>
+        <v>1.09399</v>
       </c>
       <c r="C592">
-        <v>1.06154</v>
+        <v>1.09578</v>
       </c>
       <c r="D592">
-        <v>1.05267</v>
+        <v>1.09236</v>
       </c>
       <c r="E592">
-        <v>1.05808</v>
+        <v>1.09525</v>
       </c>
     </row>
     <row r="593" spans="1:5">
       <c r="A593" t="s">
         <v>590</v>
       </c>
       <c r="B593">
-        <v>1.05761</v>
+        <v>1.09019</v>
       </c>
       <c r="C593">
-        <v>1.05928</v>
+        <v>1.09473</v>
       </c>
       <c r="D593">
-        <v>1.05218</v>
+        <v>1.08936</v>
       </c>
       <c r="E593">
-        <v>1.05351</v>
+        <v>1.09428</v>
       </c>
     </row>
     <row r="594" spans="1:5">
       <c r="A594" t="s">
         <v>591</v>
       </c>
       <c r="B594">
-        <v>1.05592</v>
+        <v>1.08874</v>
       </c>
       <c r="C594">
-        <v>1.05935</v>
+        <v>1.09292</v>
       </c>
       <c r="D594">
-        <v>1.05315</v>
+        <v>1.08822</v>
       </c>
       <c r="E594">
-        <v>1.05748</v>
+        <v>1.09036</v>
       </c>
     </row>
     <row r="595" spans="1:5">
       <c r="A595" t="s">
         <v>592</v>
       </c>
       <c r="B595">
-        <v>1.05182</v>
+        <v>1.09093</v>
       </c>
       <c r="C595">
-        <v>1.05613</v>
+        <v>1.09215</v>
       </c>
       <c r="D595">
-        <v>1.05142</v>
+        <v>1.08511</v>
       </c>
       <c r="E595">
-        <v>1.05582</v>
+        <v>1.08872</v>
       </c>
     </row>
     <row r="596" spans="1:5">
       <c r="A596" t="s">
         <v>593</v>
       </c>
       <c r="B596">
-        <v>1.05267</v>
+        <v>1.09382</v>
       </c>
       <c r="C596">
-        <v>1.05572</v>
+        <v>1.09638</v>
       </c>
       <c r="D596">
-        <v>1.04941</v>
+        <v>1.08987</v>
       </c>
       <c r="E596">
-        <v>1.05122</v>
+        <v>1.09096</v>
       </c>
     </row>
     <row r="597" spans="1:5">
       <c r="A597" t="s">
         <v>594</v>
       </c>
       <c r="B597">
-        <v>1.06184</v>
+        <v>1.09058</v>
       </c>
       <c r="C597">
-        <v>1.06385</v>
+        <v>1.09504</v>
       </c>
       <c r="D597">
-        <v>1.05243</v>
+        <v>1.08961</v>
       </c>
       <c r="E597">
-        <v>1.05268</v>
+        <v>1.09391</v>
       </c>
     </row>
     <row r="598" spans="1:5">
       <c r="A598" t="s">
         <v>595</v>
       </c>
       <c r="B598">
-        <v>1.06037</v>
+        <v>1.08509</v>
       </c>
       <c r="C598">
-        <v>1.06333</v>
+        <v>1.09077</v>
       </c>
       <c r="D598">
-        <v>1.05806</v>
+        <v>1.08234</v>
       </c>
       <c r="E598">
-        <v>1.06178</v>
+        <v>1.09069</v>
       </c>
     </row>
     <row r="599" spans="1:5">
       <c r="A599" t="s">
         <v>596</v>
       </c>
       <c r="B599">
-        <v>1.05593</v>
+        <v>1.08498</v>
       </c>
       <c r="C599">
-        <v>1.06184</v>
+        <v>1.08941</v>
       </c>
       <c r="D599">
-        <v>1.0553</v>
+        <v>1.08285</v>
       </c>
       <c r="E599">
-        <v>1.06036</v>
+        <v>1.08515</v>
       </c>
     </row>
     <row r="600" spans="1:5">
       <c r="A600" t="s">
         <v>597</v>
       </c>
       <c r="B600">
-        <v>1.05627</v>
+        <v>1.0878</v>
       </c>
       <c r="C600">
-        <v>1.0573</v>
+        <v>1.08844</v>
       </c>
       <c r="D600">
-        <v>1.0518</v>
+        <v>1.083</v>
       </c>
       <c r="E600">
-        <v>1.05653</v>
+        <v>1.08458</v>
       </c>
     </row>
     <row r="601" spans="1:5">
       <c r="A601" t="s">
         <v>598</v>
       </c>
       <c r="B601">
-        <v>1.05439</v>
+        <v>1.06971</v>
       </c>
       <c r="C601">
-        <v>1.05986</v>
+        <v>1.08859</v>
       </c>
       <c r="D601">
-        <v>1.04813</v>
+        <v>1.06914</v>
       </c>
       <c r="E601">
-        <v>1.0588</v>
+        <v>1.08773</v>
       </c>
     </row>
     <row r="602" spans="1:5">
       <c r="A602" t="s">
         <v>599</v>
       </c>
       <c r="B602">
-        <v>1.05032</v>
+        <v>1.06865</v>
       </c>
       <c r="C602">
-        <v>1.05504</v>
+        <v>1.07047</v>
       </c>
       <c r="D602">
-        <v>1.04962</v>
+        <v>1.06636</v>
       </c>
       <c r="E602">
-        <v>1.05496</v>
+        <v>1.06973</v>
       </c>
     </row>
     <row r="603" spans="1:5">
       <c r="A603" t="s">
         <v>600</v>
       </c>
       <c r="B603">
-        <v>1.04656</v>
+        <v>1.06707</v>
       </c>
       <c r="C603">
-        <v>1.05309</v>
+        <v>1.06913</v>
       </c>
       <c r="D603">
-        <v>1.045</v>
+        <v>1.06548</v>
       </c>
       <c r="E603">
-        <v>1.05027</v>
+        <v>1.06839</v>
       </c>
     </row>
     <row r="604" spans="1:5">
       <c r="A604" t="s">
         <v>601</v>
       </c>
       <c r="B604">
-        <v>1.04761</v>
+        <v>1.07083</v>
       </c>
       <c r="C604">
-        <v>1.04922</v>
+        <v>1.07143</v>
       </c>
       <c r="D604">
-        <v>1.04469</v>
+        <v>1.06989</v>
       </c>
       <c r="E604">
-        <v>1.04649</v>
+        <v>1.07079</v>
       </c>
     </row>
     <row r="605" spans="1:5">
       <c r="A605" t="s">
         <v>602</v>
       </c>
       <c r="B605">
-        <v>1.05598</v>
+        <v>1.0694</v>
       </c>
       <c r="C605">
-        <v>1.05905</v>
+        <v>1.07147</v>
       </c>
       <c r="D605">
-        <v>1.04761</v>
+        <v>1.06579</v>
       </c>
       <c r="E605">
-        <v>1.04762</v>
+        <v>1.07084</v>
       </c>
     </row>
     <row r="606" spans="1:5">
       <c r="A606" t="s">
         <v>603</v>
       </c>
       <c r="B606">
-        <v>1.0564</v>
+        <v>1.07184</v>
       </c>
       <c r="C606">
-        <v>1.06157</v>
+        <v>1.07203</v>
       </c>
       <c r="D606">
-        <v>1.05531</v>
+        <v>1.06628</v>
       </c>
       <c r="E606">
-        <v>1.0571</v>
+        <v>1.06933</v>
       </c>
     </row>
     <row r="607" spans="1:5">
       <c r="A607" t="s">
         <v>604</v>
       </c>
       <c r="B607">
-        <v>1.05007</v>
+        <v>1.07278</v>
       </c>
       <c r="C607">
-        <v>1.05774</v>
+        <v>1.07549</v>
       </c>
       <c r="D607">
-        <v>1.04897</v>
+        <v>1.07179</v>
       </c>
       <c r="E607">
-        <v>1.05648</v>
+        <v>1.07183</v>
       </c>
     </row>
     <row r="608" spans="1:5">
       <c r="A608" t="s">
         <v>605</v>
       </c>
       <c r="B608">
-        <v>1.05708</v>
+        <v>1.05691</v>
       </c>
       <c r="C608">
-        <v>1.05727</v>
+        <v>1.06663</v>
       </c>
       <c r="D608">
-        <v>1.04866</v>
+        <v>1.05599</v>
       </c>
       <c r="E608">
-        <v>1.05018</v>
+        <v>1.0621</v>
       </c>
     </row>
     <row r="609" spans="1:5">
       <c r="A609" t="s">
         <v>606</v>
       </c>
       <c r="B609">
-        <v>1.0592</v>
+        <v>1.05729</v>
       </c>
       <c r="C609">
-        <v>1.06076</v>
+        <v>1.05793</v>
       </c>
       <c r="D609">
-        <v>1.05607</v>
+        <v>1.05155</v>
       </c>
       <c r="E609">
-        <v>1.05705</v>
+        <v>1.05686</v>
       </c>
     </row>
     <row r="610" spans="1:5">
       <c r="A610" t="s">
         <v>607</v>
       </c>
       <c r="B610">
-        <v>1.06477</v>
+        <v>1.06137</v>
       </c>
       <c r="C610">
-        <v>1.06543</v>
+        <v>1.06736</v>
       </c>
       <c r="D610">
-        <v>1.0574</v>
+        <v>1.05561</v>
       </c>
       <c r="E610">
-        <v>1.05908</v>
+        <v>1.05741</v>
       </c>
     </row>
     <row r="611" spans="1:5">
       <c r="A611" t="s">
         <v>608</v>
       </c>
       <c r="B611">
-        <v>1.06591</v>
+        <v>1.05583</v>
       </c>
       <c r="C611">
-        <v>1.06704</v>
+        <v>1.06237</v>
       </c>
       <c r="D611">
-        <v>1.06136</v>
+        <v>1.05457</v>
       </c>
       <c r="E611">
-        <v>1.06425</v>
+        <v>1.0614</v>
       </c>
     </row>
     <row r="612" spans="1:5">
       <c r="A612" t="s">
         <v>609</v>
       </c>
       <c r="B612">
-        <v>1.06567</v>
+        <v>1.05608</v>
       </c>
       <c r="C612">
-        <v>1.06722</v>
+        <v>1.05955</v>
       </c>
       <c r="D612">
-        <v>1.06154</v>
+        <v>1.0534</v>
       </c>
       <c r="E612">
-        <v>1.06598</v>
+        <v>1.05691</v>
       </c>
     </row>
     <row r="613" spans="1:5">
       <c r="A613" t="s">
         <v>610</v>
       </c>
       <c r="B613">
-        <v>1.06773</v>
+        <v>1.05653</v>
       </c>
       <c r="C613">
-        <v>1.07354</v>
+        <v>1.05709</v>
       </c>
       <c r="D613">
-        <v>1.06487</v>
+        <v>1.05209</v>
       </c>
       <c r="E613">
-        <v>1.06591</v>
+        <v>1.05616</v>
       </c>
     </row>
     <row r="614" spans="1:5">
       <c r="A614" t="s">
         <v>611</v>
       </c>
       <c r="B614">
-        <v>1.06908</v>
+        <v>1.05887</v>
       </c>
       <c r="C614">
-        <v>1.07165</v>
+        <v>1.06053</v>
       </c>
       <c r="D614">
-        <v>1.06737</v>
+        <v>1.05643</v>
       </c>
       <c r="E614">
-        <v>1.0678</v>
+        <v>1.05648</v>
       </c>
     </row>
     <row r="615" spans="1:5">
       <c r="A615" t="s">
         <v>612</v>
       </c>
       <c r="B615">
-        <v>1.06634</v>
+        <v>1.06682</v>
       </c>
       <c r="C615">
-        <v>1.06972</v>
+        <v>1.0693</v>
       </c>
       <c r="D615">
-        <v>1.06533</v>
+        <v>1.05815</v>
       </c>
       <c r="E615">
-        <v>1.06911</v>
+        <v>1.05897</v>
       </c>
     </row>
     <row r="616" spans="1:5">
       <c r="A616" t="s">
         <v>613</v>
       </c>
       <c r="B616">
-        <v>1.06415</v>
+        <v>1.05904</v>
       </c>
       <c r="C616">
-        <v>1.06865</v>
+        <v>1.06765</v>
       </c>
       <c r="D616">
-        <v>1.06312</v>
+        <v>1.057</v>
       </c>
       <c r="E616">
-        <v>1.06584</v>
+        <v>1.0667</v>
       </c>
     </row>
     <row r="617" spans="1:5">
       <c r="A617" t="s">
         <v>614</v>
       </c>
       <c r="B617">
-        <v>1.07277</v>
+        <v>1.05814</v>
       </c>
       <c r="C617">
-        <v>1.07506</v>
+        <v>1.06024</v>
       </c>
       <c r="D617">
-        <v>1.06305</v>
+        <v>1.05636</v>
       </c>
       <c r="E617">
-        <v>1.06431</v>
+        <v>1.0591</v>
       </c>
     </row>
     <row r="618" spans="1:5">
       <c r="A618" t="s">
         <v>615</v>
       </c>
       <c r="B618">
-        <v>1.07529</v>
+        <v>1.05348</v>
       </c>
       <c r="C618">
-        <v>1.07635</v>
+        <v>1.06154</v>
       </c>
       <c r="D618">
-        <v>1.071</v>
+        <v>1.05267</v>
       </c>
       <c r="E618">
-        <v>1.07281</v>
+        <v>1.05808</v>
       </c>
     </row>
     <row r="619" spans="1:5">
       <c r="A619" t="s">
         <v>616</v>
       </c>
       <c r="B619">
-        <v>1.07489</v>
+        <v>1.05761</v>
       </c>
       <c r="C619">
-        <v>1.07672</v>
+        <v>1.05928</v>
       </c>
       <c r="D619">
-        <v>1.07041</v>
+        <v>1.05218</v>
       </c>
       <c r="E619">
-        <v>1.07534</v>
+        <v>1.05351</v>
       </c>
     </row>
     <row r="620" spans="1:5">
       <c r="A620" t="s">
         <v>617</v>
       </c>
       <c r="B620">
-        <v>1.07099</v>
+        <v>1.05592</v>
       </c>
       <c r="C620">
-        <v>1.0758</v>
+        <v>1.05935</v>
       </c>
       <c r="D620">
-        <v>1.07086</v>
+        <v>1.05315</v>
       </c>
       <c r="E620">
-        <v>1.07488</v>
+        <v>1.05748</v>
       </c>
     </row>
     <row r="621" spans="1:5">
       <c r="A621" t="s">
         <v>618</v>
       </c>
       <c r="B621">
-        <v>1.06959</v>
+        <v>1.05182</v>
       </c>
       <c r="C621">
-        <v>1.07424</v>
+        <v>1.05613</v>
       </c>
       <c r="D621">
-        <v>1.06888</v>
+        <v>1.05142</v>
       </c>
       <c r="E621">
-        <v>1.06981</v>
+        <v>1.05582</v>
       </c>
     </row>
     <row r="622" spans="1:5">
       <c r="A622" t="s">
         <v>619</v>
       </c>
       <c r="B622">
-        <v>1.07257</v>
+        <v>1.05267</v>
       </c>
       <c r="C622">
-        <v>1.07304</v>
+        <v>1.05572</v>
       </c>
       <c r="D622">
-        <v>1.06847</v>
+        <v>1.04941</v>
       </c>
       <c r="E622">
-        <v>1.06944</v>
+        <v>1.05122</v>
       </c>
     </row>
     <row r="623" spans="1:5">
       <c r="A623" t="s">
         <v>620</v>
       </c>
       <c r="B623">
-        <v>1.07211</v>
+        <v>1.06184</v>
       </c>
       <c r="C623">
-        <v>1.07475</v>
+        <v>1.06385</v>
       </c>
       <c r="D623">
-        <v>1.07012</v>
+        <v>1.05243</v>
       </c>
       <c r="E623">
-        <v>1.07249</v>
+        <v>1.05268</v>
       </c>
     </row>
     <row r="624" spans="1:5">
       <c r="A624" t="s">
         <v>621</v>
       </c>
       <c r="B624">
-        <v>1.07929</v>
+        <v>1.06037</v>
       </c>
       <c r="C624">
-        <v>1.0797</v>
+        <v>1.06333</v>
       </c>
       <c r="D624">
-        <v>1.07049</v>
+        <v>1.05806</v>
       </c>
       <c r="E624">
-        <v>1.07206</v>
+        <v>1.06178</v>
       </c>
     </row>
     <row r="625" spans="1:5">
       <c r="A625" t="s">
         <v>622</v>
       </c>
       <c r="B625">
-        <v>1.07703</v>
+        <v>1.05593</v>
       </c>
       <c r="C625">
-        <v>1.08075</v>
+        <v>1.06184</v>
       </c>
       <c r="D625">
-        <v>1.07702</v>
+        <v>1.0553</v>
       </c>
       <c r="E625">
-        <v>1.07952</v>
+        <v>1.06036</v>
       </c>
     </row>
     <row r="626" spans="1:5">
       <c r="A626" t="s">
         <v>623</v>
       </c>
       <c r="B626">
-        <v>1.08421</v>
+        <v>1.05627</v>
       </c>
       <c r="C626">
-        <v>1.08806</v>
+        <v>1.0573</v>
       </c>
       <c r="D626">
-        <v>1.07707</v>
+        <v>1.0518</v>
       </c>
       <c r="E626">
-        <v>1.07733</v>
+        <v>1.05653</v>
       </c>
     </row>
     <row r="627" spans="1:5">
       <c r="A627" t="s">
         <v>624</v>
       </c>
       <c r="B627">
-        <v>1.09222</v>
+        <v>1.05439</v>
       </c>
       <c r="C627">
-        <v>1.09382</v>
+        <v>1.05986</v>
       </c>
       <c r="D627">
-        <v>1.08336</v>
+        <v>1.04813</v>
       </c>
       <c r="E627">
-        <v>1.08424</v>
+        <v>1.0588</v>
       </c>
     </row>
     <row r="628" spans="1:5">
       <c r="A628" t="s">
         <v>625</v>
       </c>
       <c r="B628">
-        <v>1.08777</v>
+        <v>1.05032</v>
       </c>
       <c r="C628">
-        <v>1.0944</v>
+        <v>1.05504</v>
       </c>
       <c r="D628">
-        <v>1.08538</v>
+        <v>1.04962</v>
       </c>
       <c r="E628">
-        <v>1.09218</v>
+        <v>1.05496</v>
       </c>
     </row>
     <row r="629" spans="1:5">
       <c r="A629" t="s">
         <v>626</v>
       </c>
       <c r="B629">
-        <v>1.08176</v>
+        <v>1.04656</v>
       </c>
       <c r="C629">
-        <v>1.08906</v>
+        <v>1.05309</v>
       </c>
       <c r="D629">
-        <v>1.07809</v>
+        <v>1.045</v>
       </c>
       <c r="E629">
-        <v>1.08778</v>
+        <v>1.05027</v>
       </c>
     </row>
     <row r="630" spans="1:5">
       <c r="A630" t="s">
         <v>627</v>
       </c>
       <c r="B630">
-        <v>1.07977</v>
+        <v>1.04761</v>
       </c>
       <c r="C630">
-        <v>1.08207</v>
+        <v>1.04922</v>
       </c>
       <c r="D630">
-        <v>1.07935</v>
+        <v>1.04469</v>
       </c>
       <c r="E630">
-        <v>1.08178</v>
+        <v>1.04649</v>
       </c>
     </row>
     <row r="631" spans="1:5">
       <c r="A631" t="s">
         <v>628</v>
       </c>
       <c r="B631">
-        <v>1.08089</v>
+        <v>1.05598</v>
       </c>
       <c r="C631">
-        <v>1.08405</v>
+        <v>1.05905</v>
       </c>
       <c r="D631">
-        <v>1.07643</v>
+        <v>1.04761</v>
       </c>
       <c r="E631">
-        <v>1.08014</v>
+        <v>1.04762</v>
       </c>
     </row>
     <row r="632" spans="1:5">
       <c r="A632" t="s">
         <v>629</v>
       </c>
       <c r="B632">
-        <v>1.0863</v>
+        <v>1.0564</v>
       </c>
       <c r="C632">
-        <v>1.08752</v>
+        <v>1.06157</v>
       </c>
       <c r="D632">
-        <v>1.08036</v>
+        <v>1.05531</v>
       </c>
       <c r="E632">
-        <v>1.08091</v>
+        <v>1.0571</v>
       </c>
     </row>
     <row r="633" spans="1:5">
       <c r="A633" t="s">
         <v>630</v>
       </c>
       <c r="B633">
-        <v>1.08449</v>
+        <v>1.05007</v>
       </c>
       <c r="C633">
-        <v>1.08701</v>
+        <v>1.05774</v>
       </c>
       <c r="D633">
-        <v>1.08011</v>
+        <v>1.04897</v>
       </c>
       <c r="E633">
-        <v>1.08623</v>
+        <v>1.05648</v>
       </c>
     </row>
     <row r="634" spans="1:5">
       <c r="A634" t="s">
         <v>631</v>
       </c>
       <c r="B634">
-        <v>1.08946</v>
+        <v>1.05708</v>
       </c>
       <c r="C634">
-        <v>1.0929</v>
+        <v>1.05727</v>
       </c>
       <c r="D634">
-        <v>1.08315</v>
+        <v>1.04866</v>
       </c>
       <c r="E634">
-        <v>1.08445</v>
+        <v>1.05018</v>
       </c>
     </row>
     <row r="635" spans="1:5">
       <c r="A635" t="s">
         <v>632</v>
       </c>
       <c r="B635">
-        <v>1.08714</v>
+        <v>1.0592</v>
       </c>
       <c r="C635">
-        <v>1.09123</v>
+        <v>1.06076</v>
       </c>
       <c r="D635">
-        <v>1.08683</v>
+        <v>1.05607</v>
       </c>
       <c r="E635">
-        <v>1.08941</v>
+        <v>1.05705</v>
       </c>
     </row>
     <row r="636" spans="1:5">
       <c r="A636" t="s">
         <v>633</v>
       </c>
       <c r="B636">
-        <v>1.08704</v>
+        <v>1.06477</v>
       </c>
       <c r="C636">
-        <v>1.08924</v>
+        <v>1.06543</v>
       </c>
       <c r="D636">
-        <v>1.08435</v>
+        <v>1.0574</v>
       </c>
       <c r="E636">
-        <v>1.08713</v>
+        <v>1.05908</v>
       </c>
     </row>
     <row r="637" spans="1:5">
       <c r="A637" t="s">
         <v>634</v>
       </c>
       <c r="B637">
-        <v>1.08772</v>
+        <v>1.06591</v>
       </c>
       <c r="C637">
-        <v>1.09171</v>
+        <v>1.06704</v>
       </c>
       <c r="D637">
-        <v>1.0855</v>
+        <v>1.06136</v>
       </c>
       <c r="E637">
-        <v>1.08713</v>
+        <v>1.06425</v>
       </c>
     </row>
     <row r="638" spans="1:5">
       <c r="A638" t="s">
         <v>635</v>
       </c>
       <c r="B638">
-        <v>1.0905</v>
+        <v>1.06567</v>
       </c>
       <c r="C638">
-        <v>1.09332</v>
+        <v>1.06722</v>
       </c>
       <c r="D638">
-        <v>1.08701</v>
+        <v>1.06154</v>
       </c>
       <c r="E638">
-        <v>1.0878</v>
+        <v>1.06598</v>
       </c>
     </row>
     <row r="639" spans="1:5">
       <c r="A639" t="s">
         <v>636</v>
       </c>
       <c r="B639">
-        <v>1.09041</v>
+        <v>1.06773</v>
       </c>
       <c r="C639">
-        <v>1.0951</v>
+        <v>1.07354</v>
       </c>
       <c r="D639">
-        <v>1.08956</v>
+        <v>1.06487</v>
       </c>
       <c r="E639">
-        <v>1.09036</v>
+        <v>1.06591</v>
       </c>
     </row>
     <row r="640" spans="1:5">
       <c r="A640" t="s">
         <v>637</v>
       </c>
       <c r="B640">
-        <v>1.09428</v>
+        <v>1.06908</v>
       </c>
       <c r="C640">
-        <v>1.09588</v>
+        <v>1.07165</v>
       </c>
       <c r="D640">
-        <v>1.08733</v>
+        <v>1.06737</v>
       </c>
       <c r="E640">
-        <v>1.09053</v>
+        <v>1.0678</v>
       </c>
     </row>
     <row r="641" spans="1:5">
       <c r="A641" t="s">
         <v>638</v>
       </c>
       <c r="B641">
-        <v>1.09794</v>
+        <v>1.06634</v>
       </c>
       <c r="C641">
-        <v>1.10036</v>
+        <v>1.06972</v>
       </c>
       <c r="D641">
-        <v>1.09416</v>
+        <v>1.06533</v>
       </c>
       <c r="E641">
-        <v>1.09453</v>
+        <v>1.06911</v>
       </c>
     </row>
     <row r="642" spans="1:5">
       <c r="A642" t="s">
         <v>639</v>
       </c>
       <c r="B642">
-        <v>1.09729</v>
+        <v>1.06415</v>
       </c>
       <c r="C642">
-        <v>1.10636</v>
+        <v>1.06865</v>
       </c>
       <c r="D642">
-        <v>1.09651</v>
+        <v>1.06312</v>
       </c>
       <c r="E642">
-        <v>1.09795</v>
+        <v>1.06584</v>
       </c>
     </row>
     <row r="643" spans="1:5">
       <c r="A643" t="s">
         <v>640</v>
       </c>
       <c r="B643">
-        <v>1.09543</v>
+        <v>1.07277</v>
       </c>
       <c r="C643">
-        <v>1.0994</v>
+        <v>1.07506</v>
       </c>
       <c r="D643">
-        <v>1.09457</v>
+        <v>1.06305</v>
       </c>
       <c r="E643">
-        <v>1.09724</v>
+        <v>1.06431</v>
       </c>
     </row>
     <row r="644" spans="1:5">
       <c r="A644" t="s">
         <v>641</v>
       </c>
       <c r="B644">
-        <v>1.10013</v>
+        <v>1.07529</v>
       </c>
       <c r="C644">
-        <v>1.10099</v>
+        <v>1.07635</v>
       </c>
       <c r="D644">
-        <v>1.09276</v>
+        <v>1.071</v>
       </c>
       <c r="E644">
-        <v>1.0955</v>
+        <v>1.07281</v>
       </c>
     </row>
     <row r="645" spans="1:5">
       <c r="A645" t="s">
         <v>642</v>
       </c>
       <c r="B645">
-        <v>1.10061</v>
+        <v>1.07489</v>
       </c>
       <c r="C645">
-        <v>1.10105</v>
+        <v>1.07672</v>
       </c>
       <c r="D645">
-        <v>1.09639</v>
+        <v>1.07041</v>
       </c>
       <c r="E645">
-        <v>1.10018</v>
+        <v>1.07534</v>
       </c>
     </row>
     <row r="646" spans="1:5">
       <c r="A646" t="s">
         <v>643</v>
       </c>
       <c r="B646">
-        <v>1.09481</v>
+        <v>1.07099</v>
       </c>
       <c r="C646">
-        <v>1.10405</v>
+        <v>1.0758</v>
       </c>
       <c r="D646">
-        <v>1.09335</v>
+        <v>1.07086</v>
       </c>
       <c r="E646">
-        <v>1.10062</v>
+        <v>1.07488</v>
       </c>
     </row>
     <row r="647" spans="1:5">
       <c r="A647" t="s">
         <v>644</v>
       </c>
       <c r="B647">
-        <v>1.09367</v>
+        <v>1.06959</v>
       </c>
       <c r="C647">
-        <v>1.09615</v>
+        <v>1.07424</v>
       </c>
       <c r="D647">
-        <v>1.09108</v>
+        <v>1.06888</v>
       </c>
       <c r="E647">
-        <v>1.0948</v>
+        <v>1.06981</v>
       </c>
     </row>
     <row r="648" spans="1:5">
       <c r="A648" t="s">
         <v>645</v>
       </c>
       <c r="B648">
-        <v>1.09811</v>
+        <v>1.07257</v>
       </c>
       <c r="C648">
-        <v>1.1017</v>
+        <v>1.07304</v>
       </c>
       <c r="D648">
-        <v>1.09166</v>
+        <v>1.06847</v>
       </c>
       <c r="E648">
-        <v>1.0937</v>
+        <v>1.06944</v>
       </c>
     </row>
     <row r="649" spans="1:5">
       <c r="A649" t="s">
         <v>646</v>
       </c>
       <c r="B649">
-        <v>1.09958</v>
+        <v>1.07211</v>
       </c>
       <c r="C649">
-        <v>1.10016</v>
+        <v>1.07475</v>
       </c>
       <c r="D649">
-        <v>1.09509</v>
+        <v>1.07012</v>
       </c>
       <c r="E649">
-        <v>1.09828</v>
+        <v>1.07249</v>
       </c>
     </row>
     <row r="650" spans="1:5">
       <c r="A650" t="s">
         <v>647</v>
       </c>
       <c r="B650">
-        <v>1.1025</v>
+        <v>1.07929</v>
       </c>
       <c r="C650">
-        <v>1.10444</v>
+        <v>1.0797</v>
       </c>
       <c r="D650">
-        <v>1.09921</v>
+        <v>1.07049</v>
       </c>
       <c r="E650">
-        <v>1.09957</v>
+        <v>1.07206</v>
       </c>
     </row>
     <row r="651" spans="1:5">
       <c r="A651" t="s">
         <v>648</v>
       </c>
       <c r="B651">
-        <v>1.09774</v>
+        <v>1.07703</v>
       </c>
       <c r="C651">
-        <v>1.10461</v>
+        <v>1.08075</v>
       </c>
       <c r="D651">
-        <v>1.09422</v>
+        <v>1.07702</v>
       </c>
       <c r="E651">
-        <v>1.10395</v>
+        <v>1.07952</v>
       </c>
     </row>
     <row r="652" spans="1:5">
       <c r="A652" t="s">
         <v>649</v>
       </c>
       <c r="B652">
-        <v>1.11286</v>
+        <v>1.08421</v>
       </c>
       <c r="C652">
-        <v>1.11435</v>
+        <v>1.08806</v>
       </c>
       <c r="D652">
-        <v>1.11065</v>
+        <v>1.07707</v>
       </c>
       <c r="E652">
-        <v>1.11253</v>
+        <v>1.07733</v>
       </c>
     </row>
     <row r="653" spans="1:5">
       <c r="A653" t="s">
         <v>650</v>
       </c>
       <c r="B653">
-        <v>1.10512</v>
+        <v>1.09222</v>
       </c>
       <c r="C653">
-        <v>1.11055</v>
+        <v>1.09382</v>
       </c>
       <c r="D653">
-        <v>1.10363</v>
+        <v>1.08336</v>
       </c>
       <c r="E653">
-        <v>1.10844</v>
+        <v>1.08424</v>
       </c>
     </row>
     <row r="654" spans="1:5">
       <c r="A654" t="s">
         <v>651</v>
       </c>
       <c r="B654">
-        <v>1.10633</v>
+        <v>1.08777</v>
       </c>
       <c r="C654">
-        <v>1.10857</v>
+        <v>1.0944</v>
       </c>
       <c r="D654">
-        <v>1.10194</v>
+        <v>1.08538</v>
       </c>
       <c r="E654">
-        <v>1.10542</v>
+        <v>1.09218</v>
       </c>
     </row>
     <row r="655" spans="1:5">
       <c r="A655" t="s">
         <v>652</v>
       </c>
       <c r="B655">
-        <v>1.11286</v>
+        <v>1.08176</v>
       </c>
       <c r="C655">
-        <v>1.11435</v>
+        <v>1.08906</v>
       </c>
       <c r="D655">
-        <v>1.11065</v>
+        <v>1.07809</v>
       </c>
       <c r="E655">
-        <v>1.11253</v>
+        <v>1.08778</v>
       </c>
     </row>
     <row r="656" spans="1:5">
       <c r="A656" t="s">
         <v>653</v>
       </c>
       <c r="B656">
-        <v>1.11286</v>
+        <v>1.07977</v>
       </c>
       <c r="C656">
-        <v>1.11435</v>
+        <v>1.08207</v>
       </c>
       <c r="D656">
-        <v>1.11065</v>
+        <v>1.07935</v>
       </c>
       <c r="E656">
-        <v>1.11253</v>
+        <v>1.08178</v>
       </c>
     </row>
     <row r="657" spans="1:5">
       <c r="A657" t="s">
         <v>654</v>
       </c>
       <c r="B657">
-        <v>1.11998</v>
+        <v>1.08089</v>
       </c>
       <c r="C657">
-        <v>1.12278</v>
+        <v>1.08405</v>
       </c>
       <c r="D657">
-        <v>1.1117</v>
+        <v>1.07643</v>
       </c>
       <c r="E657">
-        <v>1.11282</v>
+        <v>1.08014</v>
       </c>
     </row>
     <row r="658" spans="1:5">
       <c r="A658" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="B658">
-        <v>1.11998</v>
+        <v>1.0863</v>
       </c>
       <c r="C658">
-        <v>1.12278</v>
+        <v>1.08752</v>
       </c>
       <c r="D658">
-        <v>1.1117</v>
+        <v>1.08036</v>
       </c>
       <c r="E658">
-        <v>1.11282</v>
+        <v>1.08091</v>
       </c>
     </row>
     <row r="659" spans="1:5">
       <c r="A659" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="B659">
-        <v>1.12259</v>
+        <v>1.08449</v>
       </c>
       <c r="C659">
-        <v>1.12387</v>
+        <v>1.08701</v>
       </c>
       <c r="D659">
-        <v>1.1173</v>
+        <v>1.08011</v>
       </c>
       <c r="E659">
-        <v>1.12012</v>
+        <v>1.08623</v>
       </c>
     </row>
     <row r="660" spans="1:5">
       <c r="A660" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="B660">
-        <v>1.12271</v>
+        <v>1.08946</v>
       </c>
       <c r="C660">
-        <v>1.12475</v>
+        <v>1.0929</v>
       </c>
       <c r="D660">
-        <v>1.12019</v>
+        <v>1.08315</v>
       </c>
       <c r="E660">
-        <v>1.12368</v>
+        <v>1.08445</v>
       </c>
     </row>
     <row r="661" spans="1:5">
       <c r="A661" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="B661">
-        <v>1.12237</v>
+        <v>1.08714</v>
       </c>
       <c r="C661">
-        <v>1.12436</v>
+        <v>1.09123</v>
       </c>
       <c r="D661">
-        <v>1.12028</v>
+        <v>1.08683</v>
       </c>
       <c r="E661">
-        <v>1.12247</v>
+        <v>1.08941</v>
       </c>
     </row>
     <row r="662" spans="1:5">
       <c r="A662" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="B662">
-        <v>1.11265</v>
+        <v>1.08704</v>
       </c>
       <c r="C662">
-        <v>1.2265</v>
+        <v>1.08924</v>
       </c>
       <c r="D662">
-        <v>1.11209</v>
+        <v>1.08435</v>
       </c>
       <c r="E662">
-        <v>1.12249</v>
+        <v>1.08713</v>
       </c>
     </row>
     <row r="663" spans="1:5">
       <c r="A663" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="B663">
-        <v>1.1007</v>
+        <v>1.08772</v>
       </c>
       <c r="C663">
-        <v>1.11389</v>
+        <v>1.09171</v>
       </c>
       <c r="D663">
-        <v>1.09973</v>
+        <v>1.0855</v>
       </c>
       <c r="E663">
-        <v>1.11302</v>
+        <v>1.08713</v>
       </c>
     </row>
     <row r="664" spans="1:5">
       <c r="A664" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="B664">
-        <v>1.09997</v>
+        <v>1.0905</v>
       </c>
       <c r="C664">
-        <v>1.10257</v>
+        <v>1.09332</v>
       </c>
       <c r="D664">
-        <v>1.09755</v>
+        <v>1.08701</v>
       </c>
       <c r="E664">
-        <v>1.0072</v>
+        <v>1.0878</v>
       </c>
     </row>
     <row r="665" spans="1:5">
       <c r="A665" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="B665">
-        <v>1.09614</v>
+        <v>1.09041</v>
       </c>
       <c r="C665">
-        <v>1.10001</v>
+        <v>1.0951</v>
       </c>
       <c r="D665">
-        <v>1.09421</v>
+        <v>1.08956</v>
       </c>
       <c r="E665">
-        <v>1.09999</v>
+        <v>1.09036</v>
       </c>
     </row>
     <row r="666" spans="1:5">
       <c r="A666" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="B666">
-        <v>1.08847</v>
+        <v>1.09428</v>
       </c>
       <c r="C666">
-        <v>1.09719</v>
+        <v>1.09588</v>
       </c>
       <c r="D666">
-        <v>1.08656</v>
+        <v>1.08733</v>
       </c>
       <c r="E666">
-        <v>1.09653</v>
+        <v>1.09053</v>
       </c>
     </row>
     <row r="667" spans="1:5">
       <c r="A667" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="B667">
-        <v>1.0853</v>
+        <v>1.09794</v>
       </c>
       <c r="C667">
-        <v>1.08992</v>
+        <v>1.10036</v>
       </c>
       <c r="D667">
-        <v>1.08319</v>
+        <v>1.09416</v>
       </c>
       <c r="E667">
-        <v>1.08908</v>
+        <v>1.09453</v>
       </c>
     </row>
     <row r="668" spans="1:5">
       <c r="A668" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="B668">
-        <v>1.08789</v>
+        <v>1.09729</v>
       </c>
       <c r="C668">
-        <v>1.09066</v>
+        <v>1.10636</v>
       </c>
       <c r="D668">
-        <v>1.08495</v>
+        <v>1.09651</v>
       </c>
       <c r="E668">
-        <v>1.08526</v>
+        <v>1.09795</v>
       </c>
     </row>
     <row r="669" spans="1:5">
       <c r="A669" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="B669">
-        <v>1.09102</v>
+        <v>1.09543</v>
       </c>
       <c r="C669">
-        <v>1.0915</v>
+        <v>1.0994</v>
       </c>
       <c r="D669">
-        <v>1.08753</v>
+        <v>1.09457</v>
       </c>
       <c r="E669">
-        <v>1.0878</v>
+        <v>1.09724</v>
       </c>
     </row>
     <row r="670" spans="1:5">
       <c r="A670" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="B670">
-        <v>1.09072</v>
+        <v>1.10013</v>
       </c>
       <c r="C670">
-        <v>1.09325</v>
+        <v>1.10099</v>
       </c>
       <c r="D670">
-        <v>1.08688</v>
+        <v>1.09276</v>
       </c>
       <c r="E670">
-        <v>1.09126</v>
+        <v>1.0955</v>
       </c>
     </row>
     <row r="671" spans="1:5">
       <c r="A671" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="B671">
-        <v>1.08671</v>
+        <v>1.10061</v>
       </c>
       <c r="C671">
-        <v>1.09304</v>
+        <v>1.10105</v>
       </c>
       <c r="D671">
-        <v>1.08339</v>
+        <v>1.09639</v>
       </c>
       <c r="E671">
-        <v>1.09116</v>
+        <v>1.10018</v>
       </c>
     </row>
     <row r="672" spans="1:5">
       <c r="A672" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="B672">
-        <v>1.09033</v>
+        <v>1.09481</v>
       </c>
       <c r="C672">
-        <v>1.09188</v>
+        <v>1.10405</v>
       </c>
       <c r="D672">
-        <v>1.08862</v>
+        <v>1.09335</v>
       </c>
       <c r="E672">
-        <v>1.0904</v>
+        <v>1.10062</v>
       </c>
     </row>
     <row r="673" spans="1:5">
       <c r="A673" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="B673">
-        <v>1.09547</v>
+        <v>1.09367</v>
       </c>
       <c r="C673">
-        <v>1.0958</v>
+        <v>1.09615</v>
       </c>
       <c r="D673">
-        <v>1.08431</v>
+        <v>1.09108</v>
       </c>
       <c r="E673">
-        <v>1.08895</v>
+        <v>1.0948</v>
       </c>
     </row>
     <row r="674" spans="1:5">
       <c r="A674" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="B674">
-        <v>1.09853</v>
+        <v>1.09811</v>
       </c>
       <c r="C674">
-        <v>1.1011</v>
+        <v>1.1017</v>
       </c>
       <c r="D674">
-        <v>1.09471</v>
+        <v>1.09166</v>
       </c>
       <c r="E674">
-        <v>1.09546</v>
+        <v>1.0937</v>
       </c>
     </row>
     <row r="675" spans="1:5">
       <c r="A675" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="B675">
-        <v>1.09165</v>
+        <v>1.09958</v>
       </c>
       <c r="C675">
-        <v>1.09894</v>
+        <v>1.10016</v>
       </c>
       <c r="D675">
-        <v>1.09043</v>
+        <v>1.09509</v>
       </c>
       <c r="E675">
-        <v>1.09851</v>
+        <v>1.09828</v>
       </c>
     </row>
     <row r="676" spans="1:5">
       <c r="A676" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="B676">
-        <v>1.09137</v>
+        <v>1.1025</v>
       </c>
       <c r="C676">
-        <v>1.09173</v>
+        <v>1.10444</v>
       </c>
       <c r="D676">
-        <v>1.09082</v>
+        <v>1.09921</v>
       </c>
       <c r="E676">
-        <v>1.09167</v>
+        <v>1.09957</v>
       </c>
     </row>
     <row r="677" spans="1:5">
       <c r="A677" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="B677">
-        <v>1.09388</v>
+        <v>1.09774</v>
       </c>
       <c r="C677">
-        <v>1.09448</v>
+        <v>1.10461</v>
       </c>
       <c r="D677">
-        <v>1.09057</v>
+        <v>1.09422</v>
       </c>
       <c r="E677">
-        <v>1.09202</v>
+        <v>1.10395</v>
       </c>
     </row>
     <row r="678" spans="1:5">
       <c r="A678" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="B678">
-        <v>1.09433</v>
+        <v>1.11286</v>
       </c>
       <c r="C678">
-        <v>1.09694</v>
+        <v>1.11435</v>
       </c>
       <c r="D678">
-        <v>1.09167</v>
+        <v>1.11065</v>
       </c>
       <c r="E678">
-        <v>1.09339</v>
+        <v>1.11253</v>
       </c>
     </row>
     <row r="679" spans="1:5">
       <c r="A679" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="B679">
-        <v>1.88279</v>
+        <v>1.10512</v>
       </c>
       <c r="C679">
-        <v>1.09513</v>
+        <v>1.11055</v>
       </c>
       <c r="D679">
-        <v>1.08023</v>
+        <v>1.10363</v>
       </c>
       <c r="E679">
-        <v>1.09443</v>
+        <v>1.10844</v>
       </c>
     </row>
     <row r="680" spans="1:5">
       <c r="A680" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="B680">
-        <v>1.07922</v>
+        <v>1.10633</v>
       </c>
       <c r="C680">
-        <v>1.08627</v>
+        <v>1.10857</v>
       </c>
       <c r="D680">
-        <v>1.07727</v>
+        <v>1.10194</v>
       </c>
       <c r="E680">
-        <v>1.08296</v>
+        <v>1.10542</v>
       </c>
     </row>
     <row r="681" spans="1:5">
       <c r="A681" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="B681">
-        <v>1.07545</v>
+        <v>1.11286</v>
       </c>
       <c r="C681">
-        <v>1.08222</v>
+        <v>1.11435</v>
       </c>
       <c r="D681">
-        <v>1.07484</v>
+        <v>1.11065</v>
       </c>
       <c r="E681">
-        <v>1.07917</v>
+        <v>1.11253</v>
       </c>
     </row>
     <row r="682" spans="1:5">
       <c r="A682" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="B682">
-        <v>1.07409</v>
+        <v>1.11286</v>
       </c>
       <c r="C682">
-        <v>1.07887</v>
+        <v>1.11435</v>
       </c>
       <c r="D682">
-        <v>1.07316</v>
+        <v>1.11065</v>
       </c>
       <c r="E682">
-        <v>1.07564</v>
+        <v>1.11253</v>
       </c>
     </row>
     <row r="683" spans="1:5">
       <c r="A683" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="B683">
-        <v>1.07813</v>
+        <v>1.11998</v>
       </c>
       <c r="C683">
-        <v>1.0784</v>
+        <v>1.12278</v>
       </c>
       <c r="D683">
-        <v>1.07415</v>
+        <v>1.1117</v>
       </c>
       <c r="E683">
-        <v>1.07428</v>
+        <v>1.11282</v>
       </c>
     </row>
     <row r="684" spans="1:5">
       <c r="A684" t="s">
         <v>680</v>
       </c>
       <c r="B684">
-        <v>1.0697</v>
+        <v>1.11998</v>
       </c>
       <c r="C684">
-        <v>1.070857</v>
+        <v>1.12278</v>
       </c>
       <c r="D684">
-        <v>1.06886</v>
+        <v>1.1117</v>
       </c>
       <c r="E684">
-        <v>1.07819</v>
+        <v>1.11282</v>
       </c>
     </row>
     <row r="685" spans="1:5">
       <c r="A685" t="s">
         <v>681</v>
       </c>
       <c r="B685">
-        <v>1.06913</v>
+        <v>1.12259</v>
       </c>
       <c r="C685">
-        <v>1.07383</v>
+        <v>1.12387</v>
       </c>
       <c r="D685">
-        <v>1.06668</v>
+        <v>1.1173</v>
       </c>
       <c r="E685">
-        <v>1.06977</v>
+        <v>1.12012</v>
       </c>
     </row>
     <row r="686" spans="1:5">
       <c r="A686" t="s">
         <v>682</v>
       </c>
       <c r="B686">
-        <v>1.07137</v>
+        <v>1.12271</v>
       </c>
       <c r="C686">
-        <v>1.07315</v>
+        <v>1.12475</v>
       </c>
       <c r="D686">
-        <v>1.06655</v>
+        <v>1.12019</v>
       </c>
       <c r="E686">
-        <v>1.0691</v>
+        <v>1.12368</v>
       </c>
     </row>
     <row r="687" spans="1:5">
       <c r="A687" t="s">
         <v>683</v>
       </c>
       <c r="B687">
-        <v>1.07078</v>
+        <v>1.12237</v>
       </c>
       <c r="C687">
-        <v>1.07452</v>
+        <v>1.12436</v>
       </c>
       <c r="D687">
-        <v>1.06711</v>
+        <v>1.12028</v>
       </c>
       <c r="E687">
-        <v>1.07326</v>
+        <v>1.12247</v>
       </c>
     </row>
     <row r="688" spans="1:5">
       <c r="A688" t="s">
         <v>684</v>
       </c>
       <c r="B688">
-        <v>1.07606</v>
+        <v>1.11265</v>
       </c>
       <c r="C688">
-        <v>1.07776</v>
+        <v>1.2265</v>
       </c>
       <c r="D688">
-        <v>1.07043</v>
+        <v>1.11209</v>
       </c>
       <c r="E688">
-        <v>1.07065</v>
+        <v>1.12249</v>
       </c>
     </row>
     <row r="689" spans="1:5">
       <c r="A689" t="s">
         <v>685</v>
       </c>
       <c r="B689">
-        <v>1.07078</v>
+        <v>1.1007</v>
       </c>
       <c r="C689">
-        <v>1.07452</v>
+        <v>1.11389</v>
       </c>
       <c r="D689">
-        <v>1.06711</v>
+        <v>1.09973</v>
       </c>
       <c r="E689">
-        <v>1.07326</v>
+        <v>1.11302</v>
       </c>
     </row>
     <row r="690" spans="1:5">
       <c r="A690" t="s">
         <v>686</v>
       </c>
       <c r="B690">
-        <v>1.07216</v>
+        <v>1.09997</v>
       </c>
       <c r="C690">
-        <v>1.07422</v>
+        <v>1.10257</v>
       </c>
       <c r="D690">
-        <v>1.07042</v>
+        <v>1.09755</v>
       </c>
       <c r="E690">
-        <v>1.07077</v>
+        <v>1.0072</v>
       </c>
     </row>
     <row r="691" spans="1:5">
       <c r="A691" t="s">
         <v>687</v>
       </c>
       <c r="B691">
-        <v>1.07234</v>
+        <v>1.09614</v>
       </c>
       <c r="C691">
-        <v>1.107574</v>
+        <v>1.10001</v>
       </c>
       <c r="D691">
-        <v>1.07003</v>
+        <v>1.09421</v>
       </c>
       <c r="E691">
-        <v>1.07284</v>
+        <v>1.09999</v>
       </c>
     </row>
     <row r="692" spans="1:5">
       <c r="A692" t="s">
         <v>688</v>
       </c>
       <c r="B692">
-        <v>1.07482</v>
+        <v>1.08847</v>
       </c>
       <c r="C692">
-        <v>1.07555</v>
+        <v>1.09719</v>
       </c>
       <c r="D692">
-        <v>1.07058</v>
+        <v>1.08656</v>
       </c>
       <c r="E692">
-        <v>1.07238</v>
+        <v>1.09653</v>
       </c>
     </row>
     <row r="693" spans="1:5">
       <c r="A693" t="s">
         <v>689</v>
       </c>
       <c r="B693">
-        <v>1.07685</v>
+        <v>1.0853</v>
       </c>
       <c r="C693">
-        <v>1.07998</v>
+        <v>1.08992</v>
       </c>
       <c r="D693">
-        <v>1.07467</v>
+        <v>1.08319</v>
       </c>
       <c r="E693">
-        <v>1.0748</v>
+        <v>1.08908</v>
       </c>
     </row>
     <row r="694" spans="1:5">
       <c r="A694" t="s">
         <v>690</v>
       </c>
       <c r="B694">
-        <v>1.08108</v>
+        <v>1.08789</v>
       </c>
       <c r="C694">
-        <v>1.08192</v>
+        <v>1.09066</v>
       </c>
       <c r="D694">
-        <v>1.07588</v>
+        <v>1.08495</v>
       </c>
       <c r="E694">
-        <v>1.07694</v>
+        <v>1.08526</v>
       </c>
     </row>
     <row r="695" spans="1:5">
       <c r="A695" t="s">
         <v>691</v>
       </c>
       <c r="B695">
-        <v>1.08197</v>
+        <v>1.09102</v>
       </c>
       <c r="C695">
-        <v>1.083</v>
+        <v>1.0915</v>
       </c>
       <c r="D695">
-        <v>1.0794</v>
+        <v>1.08753</v>
       </c>
       <c r="E695">
-        <v>1.0811</v>
+        <v>1.0878</v>
       </c>
     </row>
     <row r="696" spans="1:5">
       <c r="A696" t="s">
         <v>692</v>
       </c>
       <c r="B696">
-        <v>1.07692</v>
+        <v>1.09072</v>
       </c>
       <c r="C696">
-        <v>1.08274</v>
+        <v>1.09325</v>
       </c>
       <c r="D696">
-        <v>1.07585</v>
+        <v>1.08688</v>
       </c>
       <c r="E696">
-        <v>1.08048</v>
+        <v>1.09126</v>
       </c>
     </row>
     <row r="697" spans="1:5">
       <c r="A697" t="s">
         <v>693</v>
       </c>
       <c r="B697">
-        <v>1.08389</v>
+        <v>1.08671</v>
       </c>
       <c r="C697">
-        <v>1.08468</v>
+        <v>1.09304</v>
       </c>
       <c r="D697">
-        <v>1.07611</v>
+        <v>1.08339</v>
       </c>
       <c r="E697">
-        <v>1.07688</v>
+        <v>1.09116</v>
       </c>
     </row>
     <row r="698" spans="1:5">
       <c r="A698" t="s">
         <v>694</v>
       </c>
       <c r="B698">
-        <v>1.08724</v>
+        <v>1.09033</v>
       </c>
       <c r="C698">
-        <v>1.09028</v>
+        <v>1.09188</v>
       </c>
       <c r="D698">
-        <v>1.08535</v>
+        <v>1.08862</v>
       </c>
       <c r="E698">
-        <v>1.08614</v>
+        <v>1.0904</v>
       </c>
     </row>
     <row r="699" spans="1:5">
       <c r="A699" t="s">
         <v>695</v>
       </c>
       <c r="B699">
-        <v>1.08504</v>
+        <v>1.09547</v>
       </c>
       <c r="C699">
-        <v>1.25305</v>
+        <v>1.0958</v>
       </c>
       <c r="D699">
-        <v>1.08468</v>
+        <v>1.08431</v>
       </c>
       <c r="E699">
-        <v>1.08731</v>
+        <v>1.08895</v>
       </c>
     </row>
     <row r="700" spans="1:5">
       <c r="A700" t="s">
         <v>696</v>
       </c>
       <c r="B700">
-        <v>1.09147</v>
+        <v>1.09853</v>
       </c>
       <c r="C700">
-        <v>1.09342</v>
+        <v>1.1011</v>
       </c>
       <c r="D700">
-        <v>1.08471</v>
+        <v>1.09471</v>
       </c>
       <c r="E700">
-        <v>1.08505</v>
+        <v>1.09546</v>
       </c>
     </row>
     <row r="701" spans="1:5">
       <c r="A701" t="s">
         <v>697</v>
       </c>
       <c r="B701">
-        <v>1.0981</v>
+        <v>1.09165</v>
       </c>
       <c r="C701">
-        <v>1.09967</v>
+        <v>1.09894</v>
       </c>
       <c r="D701">
-        <v>1.08987</v>
+        <v>1.09043</v>
       </c>
       <c r="E701">
-        <v>1.09144</v>
+        <v>1.09851</v>
       </c>
     </row>
     <row r="702" spans="1:5">
       <c r="A702" t="s">
         <v>698</v>
       </c>
       <c r="B702">
-        <v>1.096</v>
+        <v>1.09137</v>
       </c>
       <c r="C702">
-        <v>1.10056</v>
+        <v>1.09173</v>
       </c>
       <c r="D702">
-        <v>1.094</v>
+        <v>1.09082</v>
       </c>
       <c r="E702">
-        <v>1.09811</v>
+        <v>1.09167</v>
       </c>
     </row>
     <row r="703" spans="1:5">
       <c r="A703" t="s">
         <v>699</v>
       </c>
       <c r="B703">
-        <v>1.10058</v>
+        <v>1.09388</v>
       </c>
       <c r="C703">
-        <v>1.10061</v>
+        <v>1.09448</v>
       </c>
       <c r="D703">
-        <v>1.09397</v>
+        <v>1.09057</v>
       </c>
       <c r="E703">
-        <v>1.09601</v>
+        <v>1.09202</v>
       </c>
     </row>
     <row r="704" spans="1:5">
       <c r="A704" t="s">
         <v>700</v>
       </c>
       <c r="B704">
-        <v>1.10164</v>
+        <v>1.09433</v>
       </c>
       <c r="C704">
-        <v>1.10522</v>
+        <v>1.09694</v>
       </c>
       <c r="D704">
-        <v>1.09987</v>
+        <v>1.09167</v>
       </c>
       <c r="E704">
-        <v>1.10037</v>
+        <v>1.09339</v>
       </c>
     </row>
     <row r="705" spans="1:5">
       <c r="A705" t="s">
         <v>701</v>
       </c>
       <c r="B705">
-        <v>1.10095</v>
+        <v>1.88279</v>
       </c>
       <c r="C705">
-        <v>1.10463</v>
+        <v>1.09513</v>
       </c>
       <c r="D705">
-        <v>1.09653</v>
+        <v>1.08023</v>
       </c>
       <c r="E705">
-        <v>1.10166</v>
+        <v>1.09443</v>
       </c>
     </row>
     <row r="706" spans="1:5">
       <c r="A706" t="s">
         <v>702</v>
       </c>
       <c r="B706">
-        <v>1.10601</v>
+        <v>1.07922</v>
       </c>
       <c r="C706">
-        <v>1.10902</v>
+        <v>1.08627</v>
       </c>
       <c r="D706">
-        <v>1.09848</v>
+        <v>1.07727</v>
       </c>
       <c r="E706">
-        <v>1.10113</v>
+        <v>1.08296</v>
       </c>
     </row>
     <row r="707" spans="1:5">
       <c r="A707" t="s">
         <v>703</v>
       </c>
       <c r="B707">
-        <v>1.09989</v>
+        <v>1.07545</v>
       </c>
       <c r="C707">
-        <v>1.10905</v>
+        <v>1.08222</v>
       </c>
       <c r="D707">
-        <v>1.09923</v>
+        <v>1.07484</v>
       </c>
       <c r="E707">
-        <v>1.10583</v>
+        <v>1.07917</v>
       </c>
     </row>
     <row r="708" spans="1:5">
       <c r="A708" t="s">
         <v>704</v>
       </c>
       <c r="B708">
-        <v>1.0973</v>
+        <v>1.07409</v>
       </c>
       <c r="C708">
-        <v>1.10065</v>
+        <v>1.07887</v>
       </c>
       <c r="D708">
-        <v>1.09408</v>
+        <v>1.07316</v>
       </c>
       <c r="E708">
-        <v>1.1</v>
+        <v>1.07564</v>
       </c>
     </row>
     <row r="709" spans="1:5">
       <c r="A709" t="s">
         <v>705</v>
       </c>
       <c r="B709">
-        <v>1.10111</v>
+        <v>1.07813</v>
       </c>
       <c r="C709">
-        <v>1.10342</v>
+        <v>1.0784</v>
       </c>
       <c r="D709">
-        <v>1.09628</v>
+        <v>1.07415</v>
       </c>
       <c r="E709">
-        <v>1.09749</v>
+        <v>1.07428</v>
       </c>
     </row>
     <row r="710" spans="1:5">
       <c r="A710" t="s">
         <v>706</v>
       </c>
       <c r="B710">
-        <v>1.10255</v>
+        <v>1.0697</v>
       </c>
       <c r="C710">
-        <v>1.10436</v>
+        <v>1.070857</v>
       </c>
       <c r="D710">
-        <v>1.0961</v>
+        <v>1.06886</v>
       </c>
       <c r="E710">
-        <v>1.1018</v>
+        <v>1.07819</v>
       </c>
     </row>
     <row r="711" spans="1:5">
       <c r="A711" t="s">
         <v>707</v>
       </c>
       <c r="B711">
-        <v>1.10399</v>
+        <v>1.06913</v>
       </c>
       <c r="C711">
-        <v>1.10621</v>
+        <v>1.07383</v>
       </c>
       <c r="D711">
-        <v>1.09907</v>
+        <v>1.06668</v>
       </c>
       <c r="E711">
-        <v>1.10276</v>
+        <v>1.06977</v>
       </c>
     </row>
     <row r="712" spans="1:5">
       <c r="A712" t="s">
         <v>708</v>
       </c>
       <c r="B712">
-        <v>1.09708</v>
+        <v>1.07137</v>
       </c>
       <c r="C712">
-        <v>1.10939</v>
+        <v>1.07315</v>
       </c>
       <c r="D712">
-        <v>1.09616</v>
+        <v>1.06655</v>
       </c>
       <c r="E712">
-        <v>1.10376</v>
+        <v>1.0691</v>
       </c>
     </row>
     <row r="713" spans="1:5">
       <c r="A713" t="s">
         <v>709</v>
       </c>
       <c r="B713">
-        <v>1.10444</v>
+        <v>1.07078</v>
       </c>
       <c r="C713">
-        <v>1.10657</v>
+        <v>1.07452</v>
       </c>
       <c r="D713">
-        <v>1.09627</v>
+        <v>1.06711</v>
       </c>
       <c r="E713">
-        <v>1.09725</v>
+        <v>1.07326</v>
       </c>
     </row>
     <row r="714" spans="1:5">
       <c r="A714" t="s">
         <v>710</v>
       </c>
       <c r="B714">
-        <v>1.09909</v>
+        <v>1.07606</v>
       </c>
       <c r="C714">
-        <v>1.10487</v>
+        <v>1.07776</v>
       </c>
       <c r="D714">
-        <v>1.09645</v>
+        <v>1.07043</v>
       </c>
       <c r="E714">
-        <v>1.1045</v>
+        <v>1.07065</v>
       </c>
     </row>
     <row r="715" spans="1:5">
       <c r="A715" t="s">
         <v>711</v>
       </c>
       <c r="B715">
-        <v>1.09614</v>
+        <v>1.07078</v>
       </c>
       <c r="C715">
-        <v>1.09923</v>
+        <v>1.07452</v>
       </c>
       <c r="D715">
-        <v>1.09366</v>
+        <v>1.06711</v>
       </c>
       <c r="E715">
-        <v>1.09889</v>
+        <v>1.07326</v>
       </c>
     </row>
     <row r="716" spans="1:5">
       <c r="A716" t="s">
         <v>712</v>
       </c>
       <c r="B716">
-        <v>1.09543</v>
+        <v>1.07216</v>
       </c>
       <c r="C716">
-        <v>1.09883</v>
+        <v>1.07422</v>
       </c>
       <c r="D716">
-        <v>1.0932</v>
+        <v>1.07042</v>
       </c>
       <c r="E716">
-        <v>1.09692</v>
+        <v>1.07077</v>
       </c>
     </row>
     <row r="717" spans="1:5">
       <c r="A717" t="s">
         <v>713</v>
       </c>
       <c r="B717">
-        <v>1.09705</v>
+        <v>1.07234</v>
       </c>
       <c r="C717">
-        <v>1.09826</v>
+        <v>1.107574</v>
       </c>
       <c r="D717">
-        <v>1.09159</v>
+        <v>1.07003</v>
       </c>
       <c r="E717">
-        <v>1.09546</v>
+        <v>1.07284</v>
       </c>
     </row>
     <row r="718" spans="1:5">
       <c r="A718" t="s">
         <v>714</v>
       </c>
       <c r="B718">
-        <v>1.09236</v>
+        <v>1.07482</v>
       </c>
       <c r="C718">
-        <v>1.09815</v>
+        <v>1.07555</v>
       </c>
       <c r="D718">
-        <v>1.09209</v>
+        <v>1.07058</v>
       </c>
       <c r="E718">
-        <v>1.09721</v>
+        <v>1.07238</v>
       </c>
     </row>
     <row r="719" spans="1:5">
       <c r="A719" t="s">
         <v>715</v>
       </c>
       <c r="B719">
-        <v>1.09866</v>
+        <v>1.07685</v>
       </c>
       <c r="C719">
-        <v>1.09984</v>
+        <v>1.07998</v>
       </c>
       <c r="D719">
-        <v>1.09077</v>
+        <v>1.07467</v>
       </c>
       <c r="E719">
-        <v>1.09237</v>
+        <v>1.0748</v>
       </c>
     </row>
     <row r="720" spans="1:5">
       <c r="A720" t="s">
         <v>716</v>
       </c>
       <c r="B720">
-        <v>1.1045</v>
+        <v>1.08108</v>
       </c>
       <c r="C720">
-        <v>1.0744</v>
+        <v>1.08192</v>
       </c>
       <c r="D720">
-        <v>1.09708</v>
+        <v>1.07588</v>
       </c>
       <c r="E720">
-        <v>1.0995</v>
+        <v>1.07694</v>
       </c>
     </row>
     <row r="721" spans="1:5">
       <c r="A721" t="s">
         <v>717</v>
       </c>
       <c r="B721">
-        <v>1.09904</v>
+        <v>1.08197</v>
       </c>
       <c r="C721">
-        <v>1.16662</v>
+        <v>1.083</v>
       </c>
       <c r="D721">
-        <v>1.0</v>
+        <v>1.0794</v>
       </c>
       <c r="E721">
-        <v>1.10451</v>
+        <v>1.0811</v>
       </c>
     </row>
     <row r="722" spans="1:5">
       <c r="A722" t="s">
         <v>718</v>
       </c>
       <c r="B722">
-        <v>1.09106</v>
+        <v>1.07692</v>
       </c>
       <c r="C722">
-        <v>1.09989</v>
+        <v>1.08274</v>
       </c>
       <c r="D722">
-        <v>1.09029</v>
+        <v>1.07585</v>
       </c>
       <c r="E722">
-        <v>1.09905</v>
+        <v>1.08048</v>
       </c>
     </row>
     <row r="723" spans="1:5">
       <c r="A723" t="s">
         <v>719</v>
       </c>
       <c r="B723">
-        <v>1.08594</v>
+        <v>1.08389</v>
       </c>
       <c r="C723">
-        <v>1.09266</v>
+        <v>1.08468</v>
       </c>
       <c r="D723">
-        <v>1.08505</v>
+        <v>1.07611</v>
       </c>
       <c r="E723">
-        <v>1.09105</v>
+        <v>1.07688</v>
       </c>
     </row>
     <row r="724" spans="1:5">
       <c r="A724" t="s">
         <v>720</v>
       </c>
       <c r="B724">
-        <v>1.09069</v>
+        <v>1.08724</v>
       </c>
       <c r="C724">
-        <v>1.09158</v>
+        <v>1.09028</v>
       </c>
       <c r="D724">
-        <v>1.083</v>
+        <v>1.08535</v>
       </c>
       <c r="E724">
-        <v>1.08591</v>
+        <v>1.08614</v>
       </c>
     </row>
     <row r="725" spans="1:5">
       <c r="A725" t="s">
         <v>721</v>
       </c>
       <c r="B725">
-        <v>1.09143</v>
+        <v>1.08504</v>
       </c>
       <c r="C725">
-        <v>1.09227</v>
+        <v>1.25305</v>
       </c>
       <c r="D725">
-        <v>1.0875</v>
+        <v>1.08468</v>
       </c>
       <c r="E725">
-        <v>1.09046</v>
+        <v>1.08731</v>
       </c>
     </row>
     <row r="726" spans="1:5">
       <c r="A726" t="s">
         <v>722</v>
       </c>
       <c r="B726">
-        <v>1.09442</v>
+        <v>1.09147</v>
       </c>
       <c r="C726">
-        <v>1.09682</v>
+        <v>1.09342</v>
       </c>
       <c r="D726">
-        <v>1.08895</v>
+        <v>1.08471</v>
       </c>
       <c r="E726">
-        <v>1.09028</v>
+        <v>1.08505</v>
       </c>
     </row>
     <row r="727" spans="1:5">
       <c r="A727" t="s">
         <v>723</v>
       </c>
       <c r="B727">
-        <v>1.0895</v>
+        <v>1.0981</v>
       </c>
       <c r="C727">
-        <v>1.09719</v>
+        <v>1.09967</v>
       </c>
       <c r="D727">
-        <v>1.08815</v>
+        <v>1.08987</v>
       </c>
       <c r="E727">
-        <v>1.09453</v>
+        <v>1.09144</v>
       </c>
     </row>
     <row r="728" spans="1:5">
       <c r="A728" t="s">
         <v>724</v>
       </c>
       <c r="B728">
-        <v>1.08279</v>
+        <v>1.096</v>
       </c>
       <c r="C728">
-        <v>1.09154</v>
+        <v>1.10056</v>
       </c>
       <c r="D728">
-        <v>1.07868</v>
+        <v>1.094</v>
       </c>
       <c r="E728">
-        <v>1.08952</v>
+        <v>1.09811</v>
       </c>
     </row>
     <row r="729" spans="1:5">
       <c r="A729" t="s">
         <v>725</v>
       </c>
       <c r="B729">
-        <v>1.09041</v>
+        <v>1.10058</v>
       </c>
       <c r="C729">
-        <v>1.09243</v>
+        <v>1.10061</v>
       </c>
       <c r="D729">
-        <v>1.08416</v>
+        <v>1.09397</v>
       </c>
       <c r="E729">
-        <v>1.08441</v>
+        <v>1.09601</v>
       </c>
     </row>
     <row r="730" spans="1:5">
       <c r="A730" t="s">
         <v>726</v>
       </c>
       <c r="B730">
-        <v>1.08427</v>
+        <v>1.10164</v>
       </c>
       <c r="C730">
-        <v>1.0925</v>
+        <v>1.10522</v>
       </c>
       <c r="D730">
-        <v>1.08222</v>
+        <v>1.09987</v>
       </c>
       <c r="E730">
-        <v>1.09039</v>
+        <v>1.10037</v>
       </c>
     </row>
     <row r="731" spans="1:5">
       <c r="A731" t="s">
         <v>727</v>
       </c>
       <c r="B731">
-        <v>1.08433</v>
+        <v>1.10095</v>
       </c>
       <c r="C731">
-        <v>1.08698</v>
+        <v>1.10463</v>
       </c>
       <c r="D731">
-        <v>1.08164</v>
+        <v>1.09653</v>
       </c>
       <c r="E731">
-        <v>1.08426</v>
+        <v>1.10166</v>
       </c>
     </row>
     <row r="732" spans="1:5">
       <c r="A732" t="s">
         <v>728</v>
       </c>
       <c r="B732">
-        <v>1.07961</v>
+        <v>1.10601</v>
       </c>
       <c r="C732">
-        <v>1.08472</v>
+        <v>1.10902</v>
       </c>
       <c r="D732">
-        <v>1.07878</v>
+        <v>1.09848</v>
       </c>
       <c r="E732">
-        <v>1.08434</v>
+        <v>1.10113</v>
       </c>
     </row>
     <row r="733" spans="1:5">
       <c r="A733" t="s">
         <v>729</v>
       </c>
       <c r="B733">
-        <v>1.07759</v>
+        <v>1.09989</v>
       </c>
       <c r="C733">
-        <v>1.07986</v>
+        <v>1.10905</v>
       </c>
       <c r="D733">
-        <v>1.07435</v>
+        <v>1.09923</v>
       </c>
       <c r="E733">
-        <v>1.07963</v>
+        <v>1.10583</v>
       </c>
     </row>
     <row r="734" spans="1:5">
       <c r="A734" t="s">
         <v>730</v>
       </c>
       <c r="B734">
-        <v>1.08287</v>
+        <v>1.0973</v>
       </c>
       <c r="C734">
-        <v>1.08375</v>
+        <v>1.10065</v>
       </c>
       <c r="D734">
-        <v>1.07119</v>
+        <v>1.09408</v>
       </c>
       <c r="E734">
-        <v>1.07574</v>
+        <v>1.1</v>
       </c>
     </row>
     <row r="735" spans="1:5">
       <c r="A735" t="s">
         <v>731</v>
       </c>
       <c r="B735">
-        <v>1.08542</v>
+        <v>1.10111</v>
       </c>
       <c r="C735">
-        <v>1.09284</v>
+        <v>1.10342</v>
       </c>
       <c r="D735">
-        <v>1.08228</v>
+        <v>1.09628</v>
       </c>
       <c r="E735">
-        <v>1.08307</v>
+        <v>1.09749</v>
       </c>
     </row>
     <row r="736" spans="1:5">
       <c r="A736" t="s">
         <v>732</v>
       </c>
       <c r="B736">
-        <v>1.08542</v>
+        <v>1.10255</v>
       </c>
       <c r="C736">
-        <v>1.09284</v>
+        <v>1.10436</v>
       </c>
       <c r="D736">
-        <v>1.08228</v>
+        <v>1.0961</v>
       </c>
       <c r="E736">
-        <v>1.08307</v>
+        <v>1.1018</v>
       </c>
     </row>
     <row r="737" spans="1:5">
       <c r="A737" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="B737">
-        <v>1.08542</v>
+        <v>1.10399</v>
       </c>
       <c r="C737">
-        <v>1.09284</v>
+        <v>1.10621</v>
       </c>
       <c r="D737">
-        <v>1.08228</v>
+        <v>1.09907</v>
       </c>
       <c r="E737">
-        <v>1.08307</v>
+        <v>1.10276</v>
       </c>
     </row>
     <row r="738" spans="1:5">
       <c r="A738" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="B738">
-        <v>1.06752</v>
+        <v>1.09708</v>
       </c>
       <c r="C738">
-        <v>1.07294</v>
+        <v>1.10939</v>
       </c>
       <c r="D738">
-        <v>1.063</v>
+        <v>1.09616</v>
       </c>
       <c r="E738">
-        <v>1.07189</v>
+        <v>1.10376</v>
       </c>
     </row>
     <row r="739" spans="1:5">
       <c r="A739" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="B739">
-        <v>1.06092</v>
+        <v>1.10444</v>
       </c>
       <c r="C739">
-        <v>1.06839</v>
+        <v>1.10657</v>
       </c>
       <c r="D739">
-        <v>1.06018</v>
+        <v>1.09627</v>
       </c>
       <c r="E739">
-        <v>1.06596</v>
+        <v>1.09725</v>
       </c>
     </row>
     <row r="740" spans="1:5">
       <c r="A740" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="B740">
-        <v>1.05757</v>
+        <v>1.09909</v>
       </c>
       <c r="C740">
-        <v>1.06342</v>
+        <v>1.10487</v>
       </c>
       <c r="D740">
-        <v>1.05496</v>
+        <v>1.09645</v>
       </c>
       <c r="E740">
-        <v>1.05496</v>
+        <v>1.1045</v>
       </c>
     </row>
     <row r="741" spans="1:5">
       <c r="A741" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="B741">
-        <v>1.07316</v>
+        <v>1.09614</v>
       </c>
       <c r="C741">
-        <v>1.07584</v>
+        <v>1.09923</v>
       </c>
       <c r="D741">
-        <v>1.05148</v>
+        <v>1.09366</v>
       </c>
       <c r="E741">
-        <v>1.05759</v>
+        <v>1.09889</v>
       </c>
     </row>
     <row r="742" spans="1:5">
       <c r="A742" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="B742">
-        <v>1.07298</v>
+        <v>1.09543</v>
       </c>
       <c r="C742">
-        <v>1.07484</v>
+        <v>1.09883</v>
       </c>
       <c r="D742">
-        <v>1.06775</v>
+        <v>1.0932</v>
       </c>
       <c r="E742">
-        <v>1.07315</v>
+        <v>1.09692</v>
       </c>
     </row>
     <row r="743" spans="1:5">
       <c r="A743" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="B743">
-        <v>1.06898</v>
+        <v>1.09705</v>
       </c>
       <c r="C743">
-        <v>1.07473</v>
+        <v>1.09826</v>
       </c>
       <c r="D743">
-        <v>1.06489</v>
+        <v>1.09159</v>
       </c>
       <c r="E743">
-        <v>1.07299</v>
+        <v>1.09546</v>
       </c>
     </row>
     <row r="744" spans="1:5">
       <c r="A744" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="B744">
-        <v>1.05792</v>
+        <v>1.09236</v>
       </c>
       <c r="C744">
-        <v>1.06992</v>
+        <v>1.09815</v>
       </c>
       <c r="D744">
-        <v>1.05712</v>
+        <v>1.09209</v>
       </c>
       <c r="E744">
-        <v>1.06356</v>
+        <v>1.09721</v>
       </c>
     </row>
     <row r="745" spans="1:5">
       <c r="A745" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="B745">
-        <v>1.04544</v>
+        <v>1.09866</v>
       </c>
       <c r="C745">
-        <v>1.05331</v>
+        <v>1.09984</v>
       </c>
       <c r="D745">
-        <v>1.05331</v>
+        <v>1.09077</v>
       </c>
       <c r="E745">
-        <v>1.05795</v>
+        <v>1.09237</v>
       </c>
     </row>
     <row r="746" spans="1:5">
       <c r="A746" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="B746">
-        <v>1.05479</v>
+        <v>1.1045</v>
       </c>
       <c r="C746">
-        <v>1.05725</v>
+        <v>1.0744</v>
       </c>
       <c r="D746">
-        <v>1.0523</v>
+        <v>1.09708</v>
       </c>
       <c r="E746">
-        <v>1.05439</v>
+        <v>1.0995</v>
       </c>
     </row>
     <row r="747" spans="1:5">
       <c r="A747" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="B747">
-        <v>1.06796</v>
+        <v>1.09904</v>
       </c>
       <c r="C747">
-        <v>1.0693</v>
+        <v>1.16662</v>
       </c>
       <c r="D747">
-        <v>1.05447</v>
+        <v>1.0</v>
       </c>
       <c r="E747">
-        <v>1.05478</v>
+        <v>1.10451</v>
       </c>
     </row>
     <row r="748" spans="1:5">
       <c r="A748" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="B748">
-        <v>1.06225</v>
+        <v>1.09106</v>
       </c>
       <c r="C748">
-        <v>1.0693</v>
+        <v>1.09989</v>
       </c>
       <c r="D748">
-        <v>1.06209</v>
+        <v>1.09029</v>
       </c>
       <c r="E748">
-        <v>1.06797</v>
+        <v>1.09905</v>
       </c>
     </row>
     <row r="749" spans="1:5">
       <c r="A749" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="B749">
-        <v>1.05944</v>
+        <v>1.08594</v>
       </c>
       <c r="C749">
-        <v>1.06372</v>
+        <v>1.09266</v>
       </c>
       <c r="D749">
-        <v>1.05869</v>
+        <v>1.08505</v>
       </c>
       <c r="E749">
-        <v>1.06337</v>
+        <v>1.09105</v>
       </c>
     </row>
     <row r="750" spans="1:5">
       <c r="A750" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="B750">
-        <v>1.06656</v>
+        <v>1.09069</v>
       </c>
       <c r="C750">
-        <v>1.06715</v>
+        <v>1.09158</v>
       </c>
       <c r="D750">
-        <v>1.05752</v>
+        <v>1.083</v>
       </c>
       <c r="E750">
-        <v>1.05956</v>
+        <v>1.08591</v>
       </c>
     </row>
     <row r="751" spans="1:5">
       <c r="A751" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="B751">
-        <v>1.05749</v>
+        <v>1.09143</v>
       </c>
       <c r="C751">
-        <v>1.069</v>
+        <v>1.09227</v>
       </c>
       <c r="D751">
-        <v>1.0564</v>
+        <v>1.0875</v>
       </c>
       <c r="E751">
-        <v>1.06664</v>
+        <v>1.09046</v>
       </c>
     </row>
     <row r="752" spans="1:5">
       <c r="A752" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="B752">
-        <v>1.06089</v>
+        <v>1.09442</v>
       </c>
       <c r="C752">
-        <v>1.06438</v>
+        <v>1.09682</v>
       </c>
       <c r="D752">
-        <v>1.05727</v>
+        <v>1.08895</v>
       </c>
       <c r="E752">
-        <v>1.05748</v>
+        <v>1.09028</v>
       </c>
     </row>
     <row r="753" spans="1:5">
       <c r="A753" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="B753">
-        <v>1.05517</v>
+        <v>1.0895</v>
       </c>
       <c r="C753">
-        <v>1.06186</v>
+        <v>1.09719</v>
       </c>
       <c r="D753">
-        <v>1.05316</v>
+        <v>1.08815</v>
       </c>
       <c r="E753">
-        <v>1.06082</v>
+        <v>1.09453</v>
       </c>
     </row>
     <row r="754" spans="1:5">
       <c r="A754" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="B754">
-        <v>1.05966</v>
+        <v>1.08279</v>
       </c>
       <c r="C754">
-        <v>1.06131</v>
+        <v>1.09154</v>
       </c>
       <c r="D754">
-        <v>1.05347</v>
+        <v>1.07868</v>
       </c>
       <c r="E754">
-        <v>1.05456</v>
+        <v>1.08952</v>
       </c>
     </row>
     <row r="755" spans="1:5">
       <c r="A755" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="B755">
-        <v>1.06029</v>
+        <v>1.09041</v>
       </c>
       <c r="C755">
-        <v>1.06263</v>
+        <v>1.09243</v>
       </c>
       <c r="D755">
-        <v>1.05757</v>
+        <v>1.08416</v>
       </c>
       <c r="E755">
-        <v>1.0596</v>
+        <v>1.08441</v>
       </c>
     </row>
     <row r="756" spans="1:5">
       <c r="A756" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="B756">
-        <v>1.06461</v>
+        <v>1.08427</v>
       </c>
       <c r="C756">
-        <v>1.06627</v>
+        <v>1.0925</v>
       </c>
       <c r="D756">
-        <v>1.05978</v>
+        <v>1.08222</v>
       </c>
       <c r="E756">
-        <v>1.20417</v>
+        <v>1.09039</v>
       </c>
     </row>
     <row r="757" spans="1:5">
       <c r="A757" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="B757">
-        <v>1.06843</v>
+        <v>1.08433</v>
       </c>
       <c r="C757">
-        <v>1.06967</v>
+        <v>1.08698</v>
       </c>
       <c r="D757">
-        <v>1.06361</v>
+        <v>1.08164</v>
       </c>
       <c r="E757">
-        <v>1.06466</v>
+        <v>1.08426</v>
       </c>
     </row>
     <row r="758" spans="1:5">
       <c r="A758" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="B758">
-        <v>1.06853</v>
+        <v>1.07961</v>
       </c>
       <c r="C758">
-        <v>1.07033</v>
+        <v>1.08472</v>
       </c>
       <c r="D758">
-        <v>1.0669</v>
+        <v>1.07878</v>
       </c>
       <c r="E758">
-        <v>1.06842</v>
+        <v>1.08434</v>
       </c>
     </row>
     <row r="759" spans="1:5">
       <c r="A759" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="B759">
-        <v>1.06725</v>
+        <v>1.07759</v>
       </c>
       <c r="C759">
-        <v>1.20449</v>
+        <v>1.07986</v>
       </c>
       <c r="D759">
-        <v>1.19106</v>
+        <v>1.07435</v>
       </c>
       <c r="E759">
-        <v>1.06932</v>
+        <v>1.07963</v>
       </c>
     </row>
     <row r="760" spans="1:5">
       <c r="A760" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="B760">
-        <v>1.07205</v>
+        <v>1.08287</v>
       </c>
       <c r="C760">
-        <v>1.08032</v>
+        <v>1.08375</v>
       </c>
       <c r="D760">
-        <v>1.07054</v>
+        <v>1.07119</v>
       </c>
       <c r="E760">
-        <v>1.07361</v>
+        <v>1.07574</v>
       </c>
     </row>
     <row r="761" spans="1:5">
       <c r="A761" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="B761">
-        <v>1.0742</v>
+        <v>1.08542</v>
       </c>
       <c r="C761">
-        <v>1.07286</v>
+        <v>1.09284</v>
       </c>
       <c r="D761">
-        <v>1.06541</v>
+        <v>1.08228</v>
       </c>
       <c r="E761">
-        <v>1.07206</v>
+        <v>1.08307</v>
       </c>
     </row>
     <row r="762" spans="1:5">
       <c r="A762" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="B762">
-        <v>1.07365</v>
+        <v>1.08542</v>
       </c>
       <c r="C762">
-        <v>1.07515</v>
+        <v>1.09284</v>
       </c>
       <c r="D762">
-        <v>1.06649</v>
+        <v>1.08228</v>
       </c>
       <c r="E762">
-        <v>1.06778</v>
+        <v>1.08307</v>
       </c>
     </row>
     <row r="763" spans="1:5">
       <c r="A763" t="s">
         <v>758</v>
       </c>
       <c r="B763">
-        <v>1.07106</v>
+        <v>1.08542</v>
       </c>
       <c r="C763">
-        <v>1.07895</v>
+        <v>1.09284</v>
       </c>
       <c r="D763">
-        <v>1.07026</v>
+        <v>1.08228</v>
       </c>
       <c r="E763">
-        <v>1.07355</v>
+        <v>1.08307</v>
       </c>
     </row>
     <row r="764" spans="1:5">
       <c r="A764" t="s">
         <v>759</v>
       </c>
       <c r="B764">
-        <v>1.07241</v>
+        <v>1.06752</v>
       </c>
       <c r="C764">
-        <v>1.07595</v>
+        <v>1.07294</v>
       </c>
       <c r="D764">
-        <v>1.07081</v>
+        <v>1.063</v>
       </c>
       <c r="E764">
-        <v>1.07109</v>
+        <v>1.07189</v>
       </c>
     </row>
     <row r="765" spans="1:5">
       <c r="A765" t="s">
         <v>760</v>
       </c>
       <c r="B765">
-        <v>1.0726</v>
+        <v>1.06092</v>
       </c>
       <c r="C765">
-        <v>1.07652</v>
+        <v>1.06839</v>
       </c>
       <c r="D765">
-        <v>1.06679</v>
+        <v>1.06018</v>
       </c>
       <c r="E765">
-        <v>1.07243</v>
+        <v>1.06596</v>
       </c>
     </row>
     <row r="766" spans="1:5">
       <c r="A766" t="s">
         <v>761</v>
       </c>
       <c r="B766">
-        <v>1.07927</v>
+        <v>1.05757</v>
       </c>
       <c r="C766">
-        <v>1.07975</v>
+        <v>1.06342</v>
       </c>
       <c r="D766">
-        <v>1.07081</v>
+        <v>1.05496</v>
       </c>
       <c r="E766">
-        <v>1.07247</v>
+        <v>1.05496</v>
       </c>
     </row>
     <row r="767" spans="1:5">
       <c r="A767" t="s">
         <v>762</v>
       </c>
       <c r="B767">
-        <v>1.09079</v>
+        <v>1.07316</v>
       </c>
       <c r="C767">
-        <v>1.09387</v>
+        <v>1.07584</v>
       </c>
       <c r="D767">
-        <v>1.07918</v>
+        <v>1.05148</v>
       </c>
       <c r="E767">
-        <v>1.0792</v>
+        <v>1.05759</v>
       </c>
     </row>
     <row r="768" spans="1:5">
       <c r="A768" t="s">
         <v>763</v>
       </c>
       <c r="B768">
-        <v>1.09894</v>
+        <v>1.07298</v>
       </c>
       <c r="C768">
-        <v>1.10317</v>
+        <v>1.07484</v>
       </c>
       <c r="D768">
-        <v>1.08843</v>
+        <v>1.06775</v>
       </c>
       <c r="E768">
-        <v>1.09085</v>
+        <v>1.07315</v>
       </c>
     </row>
     <row r="769" spans="1:5">
       <c r="A769" t="s">
         <v>764</v>
       </c>
       <c r="B769">
-        <v>1.08622</v>
+        <v>1.06898</v>
       </c>
       <c r="C769">
-        <v>1.09998</v>
+        <v>1.07473</v>
       </c>
       <c r="D769">
-        <v>1.08509</v>
+        <v>1.06489</v>
       </c>
       <c r="E769">
-        <v>1.09893</v>
+        <v>1.07299</v>
       </c>
     </row>
     <row r="770" spans="1:5">
       <c r="A770" t="s">
         <v>765</v>
       </c>
       <c r="B770">
-        <v>1.02598</v>
+        <v>1.05792</v>
       </c>
       <c r="C770">
-        <v>1.0267</v>
+        <v>1.06992</v>
       </c>
       <c r="D770">
-        <v>1.01531</v>
+        <v>1.05712</v>
       </c>
       <c r="E770">
-        <v>1.01612</v>
+        <v>1.06356</v>
       </c>
     </row>
     <row r="771" spans="1:5">
       <c r="A771" t="s">
         <v>766</v>
       </c>
       <c r="B771">
-        <v>1.08513</v>
+        <v>1.04544</v>
       </c>
       <c r="C771">
-        <v>1.08735</v>
+        <v>1.05331</v>
       </c>
       <c r="D771">
-        <v>1.8007</v>
+        <v>1.05331</v>
       </c>
       <c r="E771">
-        <v>1.8619</v>
+        <v>1.05795</v>
       </c>
     </row>
     <row r="772" spans="1:5">
       <c r="A772" t="s">
         <v>767</v>
       </c>
       <c r="B772">
-        <v>1.089006</v>
+        <v>1.05479</v>
       </c>
       <c r="C772">
-        <v>1.08989</v>
+        <v>1.05725</v>
       </c>
       <c r="D772">
-        <v>1.08365</v>
+        <v>1.0523</v>
       </c>
       <c r="E772">
-        <v>1.08639</v>
+        <v>1.05439</v>
       </c>
     </row>
     <row r="773" spans="1:5">
       <c r="A773" t="s">
         <v>768</v>
       </c>
       <c r="B773">
-        <v>1.08708</v>
+        <v>1.06796</v>
       </c>
       <c r="C773">
-        <v>1.08965</v>
+        <v>1.0693</v>
       </c>
       <c r="D773">
-        <v>1.08338</v>
+        <v>1.05447</v>
       </c>
       <c r="E773">
-        <v>1.08856</v>
+        <v>1.05478</v>
       </c>
     </row>
     <row r="774" spans="1:5">
       <c r="A774" t="s">
         <v>769</v>
       </c>
       <c r="B774">
-        <v>1.08658</v>
+        <v>1.06225</v>
       </c>
       <c r="C774">
-        <v>1.09255</v>
+        <v>1.0693</v>
       </c>
       <c r="D774">
-        <v>1.08449</v>
+        <v>1.06209</v>
       </c>
       <c r="E774">
-        <v>1.08705</v>
+        <v>1.06797</v>
       </c>
     </row>
     <row r="775" spans="1:5">
       <c r="A775" t="s">
         <v>770</v>
       </c>
       <c r="B775">
-        <v>1.08325</v>
+        <v>1.05944</v>
       </c>
       <c r="C775">
-        <v>1.08577</v>
+        <v>1.06372</v>
       </c>
       <c r="D775">
-        <v>1.08009</v>
+        <v>1.05869</v>
       </c>
       <c r="E775">
-        <v>1.08548</v>
+        <v>1.06337</v>
       </c>
     </row>
     <row r="776" spans="1:5">
       <c r="A776" t="s">
         <v>771</v>
       </c>
       <c r="B776">
-        <v>1.07846</v>
+        <v>1.06656</v>
       </c>
       <c r="C776">
-        <v>1.08385</v>
+        <v>1.06715</v>
       </c>
       <c r="D776">
-        <v>1.0781</v>
+        <v>1.05752</v>
       </c>
       <c r="E776">
-        <v>1.08326</v>
+        <v>1.05956</v>
       </c>
     </row>
     <row r="777" spans="1:5">
       <c r="A777" t="s">
         <v>772</v>
       </c>
       <c r="B777">
-        <v>1.07863</v>
+        <v>1.05749</v>
       </c>
       <c r="C777">
-        <v>1.08702</v>
+        <v>1.069</v>
       </c>
       <c r="D777">
-        <v>1.0765</v>
+        <v>1.0564</v>
       </c>
       <c r="E777">
-        <v>1.08608</v>
+        <v>1.06664</v>
       </c>
     </row>
     <row r="778" spans="1:5">
       <c r="A778" t="s">
         <v>773</v>
       </c>
       <c r="B778">
-        <v>1.08214</v>
+        <v>1.06089</v>
       </c>
       <c r="C778">
-        <v>1.0868</v>
+        <v>1.06438</v>
       </c>
       <c r="D778">
-        <v>1.07729</v>
+        <v>1.05727</v>
       </c>
       <c r="E778">
-        <v>1.07866</v>
+        <v>1.05748</v>
       </c>
     </row>
     <row r="779" spans="1:5">
       <c r="A779" t="s">
         <v>774</v>
       </c>
       <c r="B779">
-        <v>1.08329</v>
+        <v>1.05517</v>
       </c>
       <c r="C779">
-        <v>1.08727</v>
+        <v>1.06186</v>
       </c>
       <c r="D779">
-        <v>1.08001</v>
+        <v>1.05316</v>
       </c>
       <c r="E779">
-        <v>1.08218</v>
+        <v>1.06082</v>
       </c>
     </row>
     <row r="780" spans="1:5">
       <c r="A780" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="B780">
-        <v>1.08329</v>
+        <v>1.05966</v>
       </c>
       <c r="C780">
-        <v>1.08727</v>
+        <v>1.06131</v>
       </c>
       <c r="D780">
-        <v>1.08001</v>
+        <v>1.05347</v>
       </c>
       <c r="E780">
-        <v>1.08218</v>
+        <v>1.05456</v>
       </c>
     </row>
     <row r="781" spans="1:5">
       <c r="A781" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="B781">
-        <v>1.08329</v>
+        <v>1.06029</v>
       </c>
       <c r="C781">
-        <v>1.08727</v>
+        <v>1.06263</v>
       </c>
       <c r="D781">
-        <v>1.08001</v>
+        <v>1.05757</v>
       </c>
       <c r="E781">
-        <v>1.08218</v>
+        <v>1.0596</v>
       </c>
     </row>
     <row r="782" spans="1:5">
       <c r="A782" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="B782">
-        <v>1.08528</v>
+        <v>1.06461</v>
       </c>
       <c r="C782">
-        <v>1.08666</v>
+        <v>1.06627</v>
       </c>
       <c r="D782">
-        <v>1.07791</v>
+        <v>1.05978</v>
       </c>
       <c r="E782">
-        <v>1.08306</v>
+        <v>1.20417</v>
       </c>
     </row>
     <row r="783" spans="1:5">
       <c r="A783" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="B783">
-        <v>1.07563</v>
+        <v>1.06843</v>
       </c>
       <c r="C783">
-        <v>1.08657</v>
+        <v>1.06967</v>
       </c>
       <c r="D783">
-        <v>1.07292</v>
+        <v>1.06361</v>
       </c>
       <c r="E783">
-        <v>1.08529</v>
+        <v>1.06466</v>
       </c>
     </row>
     <row r="784" spans="1:5">
       <c r="A784" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="B784">
-        <v>1.07325</v>
+        <v>1.06853</v>
       </c>
       <c r="C784">
-        <v>1.07749</v>
+        <v>1.07033</v>
       </c>
       <c r="D784">
-        <v>1.07243</v>
+        <v>1.0669</v>
       </c>
       <c r="E784">
-        <v>1.07561</v>
+        <v>1.06842</v>
       </c>
     </row>
     <row r="785" spans="1:5">
       <c r="A785" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="B785">
-        <v>1.07305</v>
+        <v>1.06725</v>
       </c>
       <c r="C785">
-        <v>1.07579</v>
+        <v>1.20449</v>
       </c>
       <c r="D785">
-        <v>1.07107</v>
+        <v>1.19106</v>
       </c>
       <c r="E785">
-        <v>1.07323</v>
+        <v>1.06932</v>
       </c>
     </row>
     <row r="786" spans="1:5">
       <c r="A786" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="B786">
-        <v>1.06552</v>
+        <v>1.07205</v>
       </c>
       <c r="C786">
-        <v>1.07593</v>
+        <v>1.08032</v>
       </c>
       <c r="D786">
-        <v>1.06503</v>
+        <v>1.07054</v>
       </c>
       <c r="E786">
-        <v>1.07292</v>
+        <v>1.07361</v>
       </c>
     </row>
     <row r="787" spans="1:5">
       <c r="A787" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="B787">
-        <v>1.05199</v>
+        <v>1.0742</v>
       </c>
       <c r="C787">
-        <v>1.06466</v>
+        <v>1.07286</v>
       </c>
       <c r="D787">
-        <v>1.04817</v>
+        <v>1.06541</v>
       </c>
       <c r="E787">
-        <v>1.06444</v>
+        <v>1.07206</v>
       </c>
     </row>
     <row r="788" spans="1:5">
       <c r="A788" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="B788">
-        <v>1.06031</v>
+        <v>1.07365</v>
       </c>
       <c r="C788">
-        <v>1.0301</v>
+        <v>1.07515</v>
       </c>
       <c r="D788">
-        <v>1.05136</v>
+        <v>1.06649</v>
       </c>
       <c r="E788">
-        <v>1.05202</v>
+        <v>1.06778</v>
       </c>
     </row>
     <row r="789" spans="1:5">
       <c r="A789" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="B789">
-        <v>1.05459</v>
+        <v>1.07106</v>
       </c>
       <c r="C789">
-        <v>1.06338</v>
+        <v>1.07895</v>
       </c>
       <c r="D789">
-        <v>1.05385</v>
+        <v>1.07026</v>
       </c>
       <c r="E789">
-        <v>1.06029</v>
+        <v>1.07355</v>
       </c>
     </row>
     <row r="790" spans="1:5">
       <c r="A790" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="B790">
-        <v>1.06663</v>
+        <v>1.07241</v>
       </c>
       <c r="C790">
-        <v>1.0682</v>
+        <v>1.07595</v>
       </c>
       <c r="D790">
-        <v>1.05182</v>
+        <v>1.07081</v>
       </c>
       <c r="E790">
-        <v>1.05463</v>
+        <v>1.07109</v>
       </c>
     </row>
     <row r="791" spans="1:5">
       <c r="A791" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="B791">
-        <v>1.06983</v>
+        <v>1.0726</v>
       </c>
       <c r="C791">
-        <v>1.0708</v>
+        <v>1.07652</v>
       </c>
       <c r="D791">
-        <v>1.06492</v>
+        <v>1.06679</v>
       </c>
       <c r="E791">
-        <v>1.06676</v>
+        <v>1.07243</v>
       </c>
     </row>
     <row r="792" spans="1:5">
       <c r="A792" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="B792">
-        <v>1.06599</v>
+        <v>1.07927</v>
       </c>
       <c r="C792">
-        <v>1.07119</v>
+        <v>1.07975</v>
       </c>
       <c r="D792">
-        <v>1.0637</v>
+        <v>1.07081</v>
       </c>
       <c r="E792">
-        <v>1.07026</v>
+        <v>1.07247</v>
       </c>
     </row>
     <row r="793" spans="1:5">
       <c r="A793" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="B793">
-        <v>1.06112</v>
+        <v>1.09079</v>
       </c>
       <c r="C793">
-        <v>1.06891</v>
+        <v>1.09387</v>
       </c>
       <c r="D793">
-        <v>1.06078</v>
+        <v>1.07918</v>
       </c>
       <c r="E793">
-        <v>1.06597</v>
+        <v>1.0792</v>
       </c>
     </row>
     <row r="794" spans="1:5">
       <c r="A794" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="B794">
-        <v>1.06383</v>
+        <v>1.09894</v>
       </c>
       <c r="C794">
-        <v>1.06729</v>
+        <v>1.10317</v>
       </c>
       <c r="D794">
-        <v>1.06053</v>
+        <v>1.08843</v>
       </c>
       <c r="E794">
-        <v>1.06111</v>
+        <v>1.09085</v>
       </c>
     </row>
     <row r="795" spans="1:5">
       <c r="A795" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="B795">
-        <v>1.06346</v>
+        <v>1.08622</v>
       </c>
       <c r="C795">
-        <v>1.06686</v>
+        <v>1.09998</v>
       </c>
       <c r="D795">
-        <v>1.06102</v>
+        <v>1.08509</v>
       </c>
       <c r="E795">
-        <v>1.06382</v>
+        <v>1.09893</v>
       </c>
     </row>
     <row r="796" spans="1:5">
       <c r="A796" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="B796">
-        <v>1.05948</v>
+        <v>1.02598</v>
       </c>
       <c r="C796">
-        <v>1.06315</v>
+        <v>1.0267</v>
       </c>
       <c r="D796">
-        <v>1.05853</v>
+        <v>1.01531</v>
       </c>
       <c r="E796">
-        <v>1.06152</v>
+        <v>1.01612</v>
       </c>
     </row>
     <row r="797" spans="1:5">
       <c r="A797" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="B797">
-        <v>1.06029</v>
+        <v>1.08513</v>
       </c>
       <c r="C797">
-        <v>1.06579</v>
+        <v>1.08735</v>
       </c>
       <c r="D797">
-        <v>1.05719</v>
+        <v>1.8007</v>
       </c>
       <c r="E797">
-        <v>1.05947</v>
+        <v>1.8619</v>
       </c>
     </row>
     <row r="798" spans="1:5">
       <c r="A798" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="B798">
-        <v>1.06243</v>
+        <v>1.089006</v>
       </c>
       <c r="C798">
-        <v>1.0644</v>
+        <v>1.08989</v>
       </c>
       <c r="D798">
-        <v>1.05889</v>
+        <v>1.08365</v>
       </c>
       <c r="E798">
-        <v>1.06031</v>
+        <v>1.08639</v>
       </c>
     </row>
     <row r="799" spans="1:5">
       <c r="A799" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="B799">
-        <v>1.06057</v>
+        <v>1.08708</v>
       </c>
       <c r="C799">
-        <v>1.06571</v>
+        <v>1.08965</v>
       </c>
       <c r="D799">
-        <v>1.05776</v>
+        <v>1.08338</v>
       </c>
       <c r="E799">
-        <v>1.06235</v>
+        <v>1.08856</v>
       </c>
     </row>
     <row r="800" spans="1:5">
       <c r="A800" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="B800">
-        <v>1.06262</v>
+        <v>1.08658</v>
       </c>
       <c r="C800">
-        <v>1.06617</v>
+        <v>1.09255</v>
       </c>
       <c r="D800">
-        <v>1.05906</v>
+        <v>1.08449</v>
       </c>
       <c r="E800">
-        <v>1.0591</v>
+        <v>1.08705</v>
       </c>
     </row>
     <row r="801" spans="1:5">
       <c r="A801" t="s">
-        <v>793</v>
+        <v>796</v>
       </c>
       <c r="B801">
-        <v>1.05877</v>
+        <v>1.08325</v>
       </c>
       <c r="C801">
-        <v>1.06567</v>
+        <v>1.08577</v>
       </c>
       <c r="D801">
-        <v>1.05744</v>
+        <v>1.08009</v>
       </c>
       <c r="E801">
-        <v>1.06056</v>
+        <v>1.08548</v>
       </c>
     </row>
     <row r="802" spans="1:5">
       <c r="A802" t="s">
-        <v>794</v>
+        <v>797</v>
       </c>
       <c r="B802">
-        <v>1.06262</v>
+        <v>1.07846</v>
       </c>
       <c r="C802">
-        <v>1.06617</v>
+        <v>1.08385</v>
       </c>
       <c r="D802">
-        <v>1.05906</v>
+        <v>1.0781</v>
       </c>
       <c r="E802">
-        <v>1.0591</v>
+        <v>1.08326</v>
       </c>
     </row>
     <row r="803" spans="1:5">
       <c r="A803" t="s">
-        <v>795</v>
+        <v>798</v>
       </c>
       <c r="B803">
-        <v>1.06311</v>
+        <v>1.07863</v>
       </c>
       <c r="C803">
-        <v>1.06937</v>
+        <v>1.08702</v>
       </c>
       <c r="D803">
-        <v>1.06177</v>
+        <v>1.0765</v>
       </c>
       <c r="E803">
-        <v>1.06809</v>
+        <v>1.08608</v>
       </c>
     </row>
     <row r="804" spans="1:5">
       <c r="A804" t="s">
-        <v>795</v>
+        <v>799</v>
       </c>
       <c r="B804">
-        <v>1.06808</v>
+        <v>1.08214</v>
       </c>
       <c r="C804">
-        <v>1.07352</v>
+        <v>1.0868</v>
       </c>
       <c r="D804">
-        <v>1.0591</v>
+        <v>1.07729</v>
       </c>
       <c r="E804">
-        <v>1.06265</v>
+        <v>1.07866</v>
       </c>
     </row>
     <row r="805" spans="1:5">
       <c r="A805" t="s">
-        <v>796</v>
+        <v>800</v>
       </c>
       <c r="B805">
-        <v>1.05319</v>
+        <v>1.08329</v>
       </c>
       <c r="C805">
-        <v>1.0672</v>
+        <v>1.08727</v>
       </c>
       <c r="D805">
-        <v>1.2244</v>
+        <v>1.08001</v>
       </c>
       <c r="E805">
-        <v>1.2363</v>
+        <v>1.08218</v>
       </c>
     </row>
     <row r="806" spans="1:5">
       <c r="A806" t="s">
-        <v>796</v>
+        <v>800</v>
       </c>
       <c r="B806">
-        <v>1.06311</v>
+        <v>1.08329</v>
       </c>
       <c r="C806">
-        <v>1.06937</v>
+        <v>1.08727</v>
       </c>
       <c r="D806">
-        <v>1.06177</v>
+        <v>1.08001</v>
       </c>
       <c r="E806">
-        <v>1.06809</v>
+        <v>1.08218</v>
       </c>
     </row>
     <row r="807" spans="1:5">
       <c r="A807" t="s">
-        <v>797</v>
+        <v>800</v>
       </c>
       <c r="B807">
-        <v>1.05319</v>
+        <v>1.08329</v>
       </c>
       <c r="C807">
-        <v>1.0672</v>
+        <v>1.08727</v>
       </c>
       <c r="D807">
-        <v>1.2244</v>
+        <v>1.08001</v>
       </c>
       <c r="E807">
-        <v>1.2363</v>
+        <v>1.08218</v>
       </c>
     </row>
     <row r="808" spans="1:5">
       <c r="A808" t="s">
-        <v>798</v>
+        <v>801</v>
       </c>
       <c r="B808">
-        <v>1.05249</v>
+        <v>1.08528</v>
       </c>
       <c r="C808">
-        <v>1.05787</v>
+        <v>1.08666</v>
       </c>
       <c r="D808">
-        <v>1.05046</v>
+        <v>1.07791</v>
       </c>
       <c r="E808">
-        <v>1.05323</v>
+        <v>1.08306</v>
       </c>
     </row>
     <row r="809" spans="1:5">
       <c r="A809" t="s">
-        <v>799</v>
+        <v>802</v>
       </c>
       <c r="B809">
-        <v>0.99621</v>
+        <v>1.07563</v>
       </c>
       <c r="C809">
-        <v>0.99467</v>
+        <v>1.08657</v>
       </c>
       <c r="D809">
-        <v>0.99252</v>
+        <v>1.07292</v>
       </c>
       <c r="E809">
-        <v>0.99646</v>
+        <v>1.08529</v>
       </c>
     </row>
     <row r="810" spans="1:5">
       <c r="A810" t="s">
-        <v>800</v>
+        <v>803</v>
       </c>
       <c r="B810">
-        <v>1.00742</v>
+        <v>1.07325</v>
       </c>
       <c r="C810">
-        <v>1.00923</v>
+        <v>1.07749</v>
       </c>
       <c r="D810">
-        <v>0.99562</v>
+        <v>1.07243</v>
       </c>
       <c r="E810">
-        <v>0.99632</v>
+        <v>1.07561</v>
       </c>
     </row>
     <row r="811" spans="1:5">
       <c r="A811" t="s">
-        <v>801</v>
+        <v>804</v>
       </c>
       <c r="B811">
-        <v>0.97016</v>
+        <v>1.07305</v>
       </c>
       <c r="C811">
-        <v>0.97732</v>
+        <v>1.07579</v>
       </c>
       <c r="D811">
-        <v>0.96687</v>
+        <v>1.07107</v>
       </c>
       <c r="E811">
-        <v>0.96687</v>
+        <v>1.07323</v>
       </c>
     </row>
     <row r="812" spans="1:5">
       <c r="A812" t="s">
-        <v>802</v>
+        <v>805</v>
       </c>
       <c r="B812">
-        <v>0.97317</v>
+        <v>1.06552</v>
       </c>
       <c r="C812">
-        <v>0.9752</v>
+        <v>1.07593</v>
       </c>
       <c r="D812">
-        <v>0.96802</v>
+        <v>1.06503</v>
       </c>
       <c r="E812">
-        <v>0.97021</v>
+        <v>1.07292</v>
       </c>
     </row>
     <row r="813" spans="1:5">
       <c r="A813" t="s">
-        <v>803</v>
+        <v>806</v>
       </c>
       <c r="B813">
-        <v>0.97317</v>
+        <v>1.05199</v>
       </c>
       <c r="C813">
-        <v>0.9752</v>
+        <v>1.06466</v>
       </c>
       <c r="D813">
-        <v>0.96802</v>
+        <v>1.04817</v>
       </c>
       <c r="E813">
-        <v>0.97021</v>
+        <v>1.06444</v>
       </c>
     </row>
     <row r="814" spans="1:5">
       <c r="A814" t="s">
-        <v>804</v>
+        <v>807</v>
       </c>
       <c r="B814">
-        <v>0.98776</v>
+        <v>1.06031</v>
       </c>
       <c r="C814">
-        <v>0.9925</v>
+        <v>1.0301</v>
       </c>
       <c r="D814">
-        <v>0.97868</v>
+        <v>1.05136</v>
       </c>
       <c r="E814">
-        <v>0.97899</v>
+        <v>1.05202</v>
       </c>
     </row>
     <row r="815" spans="1:5">
       <c r="A815" t="s">
-        <v>805</v>
+        <v>808</v>
       </c>
       <c r="B815">
-        <v>0.99833</v>
+        <v>1.05459</v>
       </c>
       <c r="C815">
-        <v>0.99936</v>
+        <v>1.06338</v>
       </c>
       <c r="D815">
-        <v>0.98334</v>
+        <v>1.05385</v>
       </c>
       <c r="E815">
-        <v>0.98841</v>
+        <v>1.06029</v>
       </c>
     </row>
     <row r="816" spans="1:5">
       <c r="A816" t="s">
-        <v>806</v>
+        <v>809</v>
       </c>
       <c r="B816">
-        <v>0.86736</v>
+        <v>1.06663</v>
       </c>
       <c r="C816">
-        <v>0.99982</v>
+        <v>1.0682</v>
       </c>
       <c r="D816">
-        <v>0.98048</v>
+        <v>1.05182</v>
       </c>
       <c r="E816">
-        <v>0.99849</v>
+        <v>1.05463</v>
       </c>
     </row>
     <row r="817" spans="1:5">
       <c r="A817" t="s">
-        <v>807</v>
+        <v>810</v>
       </c>
       <c r="B817">
-        <v>0.98006</v>
+        <v>1.06983</v>
       </c>
       <c r="C817">
-        <v>0.98432</v>
+        <v>1.0708</v>
       </c>
       <c r="D817">
-        <v>0.97513</v>
+        <v>1.06492</v>
       </c>
       <c r="E817">
-        <v>0.98232</v>
+        <v>1.06676</v>
       </c>
     </row>
     <row r="818" spans="1:5">
       <c r="A818" t="s">
-        <v>808</v>
+        <v>811</v>
       </c>
       <c r="B818">
-        <v>0.98181</v>
+        <v>1.06599</v>
       </c>
       <c r="C818">
-        <v>0.98525</v>
+        <v>1.07119</v>
       </c>
       <c r="D818">
-        <v>0.97331</v>
+        <v>1.0637</v>
       </c>
       <c r="E818">
-        <v>0.97995</v>
+        <v>1.07026</v>
       </c>
     </row>
     <row r="819" spans="1:5">
       <c r="A819" t="s">
-        <v>809</v>
+        <v>812</v>
       </c>
       <c r="B819">
-        <v>0.9733</v>
+        <v>1.06112</v>
       </c>
       <c r="C819">
-        <v>0.9814</v>
+        <v>1.06891</v>
       </c>
       <c r="D819">
-        <v>0.9814</v>
+        <v>1.06078</v>
       </c>
       <c r="E819">
-        <v>0.98116</v>
+        <v>1.06597</v>
       </c>
     </row>
     <row r="820" spans="1:5">
       <c r="A820" t="s">
-        <v>810</v>
+        <v>813</v>
       </c>
       <c r="B820">
-        <v>0.95873</v>
+        <v>1.06383</v>
       </c>
       <c r="C820">
-        <v>0.97495</v>
+        <v>1.06729</v>
       </c>
       <c r="D820">
-        <v>0.88512</v>
+        <v>1.06053</v>
       </c>
       <c r="E820">
-        <v>0.97354</v>
+        <v>1.06111</v>
       </c>
     </row>
     <row r="821" spans="1:5">
       <c r="A821" t="s">
-        <v>811</v>
+        <v>814</v>
       </c>
       <c r="B821">
-        <v>0.96067</v>
+        <v>1.06346</v>
       </c>
       <c r="C821">
-        <v>0.96694</v>
+        <v>1.06686</v>
       </c>
       <c r="D821">
-        <v>0.95678</v>
+        <v>1.06102</v>
       </c>
       <c r="E821">
-        <v>0.95923</v>
+        <v>1.06382</v>
       </c>
     </row>
     <row r="822" spans="1:5">
       <c r="A822" t="s">
-        <v>812</v>
+        <v>815</v>
       </c>
       <c r="B822">
-        <v>0.97001</v>
+        <v>1.05948</v>
       </c>
       <c r="C822">
-        <v>0.97001</v>
+        <v>1.06315</v>
       </c>
       <c r="D822">
-        <v>0.95515</v>
+        <v>1.05853</v>
       </c>
       <c r="E822">
-        <v>0.607</v>
+        <v>1.06152</v>
       </c>
     </row>
     <row r="823" spans="1:5">
       <c r="A823" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="B823">
-        <v>0.98361</v>
+        <v>1.06029</v>
       </c>
       <c r="C823">
-        <v>0.98506</v>
+        <v>1.06579</v>
       </c>
       <c r="D823">
-        <v>0.96668</v>
+        <v>1.05719</v>
       </c>
       <c r="E823">
-        <v>0.96894</v>
+        <v>1.05947</v>
       </c>
     </row>
     <row r="824" spans="1:5">
       <c r="A824" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="B824">
-        <v>0.98358</v>
+        <v>1.06243</v>
       </c>
       <c r="C824">
-        <v>0.9906</v>
+        <v>1.0644</v>
       </c>
       <c r="D824">
-        <v>0.98063</v>
+        <v>1.05889</v>
       </c>
       <c r="E824">
-        <v>0.98327</v>
+        <v>1.06031</v>
       </c>
     </row>
     <row r="825" spans="1:5">
       <c r="A825" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="B825">
-        <v>0.99725</v>
+        <v>1.06057</v>
       </c>
       <c r="C825">
-        <v>0.99738</v>
+        <v>1.06571</v>
       </c>
       <c r="D825">
-        <v>0.98116</v>
+        <v>1.05776</v>
       </c>
       <c r="E825">
-        <v>0.98357</v>
+        <v>1.06235</v>
       </c>
     </row>
     <row r="826" spans="1:5">
       <c r="A826" t="s">
-        <v>816</v>
+        <v>819</v>
       </c>
       <c r="B826">
-        <v>1.00203</v>
+        <v>1.06262</v>
       </c>
       <c r="C826">
-        <v>1.00492</v>
+        <v>1.06617</v>
       </c>
       <c r="D826">
-        <v>0.99538</v>
+        <v>1.05906</v>
       </c>
       <c r="E826">
-        <v>0.99685</v>
+        <v>1.0591</v>
       </c>
     </row>
     <row r="827" spans="1:5">
       <c r="A827" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="B827">
-        <v>1.00105</v>
+        <v>1.05877</v>
       </c>
       <c r="C827">
-        <v>1.00279</v>
+        <v>1.06567</v>
       </c>
       <c r="D827">
-        <v>0.99646</v>
+        <v>1.05744</v>
       </c>
       <c r="E827">
-        <v>1.00235</v>
+        <v>1.06056</v>
       </c>
     </row>
     <row r="828" spans="1:5">
       <c r="A828" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="B828">
-        <v>0.99987</v>
+        <v>1.06262</v>
       </c>
       <c r="C828">
-        <v>100351</v>
+        <v>1.06617</v>
       </c>
       <c r="D828">
-        <v>0.099437</v>
+        <v>1.05906</v>
       </c>
       <c r="E828">
-        <v>1.00118</v>
+        <v>1.0591</v>
       </c>
     </row>
     <row r="829" spans="1:5">
       <c r="A829" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="B829">
-        <v>0.9974</v>
+        <v>1.06311</v>
       </c>
       <c r="C829">
-        <v>1.00164</v>
+        <v>1.06937</v>
       </c>
       <c r="D829">
-        <v>0.99542</v>
+        <v>1.06177</v>
       </c>
       <c r="E829">
-        <v>0.99958</v>
+        <v>1.06809</v>
       </c>
     </row>
     <row r="830" spans="1:5">
       <c r="A830" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="B830">
-        <v>0.99653</v>
+        <v>1.06808</v>
       </c>
       <c r="C830">
-        <v>1.00223</v>
+        <v>1.07352</v>
       </c>
       <c r="D830">
-        <v>0.99543</v>
+        <v>1.0591</v>
       </c>
       <c r="E830">
-        <v>0.99782</v>
+        <v>1.06265</v>
       </c>
     </row>
     <row r="831" spans="1:5">
       <c r="A831" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="B831">
-        <v>0.99653</v>
+        <v>1.05319</v>
       </c>
       <c r="C831">
-        <v>1.00223</v>
+        <v>1.0672</v>
       </c>
       <c r="D831">
-        <v>0.99543</v>
+        <v>1.2244</v>
       </c>
       <c r="E831">
-        <v>0.99782</v>
+        <v>1.2363</v>
       </c>
     </row>
     <row r="832" spans="1:5">
       <c r="A832" t="s">
         <v>822</v>
       </c>
       <c r="B832">
-        <v>1.00666</v>
+        <v>1.06311</v>
       </c>
       <c r="C832">
-        <v>1.01964</v>
+        <v>1.06937</v>
       </c>
       <c r="D832">
-        <v>1.00609</v>
+        <v>1.06177</v>
       </c>
       <c r="E832">
-        <v>1.01203</v>
+        <v>1.06809</v>
       </c>
     </row>
     <row r="833" spans="1:5">
       <c r="A833" t="s">
         <v>823</v>
       </c>
       <c r="B833">
-        <v>0.99935</v>
+        <v>1.05319</v>
       </c>
       <c r="C833">
-        <v>1.0112</v>
+        <v>1.0672</v>
       </c>
       <c r="D833">
-        <v>0.99933</v>
+        <v>1.2244</v>
       </c>
       <c r="E833">
-        <v>1.00442</v>
+        <v>1.2363</v>
       </c>
     </row>
     <row r="834" spans="1:5">
       <c r="A834" t="s">
         <v>824</v>
       </c>
       <c r="B834">
-        <v>1.00071</v>
+        <v>1.05249</v>
       </c>
       <c r="C834">
-        <v>1.00284</v>
+        <v>1.05787</v>
       </c>
       <c r="D834">
-        <v>0.99293</v>
+        <v>1.05046</v>
       </c>
       <c r="E834">
-        <v>0.99969</v>
+        <v>1.05323</v>
       </c>
     </row>
     <row r="835" spans="1:5">
       <c r="A835" t="s">
         <v>825</v>
       </c>
       <c r="B835">
-        <v>0.99055</v>
+        <v>0.99621</v>
       </c>
       <c r="C835">
-        <v>1.00095</v>
+        <v>0.99467</v>
       </c>
       <c r="D835">
-        <v>0.98741</v>
+        <v>0.99252</v>
       </c>
       <c r="E835">
-        <v>1.00053</v>
+        <v>0.99646</v>
       </c>
     </row>
     <row r="836" spans="1:5">
       <c r="A836" t="s">
         <v>826</v>
       </c>
       <c r="B836">
-        <v>0.99274</v>
+        <v>1.00742</v>
       </c>
       <c r="C836">
-        <v>0.99849</v>
+        <v>1.00923</v>
       </c>
       <c r="D836">
-        <v>0.98625</v>
+        <v>0.99562</v>
       </c>
       <c r="E836">
-        <v>0.990151</v>
+        <v>0.99632</v>
       </c>
     </row>
     <row r="837" spans="1:5">
       <c r="A837" t="s">
         <v>827</v>
       </c>
       <c r="B837">
-        <v>0.9908</v>
+        <v>0.97016</v>
       </c>
       <c r="C837">
-        <v>0.99427</v>
+        <v>0.97732</v>
       </c>
       <c r="D837">
-        <v>0.98705</v>
+        <v>0.96687</v>
       </c>
       <c r="E837">
-        <v>0.99306</v>
+        <v>0.96687</v>
       </c>
     </row>
     <row r="838" spans="1:5">
       <c r="A838" t="s">
         <v>828</v>
       </c>
       <c r="B838">
-        <v>0.99424</v>
+        <v>0.97317</v>
       </c>
       <c r="C838">
-        <v>1.00322</v>
+        <v>0.9752</v>
       </c>
       <c r="D838">
-        <v>0.99411</v>
+        <v>0.96802</v>
       </c>
       <c r="E838">
-        <v>0.99521</v>
+        <v>0.97021</v>
       </c>
     </row>
     <row r="839" spans="1:5">
       <c r="A839" t="s">
         <v>829</v>
       </c>
       <c r="B839">
-        <v>1.00134</v>
+        <v>0.97317</v>
       </c>
       <c r="C839">
-        <v>1.00777</v>
+        <v>0.9752</v>
       </c>
       <c r="D839">
-        <v>0.99699</v>
+        <v>0.96802</v>
       </c>
       <c r="E839">
-        <v>1.00514</v>
+        <v>0.97021</v>
       </c>
     </row>
     <row r="840" spans="1:5">
       <c r="A840" t="s">
         <v>830</v>
       </c>
       <c r="B840">
-        <v>0.99965</v>
+        <v>0.98776</v>
       </c>
       <c r="C840">
-        <v>1.00535</v>
+        <v>0.9925</v>
       </c>
       <c r="D840">
-        <v>0.99807</v>
+        <v>0.97868</v>
       </c>
       <c r="E840">
-        <v>1.00141</v>
+        <v>0.97899</v>
       </c>
     </row>
     <row r="841" spans="1:5">
       <c r="A841" t="s">
         <v>831</v>
       </c>
       <c r="B841">
-        <v>0.99521</v>
+        <v>0.99833</v>
       </c>
       <c r="C841">
-        <v>1.00277</v>
+        <v>0.99936</v>
       </c>
       <c r="D841">
-        <v>0.99127</v>
+        <v>0.98334</v>
       </c>
       <c r="E841">
-        <v>0.99966</v>
+        <v>0.98841</v>
       </c>
     </row>
     <row r="842" spans="1:5">
       <c r="A842" t="s">
         <v>832</v>
       </c>
       <c r="B842">
-        <v>0.99738</v>
+        <v>0.86736</v>
       </c>
       <c r="C842">
-        <v>1.00888</v>
+        <v>0.99982</v>
       </c>
       <c r="D842">
-        <v>0.99451</v>
+        <v>0.98048</v>
       </c>
       <c r="E842">
-        <v>0.9964</v>
+        <v>0.99849</v>
       </c>
     </row>
     <row r="843" spans="1:5">
       <c r="A843" t="s">
         <v>833</v>
       </c>
       <c r="B843">
-        <v>0.99662</v>
+        <v>0.98006</v>
       </c>
       <c r="C843">
-        <v>1.00322</v>
+        <v>0.98432</v>
       </c>
       <c r="D843">
-        <v>0.99477</v>
+        <v>0.97513</v>
       </c>
       <c r="E843">
-        <v>0.99731</v>
+        <v>0.98232</v>
       </c>
     </row>
     <row r="844" spans="1:5">
       <c r="A844" t="s">
         <v>834</v>
       </c>
       <c r="B844">
-        <v>0.99695</v>
+        <v>0.98181</v>
       </c>
       <c r="C844">
-        <v>0.99979</v>
+        <v>0.98525</v>
       </c>
       <c r="D844">
-        <v>0.99087</v>
+        <v>0.97331</v>
       </c>
       <c r="E844">
-        <v>0.99671</v>
+        <v>0.97995</v>
       </c>
     </row>
     <row r="845" spans="1:5">
       <c r="A845" t="s">
         <v>835</v>
       </c>
       <c r="B845">
-        <v>0.99418</v>
+        <v>0.9733</v>
       </c>
       <c r="C845">
-        <v>1.00618</v>
+        <v>0.9814</v>
       </c>
       <c r="D845">
-        <v>0.98988</v>
+        <v>0.9814</v>
       </c>
       <c r="E845">
-        <v>0.99665</v>
+        <v>0.98116</v>
       </c>
     </row>
     <row r="846" spans="1:5">
       <c r="A846" t="s">
         <v>836</v>
       </c>
       <c r="B846">
-        <v>1.00888</v>
+        <v>0.95873</v>
       </c>
       <c r="C846">
-        <v>1.00942</v>
+        <v>0.97495</v>
       </c>
       <c r="D846">
-        <v>1.00306</v>
+        <v>0.88512</v>
       </c>
       <c r="E846">
-        <v>1.00392</v>
+        <v>0.97354</v>
       </c>
     </row>
     <row r="847" spans="1:5">
       <c r="A847" t="s">
         <v>837</v>
       </c>
       <c r="B847">
-        <v>1.00888</v>
+        <v>0.96067</v>
       </c>
       <c r="C847">
-        <v>1.00942</v>
+        <v>0.96694</v>
       </c>
       <c r="D847">
-        <v>1.00306</v>
+        <v>0.95678</v>
       </c>
       <c r="E847">
-        <v>1.00392</v>
+        <v>0.95923</v>
       </c>
     </row>
     <row r="848" spans="1:5">
       <c r="A848" t="s">
         <v>838</v>
       </c>
       <c r="B848">
-        <v>137.462</v>
+        <v>0.97001</v>
       </c>
       <c r="C848">
-        <v>137.636</v>
+        <v>0.97001</v>
       </c>
       <c r="D848">
-        <v>136.538</v>
+        <v>0.95515</v>
       </c>
       <c r="E848">
-        <v>137.502</v>
+        <v>0.607</v>
       </c>
     </row>
     <row r="849" spans="1:5">
       <c r="A849" t="s">
         <v>839</v>
       </c>
       <c r="B849">
-        <v>135.47</v>
+        <v>0.98361</v>
       </c>
       <c r="C849">
-        <v>162.716</v>
+        <v>0.98506</v>
       </c>
       <c r="D849">
-        <v>160.058</v>
+        <v>0.96668</v>
       </c>
       <c r="E849">
-        <v>162.341</v>
+        <v>0.96894</v>
       </c>
     </row>
     <row r="850" spans="1:5">
       <c r="A850" t="s">
         <v>840</v>
       </c>
       <c r="B850">
-        <v>1.02598</v>
+        <v>0.98358</v>
       </c>
       <c r="C850">
-        <v>1.0267</v>
+        <v>0.9906</v>
       </c>
       <c r="D850">
-        <v>1.01531</v>
+        <v>0.98063</v>
       </c>
       <c r="E850">
-        <v>1.01612</v>
+        <v>0.98327</v>
       </c>
     </row>
     <row r="851" spans="1:5">
       <c r="A851" t="s">
         <v>841</v>
       </c>
       <c r="B851">
-        <v>1.03146</v>
+        <v>0.99725</v>
       </c>
       <c r="C851">
-        <v>1.03262</v>
+        <v>0.99738</v>
       </c>
       <c r="D851">
-        <v>1.02368</v>
+        <v>0.98116</v>
       </c>
       <c r="E851">
-        <v>1.02592</v>
+        <v>0.98357</v>
       </c>
     </row>
     <row r="852" spans="1:5">
       <c r="A852" t="s">
         <v>842</v>
       </c>
       <c r="B852">
-        <v>1.02974</v>
+        <v>1.00203</v>
       </c>
       <c r="C852">
-        <v>1.0363</v>
+        <v>1.00492</v>
       </c>
       <c r="D852">
-        <v>1.02741</v>
+        <v>0.99538</v>
       </c>
       <c r="E852">
-        <v>1.03145</v>
+        <v>0.99685</v>
       </c>
     </row>
     <row r="853" spans="1:5">
       <c r="A853" t="s">
         <v>843</v>
       </c>
       <c r="B853">
-        <v>1.02117</v>
+        <v>1.00105</v>
       </c>
       <c r="C853">
-        <v>1.03673</v>
+        <v>1.00279</v>
       </c>
       <c r="D853">
-        <v>1.02006</v>
+        <v>0.99646</v>
       </c>
       <c r="E853">
-        <v>1.02973</v>
+        <v>1.00235</v>
       </c>
     </row>
     <row r="854" spans="1:5">
       <c r="A854" t="s">
         <v>844</v>
       </c>
       <c r="B854">
-        <v>1.0193</v>
+        <v>0.99987</v>
       </c>
       <c r="C854">
-        <v>1.02461</v>
+        <v>100351</v>
       </c>
       <c r="D854">
-        <v>1.01871</v>
+        <v>0.099437</v>
       </c>
       <c r="E854">
-        <v>1.02116</v>
+        <v>1.00118</v>
       </c>
     </row>
     <row r="855" spans="1:5">
       <c r="A855" t="s">
         <v>845</v>
       </c>
       <c r="B855">
-        <v>1.01727</v>
+        <v>0.9974</v>
       </c>
       <c r="C855">
-        <v>1.02204</v>
+        <v>1.00164</v>
       </c>
       <c r="D855">
-        <v>1.01579</v>
+        <v>0.99542</v>
       </c>
       <c r="E855">
-        <v>1.01931</v>
+        <v>0.99958</v>
       </c>
     </row>
     <row r="856" spans="1:5">
       <c r="A856" t="s">
         <v>846</v>
       </c>
       <c r="B856">
-        <v>1.02464</v>
+        <v>0.99653</v>
       </c>
       <c r="C856">
-        <v>1.02508</v>
+        <v>1.00223</v>
       </c>
       <c r="D856">
-        <v>1.01401</v>
+        <v>0.99543</v>
       </c>
       <c r="E856">
-        <v>1.01779</v>
+        <v>0.99782</v>
       </c>
     </row>
     <row r="857" spans="1:5">
       <c r="A857" t="s">
         <v>847</v>
       </c>
       <c r="B857">
-        <v>1.01656</v>
+        <v>0.99653</v>
       </c>
       <c r="C857">
-        <v>1.02524</v>
+        <v>1.00223</v>
       </c>
       <c r="D857">
-        <v>1.01529</v>
+        <v>0.99543</v>
       </c>
       <c r="E857">
-        <v>1.02462</v>
+        <v>0.99782</v>
       </c>
     </row>
     <row r="858" spans="1:5">
       <c r="A858" t="s">
         <v>848</v>
       </c>
       <c r="B858">
-        <v>1.01644</v>
+        <v>1.00666</v>
       </c>
       <c r="C858">
-        <v>1.02096</v>
+        <v>1.01964</v>
       </c>
       <c r="D858">
-        <v>1.01213</v>
+        <v>1.00609</v>
       </c>
       <c r="E858">
-        <v>1.01654</v>
+        <v>1.01203</v>
       </c>
     </row>
     <row r="859" spans="1:5">
       <c r="A859" t="s">
         <v>849</v>
       </c>
       <c r="B859">
-        <v>1.02607</v>
+        <v>0.99935</v>
       </c>
       <c r="C859">
-        <v>1.02927</v>
+        <v>1.0112</v>
       </c>
       <c r="D859">
-        <v>1.01621</v>
+        <v>0.99933</v>
       </c>
       <c r="E859">
-        <v>1.01645</v>
+        <v>1.00442</v>
       </c>
     </row>
     <row r="860" spans="1:5">
       <c r="A860" t="s">
         <v>850</v>
       </c>
       <c r="B860">
-        <v>1.02085</v>
+        <v>1.00071</v>
       </c>
       <c r="C860">
-        <v>1.02742</v>
+        <v>1.00284</v>
       </c>
       <c r="D860">
-        <v>1.02042</v>
+        <v>0.99293</v>
       </c>
       <c r="E860">
-        <v>1.02598</v>
+        <v>0.99969</v>
       </c>
     </row>
     <row r="861" spans="1:5">
       <c r="A861" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="B861">
-        <v>1.02085</v>
+        <v>0.99055</v>
       </c>
       <c r="C861">
-        <v>1.02742</v>
+        <v>1.00095</v>
       </c>
       <c r="D861">
-        <v>1.02042</v>
+        <v>0.98741</v>
       </c>
       <c r="E861">
-        <v>1.02598</v>
+        <v>1.00053</v>
       </c>
     </row>
     <row r="862" spans="1:5">
       <c r="A862" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="B862">
-        <v>1.01954</v>
+        <v>0.99274</v>
       </c>
       <c r="C862">
-        <v>1.02532</v>
+        <v>0.99849</v>
       </c>
       <c r="D862">
-        <v>1.01461</v>
+        <v>0.98625</v>
       </c>
       <c r="E862">
-        <v>1.02189</v>
+        <v>0.990151</v>
       </c>
     </row>
     <row r="863" spans="1:5">
       <c r="A863" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="B863">
-        <v>1.01965</v>
+        <v>0.9908</v>
       </c>
       <c r="C863">
-        <v>1.0233</v>
+        <v>0.99427</v>
       </c>
       <c r="D863">
-        <v>1.01125</v>
+        <v>0.98705</v>
       </c>
       <c r="E863">
-        <v>1.01953</v>
+        <v>0.99306</v>
       </c>
     </row>
     <row r="864" spans="1:5">
       <c r="A864" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="B864">
-        <v>1.01152</v>
+        <v>0.99424</v>
       </c>
       <c r="C864">
-        <v>1.02194</v>
+        <v>1.00322</v>
       </c>
       <c r="D864">
-        <v>1.00952</v>
+        <v>0.99411</v>
       </c>
       <c r="E864">
-        <v>1.01966</v>
+        <v>0.99521</v>
       </c>
     </row>
     <row r="865" spans="1:5">
       <c r="A865" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="B865">
-        <v>1.02183</v>
+        <v>1.00134</v>
       </c>
       <c r="C865">
-        <v>1.0249</v>
+        <v>1.00777</v>
       </c>
       <c r="D865">
-        <v>1.01063</v>
+        <v>0.99699</v>
       </c>
       <c r="E865">
-        <v>1.01149</v>
+        <v>1.00514</v>
       </c>
     </row>
     <row r="866" spans="1:5">
       <c r="A866" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="B866">
-        <v>1.02149</v>
+        <v>0.99965</v>
       </c>
       <c r="C866">
-        <v>1.02566</v>
+        <v>1.00535</v>
       </c>
       <c r="D866">
-        <v>1.01775</v>
+        <v>0.99807</v>
       </c>
       <c r="E866">
-        <v>1.02196</v>
+        <v>1.00141</v>
       </c>
     </row>
     <row r="867" spans="1:5">
       <c r="A867" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="B867">
-        <v>1.02284</v>
+        <v>0.99521</v>
       </c>
       <c r="C867">
-        <v>1.0254</v>
+        <v>1.00277</v>
       </c>
       <c r="D867">
-        <v>1.01286</v>
+        <v>0.99127</v>
       </c>
       <c r="E867">
-        <v>1.02102</v>
+        <v>0.99966</v>
       </c>
     </row>
     <row r="868" spans="1:5">
       <c r="A868" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="B868">
-        <v>1.01777</v>
+        <v>0.99738</v>
       </c>
       <c r="C868">
-        <v>1.02766</v>
+        <v>1.00888</v>
       </c>
       <c r="D868">
-        <v>1.01524</v>
+        <v>0.99451</v>
       </c>
       <c r="E868">
-        <v>1.02287</v>
+        <v>0.9964</v>
       </c>
     </row>
     <row r="869" spans="1:5">
       <c r="A869" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="B869">
-        <v>1.0225</v>
+        <v>0.99662</v>
       </c>
       <c r="C869">
-        <v>1.02718</v>
+        <v>1.00322</v>
       </c>
       <c r="D869">
-        <v>1.01542</v>
+        <v>0.99477</v>
       </c>
       <c r="E869">
-        <v>1.01784</v>
+        <v>0.99731</v>
       </c>
     </row>
     <row r="870" spans="1:5">
       <c r="A870" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="B870">
-        <v>1.01403</v>
+        <v>0.99695</v>
       </c>
       <c r="C870">
-        <v>1.02676</v>
+        <v>0.99979</v>
       </c>
       <c r="D870">
-        <v>1.01184</v>
+        <v>0.99087</v>
       </c>
       <c r="E870">
-        <v>1.02248</v>
+        <v>0.99671</v>
       </c>
     </row>
     <row r="871" spans="1:5">
       <c r="A871" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="B871">
-        <v>1.00787</v>
+        <v>0.99418</v>
       </c>
       <c r="C871">
-        <v>1.02</v>
+        <v>1.00618</v>
       </c>
       <c r="D871">
-        <v>1.00781</v>
+        <v>0.98988</v>
       </c>
       <c r="E871">
-        <v>1.01416</v>
+        <v>0.99665</v>
       </c>
     </row>
     <row r="872" spans="1:5">
       <c r="A872" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="B872">
-        <v>1.00149</v>
+        <v>1.00888</v>
       </c>
       <c r="C872">
-        <v>1.00965</v>
+        <v>1.00942</v>
       </c>
       <c r="D872">
-        <v>1.00056</v>
+        <v>1.00306</v>
       </c>
       <c r="E872">
-        <v>1.00809</v>
+        <v>1.00392</v>
       </c>
     </row>
     <row r="873" spans="1:5">
       <c r="A873" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="B873">
-        <v>1.00559</v>
+        <v>1.00888</v>
       </c>
       <c r="C873">
-        <v>1.00588</v>
+        <v>1.00942</v>
       </c>
       <c r="D873">
-        <v>0.9951</v>
+        <v>1.00306</v>
       </c>
       <c r="E873">
-        <v>1.00156</v>
+        <v>1.00392</v>
       </c>
     </row>
     <row r="874" spans="1:5">
       <c r="A874" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="B874">
-        <v>1.00363</v>
+        <v>137.462</v>
       </c>
       <c r="C874">
-        <v>1.01207</v>
+        <v>137.636</v>
       </c>
       <c r="D874">
-        <v>0.99967</v>
+        <v>136.538</v>
       </c>
       <c r="E874">
-        <v>1.00587</v>
+        <v>137.502</v>
       </c>
     </row>
     <row r="875" spans="1:5">
       <c r="A875" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="B875">
-        <v>1.00384</v>
+        <v>135.47</v>
       </c>
       <c r="C875">
-        <v>1.00725</v>
+        <v>162.716</v>
       </c>
       <c r="D875">
-        <v>0.99987</v>
+        <v>160.058</v>
       </c>
       <c r="E875">
-        <v>1.00365</v>
+        <v>162.341</v>
       </c>
     </row>
     <row r="876" spans="1:5">
       <c r="A876" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="B876">
-        <v>1.01739</v>
+        <v>1.02598</v>
       </c>
       <c r="C876">
-        <v>1.01764</v>
+        <v>1.0267</v>
       </c>
       <c r="D876">
-        <v>1.00324</v>
+        <v>1.01531</v>
       </c>
       <c r="E876">
-        <v>1.00396</v>
+        <v>1.01612</v>
       </c>
     </row>
     <row r="877" spans="1:5">
       <c r="A877" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="B877">
-        <v>1.09614</v>
+        <v>1.03146</v>
       </c>
       <c r="C877">
-        <v>1.10001</v>
+        <v>1.03262</v>
       </c>
       <c r="D877">
-        <v>1.09421</v>
+        <v>1.02368</v>
       </c>
       <c r="E877">
-        <v>1.09999</v>
+        <v>1.02592</v>
       </c>
     </row>
     <row r="878" spans="1:5">
       <c r="A878" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="B878">
-        <v>1.01616</v>
+        <v>1.02974</v>
       </c>
       <c r="C878">
-        <v>1.01898</v>
+        <v>1.0363</v>
       </c>
       <c r="D878">
-        <v>1.00702</v>
+        <v>1.02741</v>
       </c>
       <c r="E878">
-        <v>1.01749</v>
+        <v>1.03145</v>
       </c>
     </row>
     <row r="879" spans="1:5">
       <c r="A879" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="B879">
-        <v>1.018</v>
+        <v>1.02117</v>
       </c>
       <c r="C879">
-        <v>1.02195</v>
+        <v>1.03673</v>
       </c>
       <c r="D879">
-        <v>1.01427</v>
+        <v>1.02006</v>
       </c>
       <c r="E879">
-        <v>1.01591</v>
+        <v>1.02973</v>
       </c>
     </row>
     <row r="880" spans="1:5">
       <c r="A880" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="B880">
-        <v>1.02647</v>
+        <v>1.0193</v>
       </c>
       <c r="C880">
-        <v>1.02751</v>
+        <v>1.02461</v>
       </c>
       <c r="D880">
-        <v>1.01601</v>
+        <v>1.01871</v>
       </c>
       <c r="E880">
-        <v>1.01804</v>
+        <v>1.02116</v>
       </c>
     </row>
     <row r="881" spans="1:5">
       <c r="A881" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="B881">
-        <v>1.04204</v>
+        <v>1.01727</v>
       </c>
       <c r="C881">
-        <v>1.04475</v>
+        <v>1.02204</v>
       </c>
       <c r="D881">
-        <v>1.02335</v>
+        <v>1.01579</v>
       </c>
       <c r="E881">
-        <v>1.02619</v>
+        <v>1.01931</v>
       </c>
     </row>
     <row r="882" spans="1:5">
       <c r="A882" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="B882">
-        <v>1.04325</v>
+        <v>1.02464</v>
       </c>
       <c r="C882">
-        <v>1.04614</v>
+        <v>1.02508</v>
       </c>
       <c r="D882">
-        <v>1.04158</v>
+        <v>1.01401</v>
       </c>
       <c r="E882">
-        <v>1.04211</v>
+        <v>1.01779</v>
       </c>
     </row>
     <row r="883" spans="1:5">
       <c r="A883" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="B883">
-        <v>1.04822</v>
+        <v>1.01656</v>
       </c>
       <c r="C883">
-        <v>1.04841</v>
+        <v>1.02524</v>
       </c>
       <c r="D883">
-        <v>1.03644</v>
+        <v>1.01529</v>
       </c>
       <c r="E883">
-        <v>1.0426</v>
+        <v>1.02462</v>
       </c>
     </row>
     <row r="884" spans="1:5">
       <c r="A884" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="B884">
-        <v>1.04379</v>
+        <v>1.01644</v>
       </c>
       <c r="C884">
-        <v>1.04874</v>
+        <v>1.02096</v>
       </c>
       <c r="D884">
-        <v>1.03812</v>
+        <v>1.01213</v>
       </c>
       <c r="E884">
-        <v>1.04819</v>
+        <v>1.01654</v>
       </c>
     </row>
     <row r="885" spans="1:5">
       <c r="A885" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="B885">
-        <v>1.05167</v>
+        <v>1.02607</v>
       </c>
       <c r="C885">
-        <v>1.05341</v>
+        <v>1.02927</v>
       </c>
       <c r="D885">
-        <v>1.04339</v>
+        <v>1.01621</v>
       </c>
       <c r="E885">
-        <v>1.04403</v>
+        <v>1.01645</v>
       </c>
     </row>
     <row r="886" spans="1:5">
       <c r="A886" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="B886">
-        <v>1.05804</v>
+        <v>1.02085</v>
       </c>
       <c r="C886">
-        <v>1.06049</v>
+        <v>1.02742</v>
       </c>
       <c r="D886">
-        <v>1.05022</v>
+        <v>1.02042</v>
       </c>
       <c r="E886">
-        <v>1.05193</v>
+        <v>1.02598</v>
       </c>
     </row>
     <row r="887" spans="1:5">
       <c r="A887" t="s">
         <v>876</v>
       </c>
       <c r="B887">
-        <v>1.05531</v>
+        <v>1.02085</v>
       </c>
       <c r="C887">
-        <v>1.06136</v>
+        <v>1.02742</v>
       </c>
       <c r="D887">
-        <v>1.0549</v>
+        <v>1.02042</v>
       </c>
       <c r="E887">
-        <v>1.05805</v>
+        <v>1.02598</v>
       </c>
     </row>
     <row r="888" spans="1:5">
       <c r="A888" t="s">
         <v>877</v>
       </c>
       <c r="B888">
-        <v>1.052</v>
+        <v>1.01954</v>
       </c>
       <c r="C888">
-        <v>1.05698</v>
+        <v>1.02532</v>
       </c>
       <c r="D888">
-        <v>1.05109</v>
+        <v>1.01461</v>
       </c>
       <c r="E888">
-        <v>1.05565</v>
+        <v>1.02189</v>
       </c>
     </row>
     <row r="889" spans="1:5">
       <c r="A889" t="s">
         <v>878</v>
       </c>
       <c r="B889">
-        <v>1.05648</v>
+        <v>1.01965</v>
       </c>
       <c r="C889">
-        <v>1.058</v>
+        <v>1.0233</v>
       </c>
       <c r="D889">
-        <v>1.04814</v>
+        <v>1.01125</v>
       </c>
       <c r="E889">
-        <v>1.05199</v>
+        <v>1.01953</v>
       </c>
     </row>
     <row r="890" spans="1:5">
       <c r="A890" t="s">
         <v>879</v>
       </c>
       <c r="B890">
-        <v>1.05336</v>
+        <v>1.01152</v>
       </c>
       <c r="C890">
-        <v>1.06042</v>
+        <v>1.02194</v>
       </c>
       <c r="D890">
-        <v>1.04676</v>
+        <v>1.00952</v>
       </c>
       <c r="E890">
-        <v>1.05677</v>
+        <v>1.01966</v>
       </c>
     </row>
     <row r="891" spans="1:5">
       <c r="A891" t="s">
         <v>880</v>
       </c>
       <c r="B891">
-        <v>1.05058</v>
+        <v>1.02183</v>
       </c>
       <c r="C891">
-        <v>1.05812</v>
+        <v>1.0249</v>
       </c>
       <c r="D891">
-        <v>1.05057</v>
+        <v>1.01063</v>
       </c>
       <c r="E891">
-        <v>1.05334</v>
+        <v>1.01149</v>
       </c>
     </row>
     <row r="892" spans="1:5">
       <c r="A892" t="s">
         <v>881</v>
       </c>
       <c r="B892">
-        <v>1.04829</v>
+        <v>1.02149</v>
       </c>
       <c r="C892">
-        <v>1.05445</v>
+        <v>1.02566</v>
       </c>
       <c r="D892">
-        <v>1.04825</v>
+        <v>1.01775</v>
       </c>
       <c r="E892">
-        <v>1.05096</v>
+        <v>1.02196</v>
       </c>
     </row>
     <row r="893" spans="1:5">
       <c r="A893" t="s">
         <v>882</v>
       </c>
       <c r="B893">
-        <v>1.05478</v>
+        <v>1.02284</v>
       </c>
       <c r="C893">
-        <v>1.05594</v>
+        <v>1.0254</v>
       </c>
       <c r="D893">
-        <v>1.04432</v>
+        <v>1.01286</v>
       </c>
       <c r="E893">
-        <v>1.04923</v>
+        <v>1.02102</v>
       </c>
     </row>
     <row r="894" spans="1:5">
       <c r="A894" t="s">
         <v>883</v>
       </c>
       <c r="B894">
-        <v>1.04453</v>
+        <v>1.01777</v>
       </c>
       <c r="C894">
-        <v>1.06001</v>
+        <v>1.02766</v>
       </c>
       <c r="D894">
-        <v>1.03796</v>
+        <v>1.01524</v>
       </c>
       <c r="E894">
-        <v>1.05486</v>
+        <v>1.02287</v>
       </c>
     </row>
     <row r="895" spans="1:5">
       <c r="A895" t="s">
         <v>884</v>
       </c>
       <c r="B895">
-        <v>1.04103</v>
+        <v>1.0225</v>
       </c>
       <c r="C895">
-        <v>1.05065</v>
+        <v>1.02718</v>
       </c>
       <c r="D895">
-        <v>1.03578</v>
+        <v>1.01542</v>
       </c>
       <c r="E895">
-        <v>1.04458</v>
+        <v>1.01784</v>
       </c>
     </row>
     <row r="896" spans="1:5">
       <c r="A896" t="s">
         <v>885</v>
       </c>
       <c r="B896">
-        <v>1.04068</v>
+        <v>1.01403</v>
       </c>
       <c r="C896">
-        <v>1.04835</v>
+        <v>1.02676</v>
       </c>
       <c r="D896">
-        <v>1.03957</v>
+        <v>1.01184</v>
       </c>
       <c r="E896">
-        <v>1.04157</v>
+        <v>1.02248</v>
       </c>
     </row>
     <row r="897" spans="1:5">
       <c r="A897" t="s">
         <v>886</v>
       </c>
       <c r="B897">
-        <v>1.05178</v>
+        <v>1.00787</v>
       </c>
       <c r="C897">
-        <v>1.05189</v>
+        <v>1.02</v>
       </c>
       <c r="D897">
-        <v>1.03983</v>
+        <v>1.00781</v>
       </c>
       <c r="E897">
-        <v>1.0407</v>
+        <v>1.01416</v>
       </c>
     </row>
     <row r="898" spans="1:5">
       <c r="A898" t="s">
         <v>887</v>
       </c>
       <c r="B898">
-        <v>1.0618</v>
+        <v>1.00149</v>
       </c>
       <c r="C898">
-        <v>1.06409</v>
+        <v>1.00965</v>
       </c>
       <c r="D898">
-        <v>1.05046</v>
+        <v>1.00056</v>
       </c>
       <c r="E898">
-        <v>1.0518</v>
+        <v>1.00809</v>
       </c>
     </row>
     <row r="899" spans="1:5">
       <c r="A899" t="s">
         <v>888</v>
       </c>
       <c r="B899">
-        <v>1.07172</v>
+        <v>1.00559</v>
       </c>
       <c r="C899">
-        <v>1.07725</v>
+        <v>1.00588</v>
       </c>
       <c r="D899">
-        <v>1.06097</v>
+        <v>0.9951</v>
       </c>
       <c r="E899">
-        <v>1.06165</v>
+        <v>1.00156</v>
       </c>
     </row>
     <row r="900" spans="1:5">
       <c r="A900" t="s">
         <v>889</v>
       </c>
       <c r="B900">
-        <v>1.07044</v>
+        <v>1.00363</v>
       </c>
       <c r="C900">
-        <v>1.07471</v>
+        <v>1.01207</v>
       </c>
       <c r="D900">
-        <v>1.06701</v>
+        <v>0.99967</v>
       </c>
       <c r="E900">
-        <v>1.0715</v>
+        <v>1.00587</v>
       </c>
     </row>
     <row r="901" spans="1:5">
       <c r="A901" t="s">
         <v>890</v>
       </c>
       <c r="B901">
-        <v>1.06951</v>
+        <v>1.00384</v>
       </c>
       <c r="C901">
-        <v>1.07129</v>
+        <v>1.00725</v>
       </c>
       <c r="D901">
-        <v>1.06508</v>
+        <v>0.99987</v>
       </c>
       <c r="E901">
-        <v>1.07037</v>
+        <v>1.00365</v>
       </c>
     </row>
     <row r="902" spans="1:5">
       <c r="A902" t="s">
         <v>891</v>
       </c>
       <c r="B902">
-        <v>1.0718</v>
+        <v>1.01739</v>
       </c>
       <c r="C902">
-        <v>1.07504</v>
+        <v>1.01764</v>
       </c>
       <c r="D902">
-        <v>1.06827</v>
+        <v>1.00324</v>
       </c>
       <c r="E902">
-        <v>1.06943</v>
+        <v>1.00396</v>
       </c>
     </row>
     <row r="903" spans="1:5">
       <c r="A903" t="s">
         <v>892</v>
       </c>
       <c r="B903">
-        <v>1.07379</v>
+        <v>1.09614</v>
       </c>
       <c r="C903">
-        <v>1.0763</v>
+        <v>1.10001</v>
       </c>
       <c r="D903">
-        <v>1.07028</v>
+        <v>1.09421</v>
       </c>
       <c r="E903">
-        <v>1.07192</v>
+        <v>1.09999</v>
       </c>
     </row>
     <row r="904" spans="1:5">
       <c r="A904" t="s">
         <v>893</v>
       </c>
       <c r="B904">
-        <v>1.06456</v>
+        <v>1.01616</v>
       </c>
       <c r="C904">
-        <v>1.07488</v>
+        <v>1.01898</v>
       </c>
       <c r="D904">
-        <v>1.06435</v>
+        <v>1.00702</v>
       </c>
       <c r="E904">
-        <v>1.07457</v>
+        <v>1.01749</v>
       </c>
     </row>
     <row r="905" spans="1:5">
       <c r="A905" t="s">
         <v>894</v>
       </c>
       <c r="B905">
-        <v>1.07322</v>
+        <v>1.018</v>
       </c>
       <c r="C905">
-        <v>1.0738</v>
+        <v>1.02195</v>
       </c>
       <c r="D905">
-        <v>1.06258</v>
+        <v>1.01427</v>
       </c>
       <c r="E905">
-        <v>1.06513</v>
+        <v>1.01591</v>
       </c>
     </row>
     <row r="906" spans="1:5">
       <c r="A906" t="s">
         <v>895</v>
       </c>
       <c r="B906">
-        <v>1.07762</v>
+        <v>1.02647</v>
       </c>
       <c r="C906">
-        <v>1.07778</v>
+        <v>1.02751</v>
       </c>
       <c r="D906">
-        <v>1.06777</v>
+        <v>1.01601</v>
       </c>
       <c r="E906">
-        <v>1.07319</v>
+        <v>1.01804</v>
       </c>
     </row>
     <row r="907" spans="1:5">
       <c r="A907" t="s">
         <v>896</v>
       </c>
       <c r="B907">
-        <v>1.0733</v>
+        <v>1.04204</v>
       </c>
       <c r="C907">
-        <v>1.07855</v>
+        <v>1.04475</v>
       </c>
       <c r="D907">
-        <v>1.07249</v>
+        <v>1.02335</v>
       </c>
       <c r="E907">
-        <v>1.07787</v>
+        <v>1.02619</v>
       </c>
     </row>
     <row r="908" spans="1:5">
       <c r="A908" t="s">
         <v>897</v>
       </c>
       <c r="B908">
-        <v>1.07229</v>
+        <v>1.04325</v>
       </c>
       <c r="C908">
-        <v>1.07611</v>
+        <v>1.04614</v>
       </c>
       <c r="D908">
-        <v>1.06957</v>
+        <v>1.04158</v>
       </c>
       <c r="E908">
-        <v>1.07322</v>
+        <v>1.04211</v>
       </c>
     </row>
     <row r="909" spans="1:5">
       <c r="A909" t="s">
         <v>898</v>
       </c>
       <c r="B909">
-        <v>1.06814</v>
+        <v>1.04822</v>
       </c>
       <c r="C909">
-        <v>1.07302</v>
+        <v>1.04841</v>
       </c>
       <c r="D909">
-        <v>1.06612</v>
+        <v>1.03644</v>
       </c>
       <c r="E909">
-        <v>1.07286</v>
+        <v>1.0426</v>
       </c>
     </row>
     <row r="910" spans="1:5">
       <c r="A910" t="s">
         <v>899</v>
       </c>
       <c r="B910">
-        <v>1.07328</v>
+        <v>1.04379</v>
       </c>
       <c r="C910">
-        <v>1.07376</v>
+        <v>1.04874</v>
       </c>
       <c r="D910">
-        <v>1.06408</v>
+        <v>1.03812</v>
       </c>
       <c r="E910">
-        <v>1.06791</v>
+        <v>1.04819</v>
       </c>
     </row>
     <row r="911" spans="1:5">
       <c r="A911" t="s">
         <v>900</v>
       </c>
       <c r="B911">
-        <v>1.06888</v>
+        <v>1.05167</v>
       </c>
       <c r="C911">
-        <v>1.07473</v>
+        <v>1.05341</v>
       </c>
       <c r="D911">
-        <v>1.06595</v>
+        <v>1.04339</v>
       </c>
       <c r="E911">
-        <v>1.07349</v>
+        <v>1.04403</v>
       </c>
     </row>
     <row r="912" spans="1:5">
       <c r="A912" t="s">
         <v>901</v>
       </c>
       <c r="B912">
-        <v>1.05703</v>
+        <v>1.05804</v>
       </c>
       <c r="C912">
-        <v>1.0696</v>
+        <v>1.06049</v>
       </c>
       <c r="D912">
-        <v>1.05661</v>
+        <v>1.05022</v>
       </c>
       <c r="E912">
-        <v>1.06892</v>
+        <v>1.05193</v>
       </c>
     </row>
     <row r="913" spans="1:5">
       <c r="A913" t="s">
         <v>902</v>
       </c>
       <c r="B913">
-        <v>1.05823</v>
+        <v>1.05531</v>
       </c>
       <c r="C913">
-        <v>1.05986</v>
+        <v>1.06136</v>
       </c>
       <c r="D913">
-        <v>1.05315</v>
+        <v>1.0549</v>
       </c>
       <c r="E913">
-        <v>1.05569</v>
+        <v>1.05805</v>
       </c>
     </row>
     <row r="914" spans="1:5">
       <c r="A914" t="s">
         <v>903</v>
       </c>
       <c r="B914">
-        <v>1.04601</v>
+        <v>1.052</v>
       </c>
       <c r="C914">
-        <v>1.06058</v>
+        <v>1.05698</v>
       </c>
       <c r="D914">
-        <v>1.04594</v>
+        <v>1.05109</v>
       </c>
       <c r="E914">
-        <v>1.05822</v>
+        <v>1.05565</v>
       </c>
     </row>
     <row r="915" spans="1:5">
       <c r="A915" t="s">
         <v>904</v>
       </c>
       <c r="B915">
-        <v>1.05475</v>
+        <v>1.05648</v>
       </c>
       <c r="C915">
-        <v>1.05626</v>
+        <v>1.058</v>
       </c>
       <c r="D915">
-        <v>1.0459</v>
+        <v>1.04814</v>
       </c>
       <c r="E915">
-        <v>1.046</v>
+        <v>1.05199</v>
       </c>
     </row>
     <row r="916" spans="1:5">
       <c r="A916" t="s">
         <v>905</v>
       </c>
       <c r="B916">
-        <v>1.04336</v>
+        <v>1.05336</v>
       </c>
       <c r="C916">
-        <v>1.05544</v>
+        <v>1.06042</v>
       </c>
       <c r="D916">
-        <v>1.04274</v>
+        <v>1.04676</v>
       </c>
       <c r="E916">
-        <v>1.05473</v>
+        <v>1.05677</v>
       </c>
     </row>
     <row r="917" spans="1:5">
       <c r="A917" t="s">
         <v>906</v>
       </c>
       <c r="B917">
-        <v>1.04071</v>
+        <v>1.05058</v>
       </c>
       <c r="C917">
-        <v>1.04418</v>
+        <v>1.05812</v>
       </c>
       <c r="D917">
-        <v>1.03879</v>
+        <v>1.05057</v>
       </c>
       <c r="E917">
-        <v>1.04332</v>
+        <v>1.05334</v>
       </c>
     </row>
     <row r="918" spans="1:5">
       <c r="A918" t="s">
         <v>907</v>
       </c>
       <c r="B918">
-        <v>1.03778</v>
+        <v>1.04829</v>
       </c>
       <c r="C918">
-        <v>1.04184</v>
+        <v>1.05445</v>
       </c>
       <c r="D918">
-        <v>1.03485</v>
+        <v>1.04825</v>
       </c>
       <c r="E918">
-        <v>1.04017</v>
+        <v>1.05096</v>
       </c>
     </row>
     <row r="919" spans="1:5">
       <c r="A919" t="s">
         <v>908</v>
       </c>
       <c r="B919">
-        <v>1.05116</v>
+        <v>1.05478</v>
       </c>
       <c r="C919">
-        <v>1.0528</v>
+        <v>1.05594</v>
       </c>
       <c r="D919">
-        <v>1.03524</v>
+        <v>1.04432</v>
       </c>
       <c r="E919">
-        <v>1.03786</v>
+        <v>1.04923</v>
       </c>
     </row>
     <row r="920" spans="1:5">
       <c r="A920" t="s">
         <v>909</v>
       </c>
       <c r="B920">
-        <v>1.05271</v>
+        <v>1.04453</v>
       </c>
       <c r="C920">
-        <v>1.05758</v>
+        <v>1.06001</v>
       </c>
       <c r="D920">
-        <v>1.05006</v>
+        <v>1.03796</v>
       </c>
       <c r="E920">
-        <v>1.05117</v>
+        <v>1.05486</v>
       </c>
     </row>
     <row r="921" spans="1:5">
       <c r="A921" t="s">
         <v>910</v>
       </c>
       <c r="B921">
-        <v>1.05605</v>
+        <v>1.04103</v>
       </c>
       <c r="C921">
-        <v>1.05841</v>
+        <v>1.05065</v>
       </c>
       <c r="D921">
-        <v>1.05241</v>
+        <v>1.03578</v>
       </c>
       <c r="E921">
-        <v>1.05265</v>
+        <v>1.04458</v>
       </c>
     </row>
     <row r="922" spans="1:5">
       <c r="A922" t="s">
         <v>911</v>
       </c>
       <c r="B922">
-        <v>1.05381</v>
+        <v>1.04068</v>
       </c>
       <c r="C922">
-        <v>1.05911</v>
+        <v>1.04835</v>
       </c>
       <c r="D922">
-        <v>1.04923</v>
+        <v>1.03957</v>
       </c>
       <c r="E922">
-        <v>1.05603</v>
+        <v>1.04157</v>
       </c>
     </row>
     <row r="923" spans="1:5">
       <c r="A923" t="s">
         <v>912</v>
       </c>
       <c r="B923">
-        <v>1.05405</v>
+        <v>1.05178</v>
       </c>
       <c r="C923">
-        <v>1.05975</v>
+        <v>1.05189</v>
       </c>
       <c r="D923">
-        <v>1.04813</v>
+        <v>1.03983</v>
       </c>
       <c r="E923">
-        <v>1.05471</v>
+        <v>1.0407</v>
       </c>
     </row>
     <row r="924" spans="1:5">
       <c r="A924" t="s">
         <v>913</v>
       </c>
       <c r="B924">
-        <v>1.0621</v>
+        <v>1.0618</v>
       </c>
       <c r="C924">
-        <v>1.06406</v>
+        <v>1.06409</v>
       </c>
       <c r="D924">
-        <v>1.04912</v>
+        <v>1.05046</v>
       </c>
       <c r="E924">
-        <v>1.05404</v>
+        <v>1.0518</v>
       </c>
     </row>
     <row r="925" spans="1:5">
       <c r="A925" t="s">
         <v>914</v>
       </c>
       <c r="B925">
-        <v>1.05197</v>
+        <v>1.07172</v>
       </c>
       <c r="C925">
-        <v>1.06296</v>
+        <v>1.07725</v>
       </c>
       <c r="D925">
-        <v>1.05048</v>
+        <v>1.06097</v>
       </c>
       <c r="E925">
-        <v>1.06206</v>
+        <v>1.06165</v>
       </c>
     </row>
     <row r="926" spans="1:5">
       <c r="A926" t="s">
         <v>915</v>
       </c>
       <c r="B926">
-        <v>1.0502</v>
+        <v>1.07044</v>
       </c>
       <c r="C926">
-        <v>1.05763</v>
+        <v>1.07471</v>
       </c>
       <c r="D926">
-        <v>1.04909</v>
+        <v>1.06701</v>
       </c>
       <c r="E926">
-        <v>1.05198</v>
+        <v>1.0715</v>
       </c>
     </row>
     <row r="927" spans="1:5">
       <c r="A927" t="s">
         <v>916</v>
       </c>
       <c r="B927">
-        <v>1.0536</v>
+        <v>1.06951</v>
       </c>
       <c r="C927">
-        <v>1.0567</v>
+        <v>1.07129</v>
       </c>
       <c r="D927">
-        <v>1.04889</v>
+        <v>1.06508</v>
       </c>
       <c r="E927">
-        <v>1.05064</v>
+        <v>1.07037</v>
       </c>
     </row>
     <row r="928" spans="1:5">
       <c r="A928" t="s">
         <v>917</v>
       </c>
       <c r="B928">
-        <v>1.04972</v>
+        <v>1.0718</v>
       </c>
       <c r="C928">
-        <v>1.05916</v>
+        <v>1.07504</v>
       </c>
       <c r="D928">
-        <v>1.04899</v>
+        <v>1.06827</v>
       </c>
       <c r="E928">
-        <v>1.05472</v>
+        <v>1.06943</v>
       </c>
     </row>
     <row r="929" spans="1:5">
       <c r="A929" t="s">
         <v>918</v>
       </c>
       <c r="B929">
-        <v>1.05616</v>
+        <v>1.07379</v>
       </c>
       <c r="C929">
-        <v>1.05633</v>
+        <v>1.0763</v>
       </c>
       <c r="D929">
-        <v>1.047</v>
+        <v>1.07028</v>
       </c>
       <c r="E929">
-        <v>1.04978</v>
+        <v>1.07192</v>
       </c>
     </row>
     <row r="930" spans="1:5">
       <c r="A930" t="s">
         <v>919</v>
       </c>
       <c r="B930">
-        <v>1.0636</v>
+        <v>1.06456</v>
       </c>
       <c r="C930">
-        <v>1.06534</v>
+        <v>1.07488</v>
       </c>
       <c r="D930">
-        <v>1.05132</v>
+        <v>1.06435</v>
       </c>
       <c r="E930">
-        <v>1.05575</v>
+        <v>1.07457</v>
       </c>
     </row>
     <row r="931" spans="1:5">
       <c r="A931" t="s">
         <v>920</v>
       </c>
       <c r="B931">
-        <v>1.07121</v>
+        <v>1.07322</v>
       </c>
       <c r="C931">
-        <v>1.07374</v>
+        <v>1.0738</v>
       </c>
       <c r="D931">
-        <v>1.06345</v>
+        <v>1.06258</v>
       </c>
       <c r="E931">
-        <v>1.06361</v>
+        <v>1.06513</v>
       </c>
     </row>
     <row r="932" spans="1:5">
       <c r="A932" t="s">
         <v>921</v>
       </c>
       <c r="B932">
-        <v>1.07993</v>
+        <v>1.07762</v>
       </c>
       <c r="C932">
-        <v>1.08108</v>
+        <v>1.07778</v>
       </c>
       <c r="D932">
-        <v>1.06954</v>
+        <v>1.06777</v>
       </c>
       <c r="E932">
-        <v>1.0712</v>
+        <v>1.07319</v>
       </c>
     </row>
     <row r="933" spans="1:5">
       <c r="A933" t="s">
         <v>922</v>
       </c>
       <c r="B933">
-        <v>1.08383</v>
+        <v>1.0733</v>
       </c>
       <c r="C933">
-        <v>1.08502</v>
+        <v>1.07855</v>
       </c>
       <c r="D933">
-        <v>1.07694</v>
+        <v>1.07249</v>
       </c>
       <c r="E933">
-        <v>1.07908</v>
+        <v>1.07787</v>
       </c>
     </row>
     <row r="934" spans="1:5">
       <c r="A934" t="s">
         <v>923</v>
       </c>
       <c r="B934">
-        <v>1.08512</v>
+        <v>1.07229</v>
       </c>
       <c r="C934">
-        <v>1.09349</v>
+        <v>1.07611</v>
       </c>
       <c r="D934">
-        <v>1.08223</v>
+        <v>1.06957</v>
       </c>
       <c r="E934">
-        <v>1.08307</v>
+        <v>1.07322</v>
       </c>
     </row>
     <row r="935" spans="1:5">
       <c r="A935" t="s">
         <v>924</v>
       </c>
       <c r="B935">
-        <v>1.07862</v>
+        <v>1.06814</v>
       </c>
       <c r="C935">
-        <v>1.08657</v>
+        <v>1.07302</v>
       </c>
       <c r="D935">
-        <v>1.07827</v>
+        <v>1.06612</v>
       </c>
       <c r="E935">
-        <v>1.08511</v>
+        <v>1.07286</v>
       </c>
     </row>
     <row r="936" spans="1:5">
       <c r="A936" t="s">
         <v>925</v>
       </c>
       <c r="B936">
-        <v>1.07819</v>
+        <v>1.07328</v>
       </c>
       <c r="C936">
-        <v>1.08129</v>
+        <v>1.07376</v>
       </c>
       <c r="D936">
-        <v>1.07598</v>
+        <v>1.06408</v>
       </c>
       <c r="E936">
-        <v>1.07861</v>
+        <v>1.06791</v>
       </c>
     </row>
     <row r="937" spans="1:5">
       <c r="A937" t="s">
         <v>926</v>
       </c>
       <c r="B937">
-        <v>1.08061</v>
+        <v>1.06888</v>
       </c>
       <c r="C937">
-        <v>1.08202</v>
+        <v>1.07473</v>
       </c>
       <c r="D937">
-        <v>1.07686</v>
+        <v>1.06595</v>
       </c>
       <c r="E937">
-        <v>1.07815</v>
+        <v>1.07349</v>
       </c>
     </row>
     <row r="938" spans="1:5">
       <c r="A938" t="s">
         <v>927</v>
       </c>
       <c r="B938">
-        <v>1.08271</v>
+        <v>1.05703</v>
       </c>
       <c r="C938">
-        <v>1.08294</v>
+        <v>1.0696</v>
       </c>
       <c r="D938">
-        <v>1.07955</v>
+        <v>1.05661</v>
       </c>
       <c r="E938">
-        <v>1.0808</v>
+        <v>1.06892</v>
       </c>
     </row>
     <row r="939" spans="1:5">
       <c r="A939" t="s">
         <v>928</v>
       </c>
       <c r="B939">
-        <v>1.0881</v>
+        <v>1.05823</v>
       </c>
       <c r="C939">
-        <v>1.0922</v>
+        <v>1.05986</v>
       </c>
       <c r="D939">
-        <v>1.07561</v>
+        <v>1.05315</v>
       </c>
       <c r="E939">
-        <v>1.08285</v>
+        <v>1.05569</v>
       </c>
     </row>
     <row r="940" spans="1:5">
       <c r="A940" t="s">
         <v>929</v>
       </c>
       <c r="B940">
-        <v>1.08286</v>
+        <v>1.04601</v>
       </c>
       <c r="C940">
-        <v>1.08913</v>
+        <v>1.06058</v>
       </c>
       <c r="D940">
-        <v>1.0806</v>
+        <v>1.04594</v>
       </c>
       <c r="E940">
-        <v>1.08848</v>
+        <v>1.05822</v>
       </c>
     </row>
     <row r="941" spans="1:5">
       <c r="A941" t="s">
         <v>930</v>
       </c>
       <c r="B941">
-        <v>1.08823</v>
+        <v>1.05475</v>
       </c>
       <c r="C941">
-        <v>1.09023</v>
+        <v>1.05626</v>
       </c>
       <c r="D941">
-        <v>1.08199</v>
+        <v>1.0459</v>
       </c>
       <c r="E941">
-        <v>1.08282</v>
+        <v>1.046</v>
       </c>
     </row>
     <row r="942" spans="1:5">
       <c r="A942" t="s">
         <v>931</v>
       </c>
       <c r="B942">
-        <v>1.09001</v>
+        <v>1.04336</v>
       </c>
       <c r="C942">
-        <v>1.09319</v>
+        <v>1.05544</v>
       </c>
       <c r="D942">
-        <v>1.08714</v>
+        <v>1.04274</v>
       </c>
       <c r="E942">
-        <v>1.08824</v>
+        <v>1.05473</v>
       </c>
     </row>
     <row r="943" spans="1:5">
       <c r="A943" t="s">
         <v>932</v>
       </c>
       <c r="B943">
-        <v>1.08775</v>
+        <v>1.04071</v>
       </c>
       <c r="C943">
-        <v>1.08904</v>
+        <v>1.04418</v>
       </c>
       <c r="D943">
-        <v>1.0835</v>
+        <v>1.03879</v>
       </c>
       <c r="E943">
-        <v>1.08754</v>
+        <v>1.04332</v>
       </c>
     </row>
     <row r="944" spans="1:5">
       <c r="A944" t="s">
         <v>933</v>
       </c>
       <c r="B944">
-        <v>1.08938</v>
+        <v>1.03778</v>
       </c>
       <c r="C944">
-        <v>1.09371</v>
+        <v>1.04184</v>
       </c>
       <c r="D944">
-        <v>1.08633</v>
+        <v>1.03485</v>
       </c>
       <c r="E944">
-        <v>1.08774</v>
+        <v>1.04017</v>
       </c>
     </row>
     <row r="945" spans="1:5">
       <c r="A945" t="s">
         <v>934</v>
       </c>
       <c r="B945">
-        <v>1.09036</v>
+        <v>1.05116</v>
       </c>
       <c r="C945">
-        <v>1.09366</v>
+        <v>1.0528</v>
       </c>
       <c r="D945">
-        <v>1.08729</v>
+        <v>1.03524</v>
       </c>
       <c r="E945">
-        <v>1.08935</v>
+        <v>1.03786</v>
       </c>
     </row>
     <row r="946" spans="1:5">
       <c r="A946" t="s">
         <v>935</v>
       </c>
       <c r="B946">
-        <v>1.09727</v>
+        <v>1.05271</v>
       </c>
       <c r="C946">
-        <v>1.09872</v>
+        <v>1.05758</v>
       </c>
       <c r="D946">
-        <v>1.08987</v>
+        <v>1.05006</v>
       </c>
       <c r="E946">
-        <v>1.09037</v>
+        <v>1.05117</v>
       </c>
     </row>
     <row r="947" spans="1:5">
       <c r="A947" t="s">
         <v>936</v>
       </c>
       <c r="B947">
-        <v>1.10385</v>
+        <v>1.05605</v>
       </c>
       <c r="C947">
-        <v>1.10531</v>
+        <v>1.05841</v>
       </c>
       <c r="D947">
-        <v>1.09592</v>
+        <v>1.05241</v>
       </c>
       <c r="E947">
-        <v>1.09718</v>
+        <v>1.05265</v>
       </c>
     </row>
     <row r="948" spans="1:5">
       <c r="A948" t="s">
         <v>937</v>
       </c>
       <c r="B948">
-        <v>1.10653</v>
+        <v>1.05381</v>
       </c>
       <c r="C948">
-        <v>1.1075</v>
+        <v>1.05911</v>
       </c>
       <c r="D948">
-        <v>1.10266</v>
+        <v>1.04923</v>
       </c>
       <c r="E948">
-        <v>1.10458</v>
+        <v>1.05603</v>
       </c>
     </row>
     <row r="949" spans="1:5">
       <c r="A949" t="s">
         <v>938</v>
       </c>
       <c r="B949">
-        <v>1.11569</v>
+        <v>1.05405</v>
       </c>
       <c r="C949">
-        <v>1.11835</v>
+        <v>1.05975</v>
       </c>
       <c r="D949">
-        <v>1.10596</v>
+        <v>1.04813</v>
       </c>
       <c r="E949">
-        <v>1.10655</v>
+        <v>1.05471</v>
       </c>
     </row>
     <row r="950" spans="1:5">
       <c r="A950" t="s">
         <v>939</v>
       </c>
       <c r="B950">
-        <v>1.1085</v>
+        <v>1.0621</v>
       </c>
       <c r="C950">
-        <v>1.11697</v>
+        <v>1.06406</v>
       </c>
       <c r="D950">
-        <v>1.10799</v>
+        <v>1.04912</v>
       </c>
       <c r="E950">
-        <v>1.11568</v>
+        <v>1.05404</v>
       </c>
     </row>
     <row r="951" spans="1:5">
       <c r="A951" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="B951">
-        <v>1.08427</v>
+        <v>1.05197</v>
       </c>
       <c r="C951">
-        <v>1.0925</v>
+        <v>1.06296</v>
       </c>
       <c r="D951">
-        <v>1.08222</v>
+        <v>1.05048</v>
       </c>
       <c r="E951">
-        <v>1.09039</v>
+        <v>1.06206</v>
       </c>
     </row>
     <row r="952" spans="1:5">
       <c r="A952" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
       <c r="B952">
-        <v>1.08427</v>
+        <v>1.0502</v>
       </c>
       <c r="C952">
-        <v>1.0925</v>
+        <v>1.05763</v>
       </c>
       <c r="D952">
-        <v>1.08222</v>
+        <v>1.04909</v>
       </c>
       <c r="E952">
-        <v>1.09039</v>
+        <v>1.05198</v>
       </c>
     </row>
     <row r="953" spans="1:5">
       <c r="A953" t="s">
-        <v>940</v>
+        <v>942</v>
       </c>
       <c r="B953">
-        <v>1.09815</v>
+        <v>1.0536</v>
       </c>
       <c r="C953">
-        <v>1.11357</v>
+        <v>1.0567</v>
       </c>
       <c r="D953">
-        <v>1.09685</v>
+        <v>1.04889</v>
       </c>
       <c r="E953">
-        <v>1.10851</v>
+        <v>1.05064</v>
       </c>
     </row>
     <row r="954" spans="1:5">
       <c r="A954" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
       <c r="B954">
-        <v>1.09805</v>
+        <v>1.04972</v>
       </c>
       <c r="C954">
-        <v>1.09982</v>
+        <v>1.05916</v>
       </c>
       <c r="D954">
-        <v>1.09434</v>
+        <v>1.04899</v>
       </c>
       <c r="E954">
-        <v>1.09814</v>
+        <v>1.05472</v>
       </c>
     </row>
     <row r="955" spans="1:5">
       <c r="A955" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
       <c r="B955">
-        <v>1.09958</v>
+        <v>1.05616</v>
       </c>
       <c r="C955">
-        <v>1.10365</v>
+        <v>1.05633</v>
       </c>
       <c r="D955">
-        <v>1.09796</v>
+        <v>1.047</v>
       </c>
       <c r="E955">
-        <v>1.09822</v>
+        <v>1.04978</v>
       </c>
     </row>
     <row r="956" spans="1:5">
       <c r="A956" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="B956">
-        <v>1.10026</v>
+        <v>1.0636</v>
       </c>
       <c r="C956">
-        <v>1.10126</v>
+        <v>1.06534</v>
       </c>
       <c r="D956">
-        <v>1.09644</v>
+        <v>1.05132</v>
       </c>
       <c r="E956">
-        <v>1.0996</v>
+        <v>1.05575</v>
       </c>
     </row>
     <row r="957" spans="1:5">
       <c r="A957" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="B957">
-        <v>1.10269</v>
+        <v>1.07121</v>
       </c>
       <c r="C957">
-        <v>1.10425</v>
+        <v>1.07374</v>
       </c>
       <c r="D957">
-        <v>1.09626</v>
+        <v>1.06345</v>
       </c>
       <c r="E957">
-        <v>1.10036</v>
+        <v>1.06361</v>
       </c>
     </row>
     <row r="958" spans="1:5">
       <c r="A958" t="s">
-        <v>945</v>
+        <v>947</v>
       </c>
       <c r="B958">
-        <v>1.10153</v>
+        <v>1.07993</v>
       </c>
       <c r="C958">
-        <v>1.10445</v>
+        <v>1.08108</v>
       </c>
       <c r="D958">
-        <v>1.09596</v>
+        <v>1.06954</v>
       </c>
       <c r="E958">
-        <v>1.10274</v>
+        <v>1.0712</v>
       </c>
     </row>
     <row r="959" spans="1:5">
       <c r="A959" t="s">
-        <v>946</v>
+        <v>948</v>
       </c>
       <c r="B959">
-        <v>1.10514</v>
+        <v>1.08383</v>
       </c>
       <c r="C959">
-        <v>1.10688</v>
+        <v>1.08502</v>
       </c>
       <c r="D959">
-        <v>1.10089</v>
+        <v>1.07694</v>
       </c>
       <c r="E959">
-        <v>1.10143</v>
+        <v>1.07908</v>
       </c>
     </row>
     <row r="960" spans="1:5">
       <c r="A960" t="s">
-        <v>947</v>
+        <v>949</v>
       </c>
       <c r="B960">
-        <v>1.10904</v>
+        <v>1.08512</v>
       </c>
       <c r="C960">
-        <v>1.11172</v>
+        <v>1.09349</v>
       </c>
       <c r="D960">
-        <v>1.10018</v>
+        <v>1.08223</v>
       </c>
       <c r="E960">
-        <v>1.1051</v>
+        <v>1.08307</v>
       </c>
     </row>
     <row r="961" spans="1:5">
       <c r="A961" t="s">
-        <v>948</v>
+        <v>950</v>
       </c>
       <c r="B961">
-        <v>1.10343</v>
+        <v>1.07862</v>
       </c>
       <c r="C961">
-        <v>1.11362</v>
+        <v>1.08657</v>
       </c>
       <c r="D961">
-        <v>1.10064</v>
+        <v>1.07827</v>
       </c>
       <c r="E961">
-        <v>1.10905</v>
+        <v>1.08511</v>
       </c>
     </row>
     <row r="962" spans="1:5">
       <c r="A962" t="s">
-        <v>949</v>
+        <v>951</v>
       </c>
       <c r="B962">
-        <v>1.09533</v>
+        <v>1.07819</v>
       </c>
       <c r="C962">
-        <v>1.10453</v>
+        <v>1.08129</v>
       </c>
       <c r="D962">
-        <v>1.09465</v>
+        <v>1.07598</v>
       </c>
       <c r="E962">
-        <v>1.1034</v>
+        <v>1.07861</v>
       </c>
     </row>
     <row r="963" spans="1:5">
       <c r="A963" t="s">
-        <v>950</v>
+        <v>952</v>
       </c>
       <c r="B963">
-        <v>1.09388</v>
+        <v>1.08061</v>
       </c>
       <c r="C963">
-        <v>1.10185</v>
+        <v>1.08202</v>
       </c>
       <c r="D963">
-        <v>1.09247</v>
+        <v>1.07686</v>
       </c>
       <c r="E963">
-        <v>1.09535</v>
+        <v>1.07815</v>
       </c>
     </row>
     <row r="964" spans="1:5">
       <c r="A964" t="s">
-        <v>951</v>
+        <v>953</v>
       </c>
       <c r="B964">
-        <v>1.09337</v>
+        <v>1.08271</v>
       </c>
       <c r="C964">
-        <v>1.09925</v>
+        <v>1.08294</v>
       </c>
       <c r="D964">
-        <v>1.08993</v>
+        <v>1.07955</v>
       </c>
       <c r="E964">
-        <v>1.09394</v>
+        <v>1.0808</v>
       </c>
     </row>
     <row r="965" spans="1:5">
       <c r="A965" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="B965">
-        <v>1.09831</v>
+        <v>1.0881</v>
       </c>
       <c r="C965">
-        <v>1.10423</v>
+        <v>1.0922</v>
       </c>
       <c r="D965">
-        <v>1.09006</v>
+        <v>1.07561</v>
       </c>
       <c r="E965">
-        <v>1.09096</v>
+        <v>1.08285</v>
       </c>
     </row>
     <row r="966" spans="1:5">
       <c r="A966" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="B966">
-        <v>1.1075</v>
+        <v>1.08286</v>
       </c>
       <c r="C966">
-        <v>1.11198</v>
+        <v>1.08913</v>
       </c>
       <c r="D966">
-        <v>1.09749</v>
+        <v>1.0806</v>
       </c>
       <c r="E966">
-        <v>1.0983</v>
+        <v>1.08848</v>
       </c>
     </row>
     <row r="967" spans="1:5">
       <c r="A967" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
       <c r="B967">
-        <v>1.08984</v>
+        <v>1.08823</v>
       </c>
       <c r="C967">
-        <v>1.10937</v>
+        <v>1.09023</v>
       </c>
       <c r="D967">
-        <v>1.08887</v>
+        <v>1.08199</v>
       </c>
       <c r="E967">
-        <v>1.10751</v>
+        <v>1.08282</v>
       </c>
     </row>
     <row r="968" spans="1:5">
       <c r="A968" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
       <c r="B968">
-        <v>1.08551</v>
+        <v>1.09001</v>
       </c>
       <c r="C968">
-        <v>1.0957</v>
+        <v>1.09319</v>
       </c>
       <c r="D968">
-        <v>1.08475</v>
+        <v>1.08714</v>
       </c>
       <c r="E968">
-        <v>1.08961</v>
+        <v>1.08824</v>
       </c>
     </row>
     <row r="969" spans="1:5">
       <c r="A969" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
       <c r="B969">
-        <v>1.0877</v>
+        <v>1.08775</v>
       </c>
       <c r="C969">
-        <v>1.0931</v>
+        <v>1.08904</v>
       </c>
       <c r="D969">
-        <v>1.08047</v>
+        <v>1.0835</v>
       </c>
       <c r="E969">
-        <v>1.08533</v>
+        <v>1.08754</v>
       </c>
     </row>
     <row r="970" spans="1:5">
       <c r="A970" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
       <c r="B970">
-        <v>1.10652</v>
+        <v>1.08938</v>
       </c>
       <c r="C970">
-        <v>1.10666</v>
+        <v>1.09371</v>
       </c>
       <c r="D970">
-        <v>1.08841</v>
+        <v>1.08633</v>
       </c>
       <c r="E970">
-        <v>1.09331</v>
+        <v>1.08774</v>
       </c>
     </row>
     <row r="971" spans="1:5">
       <c r="A971" t="s">
-        <v>958</v>
+        <v>960</v>
       </c>
       <c r="B971">
-        <v>1.11174</v>
+        <v>1.09036</v>
       </c>
       <c r="C971">
-        <v>1.11205</v>
+        <v>1.09366</v>
       </c>
       <c r="D971">
-        <v>1.10323</v>
+        <v>1.08729</v>
       </c>
       <c r="E971">
-        <v>1.10651</v>
+        <v>1.08935</v>
       </c>
     </row>
     <row r="972" spans="1:5">
       <c r="A972" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="B972">
-        <v>1.11226</v>
+        <v>1.09727</v>
       </c>
       <c r="C972">
-        <v>1.11423</v>
+        <v>1.09872</v>
       </c>
       <c r="D972">
-        <v>1.1056</v>
+        <v>1.08987</v>
       </c>
       <c r="E972">
-        <v>1.11175</v>
+        <v>1.09037</v>
       </c>
     </row>
     <row r="973" spans="1:5">
       <c r="A973" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
       <c r="B973">
-        <v>1.12213</v>
+        <v>1.10385</v>
       </c>
       <c r="C973">
-        <v>1.12316</v>
+        <v>1.10531</v>
       </c>
       <c r="D973">
-        <v>1.10884</v>
+        <v>1.09592</v>
       </c>
       <c r="E973">
-        <v>1.11219</v>
+        <v>1.09718</v>
       </c>
     </row>
     <row r="974" spans="1:5">
       <c r="A974" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
       <c r="B974">
-        <v>1.11653</v>
+        <v>1.10653</v>
       </c>
       <c r="C974">
-        <v>1.1245</v>
+        <v>1.1075</v>
       </c>
       <c r="D974">
-        <v>1.11408</v>
+        <v>1.10266</v>
       </c>
       <c r="E974">
-        <v>1.12169</v>
+        <v>1.10458</v>
       </c>
     </row>
     <row r="975" spans="1:5">
       <c r="A975" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="B975">
-        <v>1.11902</v>
+        <v>1.11569</v>
       </c>
       <c r="C975">
-        <v>1.127</v>
+        <v>1.11835</v>
       </c>
       <c r="D975">
-        <v>1.11646</v>
+        <v>1.10596</v>
       </c>
       <c r="E975">
-        <v>1.12643</v>
+        <v>1.10655</v>
       </c>
     </row>
     <row r="976" spans="1:5">
       <c r="A976" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="B976">
-        <v>1.13087</v>
+        <v>1.1085</v>
       </c>
       <c r="C976">
-        <v>1.13087</v>
+        <v>1.11697</v>
       </c>
       <c r="D976">
-        <v>1.11051</v>
+        <v>1.10799</v>
       </c>
       <c r="E976">
-        <v>1.11903</v>
+        <v>1.11568</v>
       </c>
     </row>
     <row r="977" spans="1:5">
       <c r="A977" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="B977">
-        <v>1.13247</v>
+        <v>1.08427</v>
       </c>
       <c r="C977">
-        <v>1.13576</v>
+        <v>1.0925</v>
       </c>
       <c r="D977">
-        <v>1.12999</v>
+        <v>1.08222</v>
       </c>
       <c r="E977">
-        <v>1.13035</v>
+        <v>1.09039</v>
       </c>
     </row>
     <row r="978" spans="1:5">
       <c r="A978" t="s">
         <v>965</v>
       </c>
       <c r="B978">
-        <v>1.13128</v>
+        <v>1.08427</v>
       </c>
       <c r="C978">
-        <v>1.13656</v>
+        <v>1.0925</v>
       </c>
       <c r="D978">
-        <v>1.12867</v>
+        <v>1.08222</v>
       </c>
       <c r="E978">
-        <v>1.13234</v>
+        <v>1.09039</v>
       </c>
     </row>
     <row r="979" spans="1:5">
       <c r="A979" t="s">
         <v>966</v>
       </c>
       <c r="B979">
-        <v>1.13119</v>
+        <v>1.09815</v>
       </c>
       <c r="C979">
-        <v>1.13891</v>
+        <v>1.11357</v>
       </c>
       <c r="D979">
-        <v>1.13054</v>
+        <v>1.09685</v>
       </c>
       <c r="E979">
-        <v>1.13088</v>
+        <v>1.10851</v>
       </c>
     </row>
     <row r="980" spans="1:5">
       <c r="A980" t="s">
         <v>967</v>
       </c>
       <c r="B980">
-        <v>1.13593</v>
+        <v>1.09805</v>
       </c>
       <c r="C980">
-        <v>1.13754</v>
+        <v>1.09982</v>
       </c>
       <c r="D980">
-        <v>1.13128</v>
+        <v>1.09434</v>
       </c>
       <c r="E980">
-        <v>1.1323</v>
+        <v>1.09814</v>
       </c>
     </row>
     <row r="981" spans="1:5">
       <c r="A981" t="s">
         <v>968</v>
       </c>
       <c r="B981">
-        <v>1.13715</v>
+        <v>1.09958</v>
       </c>
       <c r="C981">
-        <v>1.13847</v>
+        <v>1.10365</v>
       </c>
       <c r="D981">
-        <v>1.13219</v>
+        <v>1.09796</v>
       </c>
       <c r="E981">
-        <v>1.13589</v>
+        <v>1.09822</v>
       </c>
     </row>
     <row r="982" spans="1:5">
       <c r="A982" t="s">
         <v>969</v>
       </c>
       <c r="B982">
-        <v>1.13582</v>
+        <v>1.10026</v>
       </c>
       <c r="C982">
-        <v>1.13946</v>
+        <v>1.10126</v>
       </c>
       <c r="D982">
-        <v>1.13435</v>
+        <v>1.09644</v>
       </c>
       <c r="E982">
-        <v>1.13716</v>
+        <v>1.0996</v>
       </c>
     </row>
     <row r="983" spans="1:5">
       <c r="A983" t="s">
         <v>970</v>
       </c>
       <c r="B983">
-        <v>1.13051</v>
+        <v>1.10269</v>
       </c>
       <c r="C983">
-        <v>1.13669</v>
+        <v>1.10425</v>
       </c>
       <c r="D983">
-        <v>1.12989</v>
+        <v>1.09626</v>
       </c>
       <c r="E983">
-        <v>1.13575</v>
+        <v>1.10036</v>
       </c>
     </row>
     <row r="984" spans="1:5">
       <c r="A984" t="s">
         <v>971</v>
       </c>
       <c r="B984">
-        <v>1.13585</v>
+        <v>1.10153</v>
       </c>
       <c r="C984">
-        <v>1.13677</v>
+        <v>1.10445</v>
       </c>
       <c r="D984">
-        <v>1.12787</v>
+        <v>1.09596</v>
       </c>
       <c r="E984">
-        <v>1.1305</v>
+        <v>1.10274</v>
       </c>
     </row>
     <row r="985" spans="1:5">
       <c r="A985" t="s">
         <v>972</v>
       </c>
       <c r="B985">
-        <v>1.14261</v>
+        <v>1.10514</v>
       </c>
       <c r="C985">
-        <v>1.14288</v>
+        <v>1.10688</v>
       </c>
       <c r="D985">
-        <v>1.13284</v>
+        <v>1.10089</v>
       </c>
       <c r="E985">
-        <v>1.13415</v>
+        <v>1.10143</v>
       </c>
     </row>
     <row r="986" spans="1:5">
       <c r="A986" t="s">
         <v>973</v>
       </c>
       <c r="B986">
-        <v>1.14249</v>
+        <v>1.10904</v>
       </c>
       <c r="C986">
-        <v>1.14935</v>
+        <v>1.11172</v>
       </c>
       <c r="D986">
-        <v>1.13734</v>
+        <v>1.10018</v>
       </c>
       <c r="E986">
-        <v>1.14264</v>
+        <v>1.1051</v>
       </c>
     </row>
     <row r="987" spans="1:5">
       <c r="A987" t="s">
         <v>974</v>
       </c>
       <c r="B987">
-        <v>1.14135</v>
+        <v>1.10343</v>
       </c>
       <c r="C987">
-        <v>1.14464</v>
+        <v>1.11362</v>
       </c>
       <c r="D987">
-        <v>1.14012</v>
+        <v>1.10064</v>
       </c>
       <c r="E987">
-        <v>1.14251</v>
+        <v>1.10905</v>
       </c>
     </row>
     <row r="988" spans="1:5">
       <c r="A988" t="s">
         <v>975</v>
       </c>
       <c r="B988">
-        <v>1.14411</v>
+        <v>1.09533</v>
       </c>
       <c r="C988">
-        <v>1.14474</v>
+        <v>1.10453</v>
       </c>
       <c r="D988">
-        <v>1.13948</v>
+        <v>1.09465</v>
       </c>
       <c r="E988">
-        <v>1.14145</v>
+        <v>1.1034</v>
       </c>
     </row>
     <row r="989" spans="1:5">
       <c r="A989" t="s">
         <v>976</v>
       </c>
       <c r="B989">
-        <v>1.1452</v>
+        <v>1.09388</v>
       </c>
       <c r="C989">
-        <v>1.14574</v>
+        <v>1.10185</v>
       </c>
       <c r="D989">
-        <v>1.14137</v>
+        <v>1.09247</v>
       </c>
       <c r="E989">
-        <v>1.14404</v>
+        <v>1.09535</v>
       </c>
     </row>
     <row r="990" spans="1:5">
       <c r="A990" t="s">
         <v>977</v>
       </c>
       <c r="B990">
-        <v>1.14417</v>
+        <v>1.09337</v>
       </c>
       <c r="C990">
-        <v>1.14825</v>
+        <v>1.09925</v>
       </c>
       <c r="D990">
-        <v>1.14103</v>
+        <v>1.08993</v>
       </c>
       <c r="E990">
-        <v>1.14535</v>
+        <v>1.09394</v>
       </c>
     </row>
     <row r="991" spans="1:5">
       <c r="A991" t="s">
         <v>978</v>
       </c>
       <c r="B991">
-        <v>1.13031</v>
+        <v>1.09831</v>
       </c>
       <c r="C991">
-        <v>1.14501</v>
+        <v>1.10423</v>
       </c>
       <c r="D991">
-        <v>1.12658</v>
+        <v>1.09006</v>
       </c>
       <c r="E991">
-        <v>1.14383</v>
+        <v>1.09096</v>
       </c>
     </row>
     <row r="992" spans="1:5">
       <c r="A992" t="s">
         <v>979</v>
       </c>
       <c r="B992">
-        <v>1.12687</v>
+        <v>1.1075</v>
       </c>
       <c r="C992">
-        <v>1.13288</v>
+        <v>1.11198</v>
       </c>
       <c r="D992">
-        <v>1.12653</v>
+        <v>1.09749</v>
       </c>
       <c r="E992">
-        <v>1.13028</v>
+        <v>1.0983</v>
       </c>
     </row>
     <row r="993" spans="1:5">
       <c r="A993" t="s">
         <v>980</v>
       </c>
       <c r="B993">
-        <v>1.12346</v>
+        <v>1.08984</v>
       </c>
       <c r="C993">
-        <v>1.12773</v>
+        <v>1.10937</v>
       </c>
       <c r="D993">
-        <v>1.12196</v>
+        <v>1.08887</v>
       </c>
       <c r="E993">
-        <v>1.12701</v>
+        <v>1.10751</v>
       </c>
     </row>
     <row r="994" spans="1:5">
       <c r="A994" t="s">
         <v>981</v>
       </c>
       <c r="B994">
-        <v>1.11443</v>
+        <v>1.08551</v>
       </c>
       <c r="C994">
-        <v>1.12464</v>
+        <v>1.0957</v>
       </c>
       <c r="D994">
-        <v>1.11427</v>
+        <v>1.08475</v>
       </c>
       <c r="E994">
-        <v>1.12345</v>
+        <v>1.08961</v>
       </c>
     </row>
     <row r="995" spans="1:5">
       <c r="A995" t="s">
         <v>982</v>
       </c>
       <c r="B995">
-        <v>1.11446</v>
+        <v>1.0877</v>
       </c>
       <c r="C995">
-        <v>1.11722</v>
+        <v>1.0931</v>
       </c>
       <c r="D995">
-        <v>1.112</v>
+        <v>1.08047</v>
       </c>
       <c r="E995">
-        <v>1.11483</v>
+        <v>1.08533</v>
       </c>
     </row>
     <row r="996" spans="1:5">
       <c r="A996" t="s">
         <v>983</v>
       </c>
       <c r="B996">
-        <v>1.1239</v>
+        <v>1.10652</v>
       </c>
       <c r="C996">
-        <v>1.1242</v>
+        <v>1.10666</v>
       </c>
       <c r="D996">
-        <v>1.113</v>
+        <v>1.08841</v>
       </c>
       <c r="E996">
-        <v>1.11438</v>
+        <v>1.09331</v>
       </c>
     </row>
     <row r="997" spans="1:5">
       <c r="A997" t="s">
         <v>984</v>
       </c>
       <c r="B997">
-        <v>1.13002</v>
+        <v>1.11174</v>
       </c>
       <c r="C997">
-        <v>1.13094</v>
+        <v>1.11205</v>
       </c>
       <c r="D997">
-        <v>1.12341</v>
+        <v>1.10323</v>
       </c>
       <c r="E997">
-        <v>1.12386</v>
+        <v>1.10651</v>
       </c>
     </row>
     <row r="998" spans="1:5">
       <c r="A998" t="s">
         <v>985</v>
       </c>
       <c r="B998">
-        <v>1.13263</v>
+        <v>1.11226</v>
       </c>
       <c r="C998">
-        <v>1.13278</v>
+        <v>1.11423</v>
       </c>
       <c r="D998">
-        <v>1.12618</v>
+        <v>1.1056</v>
       </c>
       <c r="E998">
-        <v>1.13001</v>
+        <v>1.11175</v>
       </c>
     </row>
     <row r="999" spans="1:5">
       <c r="A999" t="s">
         <v>986</v>
       </c>
       <c r="B999">
-        <v>1.13402</v>
+        <v>1.12213</v>
       </c>
       <c r="C999">
-        <v>1.13412</v>
+        <v>1.12316</v>
       </c>
       <c r="D999">
-        <v>1.12891</v>
+        <v>1.10884</v>
       </c>
       <c r="E999">
-        <v>1.13277</v>
+        <v>1.11219</v>
       </c>
     </row>
     <row r="1000" spans="1:5">
       <c r="A1000" t="s">
         <v>987</v>
       </c>
       <c r="B1000">
-        <v>1.13109</v>
+        <v>1.11653</v>
       </c>
       <c r="C1000">
-        <v>1.13584</v>
+        <v>1.1245</v>
       </c>
       <c r="D1000">
-        <v>1.12995</v>
+        <v>1.11408</v>
       </c>
       <c r="E1000">
-        <v>1.13405</v>
+        <v>1.12169</v>
       </c>
     </row>
     <row r="1001" spans="1:5">
       <c r="A1001" t="s">
         <v>988</v>
       </c>
       <c r="B1001">
-        <v>1.13414</v>
+        <v>1.11902</v>
       </c>
       <c r="C1001">
-        <v>1.13676</v>
+        <v>1.127</v>
       </c>
       <c r="D1001">
-        <v>1.13018</v>
+        <v>1.11646</v>
       </c>
       <c r="E1001">
-        <v>1.13104</v>
+        <v>1.12643</v>
       </c>
     </row>
     <row r="1002" spans="1:5">
       <c r="A1002" t="s">
         <v>989</v>
       </c>
       <c r="B1002">
-        <v>1.13221</v>
+        <v>1.13087</v>
       </c>
       <c r="C1002">
-        <v>1.13557</v>
+        <v>1.13087</v>
       </c>
       <c r="D1002">
-        <v>1.13175</v>
+        <v>1.11051</v>
       </c>
       <c r="E1002">
-        <v>1.13413</v>
+        <v>1.11903</v>
       </c>
     </row>
     <row r="1003" spans="1:5">
       <c r="A1003" t="s">
         <v>990</v>
       </c>
       <c r="B1003">
-        <v>1.14093</v>
+        <v>1.13247</v>
       </c>
       <c r="C1003">
-        <v>1.14199</v>
+        <v>1.13576</v>
       </c>
       <c r="D1003">
-        <v>1.13134</v>
+        <v>1.12999</v>
       </c>
       <c r="E1003">
-        <v>1.13256</v>
+        <v>1.13035</v>
       </c>
     </row>
     <row r="1004" spans="1:5">
       <c r="A1004" t="s">
         <v>991</v>
       </c>
       <c r="B1004">
-        <v>1.1409</v>
+        <v>1.13128</v>
       </c>
       <c r="C1004">
-        <v>1.1433</v>
+        <v>1.13656</v>
       </c>
       <c r="D1004">
-        <v>1.13905</v>
+        <v>1.12867</v>
       </c>
       <c r="E1004">
-        <v>1.14071</v>
+        <v>1.13234</v>
       </c>
     </row>
     <row r="1005" spans="1:5">
       <c r="A1005" t="s">
         <v>992</v>
       </c>
       <c r="B1005">
-        <v>1.14533</v>
+        <v>1.13119</v>
       </c>
       <c r="C1005">
-        <v>1.14814</v>
+        <v>1.13891</v>
       </c>
       <c r="D1005">
-        <v>1.13971</v>
+        <v>1.13054</v>
       </c>
       <c r="E1005">
-        <v>1.14134</v>
+        <v>1.13088</v>
       </c>
     </row>
     <row r="1006" spans="1:5">
       <c r="A1006" t="s">
         <v>993</v>
       </c>
       <c r="B1006">
-        <v>1.14411</v>
+        <v>1.13593</v>
       </c>
       <c r="C1006">
-        <v>1.14802</v>
+        <v>1.13754</v>
       </c>
       <c r="D1006">
-        <v>1.14345</v>
+        <v>1.13128</v>
       </c>
       <c r="E1006">
-        <v>1.14534</v>
+        <v>1.1323</v>
       </c>
     </row>
     <row r="1007" spans="1:5">
       <c r="A1007" t="s">
         <v>994</v>
       </c>
       <c r="B1007">
-        <v>1.13658</v>
+        <v>1.13715</v>
       </c>
       <c r="C1007">
-        <v>1.14513</v>
+        <v>1.13847</v>
       </c>
       <c r="D1007">
-        <v>1.13533</v>
+        <v>1.13219</v>
       </c>
       <c r="E1007">
-        <v>1.14407</v>
+        <v>1.13589</v>
       </c>
     </row>
     <row r="1008" spans="1:5">
       <c r="A1008" t="s">
         <v>995</v>
       </c>
       <c r="B1008">
-        <v>1.13238</v>
+        <v>1.13582</v>
       </c>
       <c r="C1008">
-        <v>1.13737</v>
+        <v>1.13946</v>
       </c>
       <c r="D1008">
-        <v>1.13116</v>
+        <v>1.13435</v>
       </c>
       <c r="E1008">
-        <v>1.13653</v>
+        <v>1.13716</v>
       </c>
     </row>
     <row r="1009" spans="1:5">
       <c r="A1009" t="s">
         <v>996</v>
       </c>
       <c r="B1009">
-        <v>1.13497</v>
+        <v>1.13051</v>
       </c>
       <c r="C1009">
-        <v>1.13568</v>
+        <v>1.13669</v>
       </c>
       <c r="D1009">
-        <v>1.12837</v>
+        <v>1.12989</v>
       </c>
       <c r="E1009">
-        <v>1.13243</v>
+        <v>1.13575</v>
       </c>
     </row>
     <row r="1010" spans="1:5">
       <c r="A1010" t="s">
         <v>997</v>
       </c>
       <c r="B1010">
-        <v>1.12964</v>
+        <v>1.13585</v>
       </c>
       <c r="C1010">
-        <v>1.13634</v>
+        <v>1.13677</v>
       </c>
       <c r="D1010">
-        <v>1.12887</v>
+        <v>1.12787</v>
       </c>
       <c r="E1010">
-        <v>1.13597</v>
+        <v>1.1305</v>
       </c>
     </row>
     <row r="1011" spans="1:5">
       <c r="A1011" t="s">
         <v>998</v>
       </c>
       <c r="B1011">
-        <v>1.13123</v>
+        <v>1.14261</v>
       </c>
       <c r="C1011">
-        <v>1.13305</v>
+        <v>1.14288</v>
       </c>
       <c r="D1011">
-        <v>1.12833</v>
+        <v>1.13284</v>
       </c>
       <c r="E1011">
-        <v>1.12972</v>
+        <v>1.13415</v>
       </c>
     </row>
     <row r="1012" spans="1:5">
       <c r="A1012" t="s">
         <v>999</v>
       </c>
       <c r="B1012">
-        <v>1.12848</v>
+        <v>1.14249</v>
       </c>
       <c r="C1012">
-        <v>1.1345</v>
+        <v>1.14935</v>
       </c>
       <c r="D1012">
-        <v>1.12757</v>
+        <v>1.13734</v>
       </c>
       <c r="E1012">
-        <v>1.13125</v>
+        <v>1.14264</v>
       </c>
     </row>
     <row r="1013" spans="1:5">
       <c r="A1013" t="s">
         <v>1000</v>
       </c>
       <c r="B1013">
-        <v>1.12959</v>
+        <v>1.14135</v>
       </c>
       <c r="C1013">
-        <v>1.13211</v>
+        <v>1.14464</v>
       </c>
       <c r="D1013">
-        <v>1.12708</v>
+        <v>1.14012</v>
       </c>
       <c r="E1013">
-        <v>1.12851</v>
+        <v>1.14251</v>
       </c>
     </row>
     <row r="1014" spans="1:5">
       <c r="A1014" t="s">
         <v>1001</v>
       </c>
       <c r="B1014">
-        <v>1.13703</v>
+        <v>1.14411</v>
       </c>
       <c r="C1014">
-        <v>1.13738</v>
+        <v>1.14474</v>
       </c>
       <c r="D1014">
-        <v>1.12784</v>
+        <v>1.13948</v>
       </c>
       <c r="E1014">
-        <v>1.12966</v>
+        <v>1.14145</v>
       </c>
     </row>
     <row r="1015" spans="1:5">
       <c r="A1015" t="s">
         <v>1002</v>
       </c>
       <c r="B1015">
-        <v>1.13225</v>
+        <v>1.1452</v>
       </c>
       <c r="C1015">
-        <v>1.13847</v>
+        <v>1.14574</v>
       </c>
       <c r="D1015">
-        <v>1.13019</v>
+        <v>1.14137</v>
       </c>
       <c r="E1015">
-        <v>1.13746</v>
+        <v>1.14404</v>
       </c>
     </row>
     <row r="1016" spans="1:5">
       <c r="A1016" t="s">
         <v>1003</v>
       </c>
       <c r="B1016">
-        <v>1.13477</v>
+        <v>1.14417</v>
       </c>
       <c r="C1016">
-        <v>1.13584</v>
+        <v>1.14825</v>
       </c>
       <c r="D1016">
-        <v>1.12971</v>
+        <v>1.14103</v>
       </c>
       <c r="E1016">
-        <v>1.13242</v>
+        <v>1.14535</v>
       </c>
     </row>
     <row r="1017" spans="1:5">
       <c r="A1017" t="s">
         <v>1004</v>
       </c>
       <c r="B1017">
-        <v>1.13091</v>
+        <v>1.13031</v>
       </c>
       <c r="C1017">
-        <v>1.13674</v>
+        <v>1.14501</v>
       </c>
       <c r="D1017">
-        <v>1.12723</v>
+        <v>1.12658</v>
       </c>
       <c r="E1017">
-        <v>1.1347</v>
+        <v>1.14383</v>
       </c>
     </row>
     <row r="1018" spans="1:5">
       <c r="A1018" t="s">
         <v>1005</v>
       </c>
       <c r="B1018">
-        <v>1.13277</v>
+        <v>1.12687</v>
       </c>
       <c r="C1018">
-        <v>1.13318</v>
+        <v>1.13288</v>
       </c>
       <c r="D1018">
-        <v>1.12881</v>
+        <v>1.12653</v>
       </c>
       <c r="E1018">
-        <v>1.13095</v>
+        <v>1.13028</v>
       </c>
     </row>
     <row r="1019" spans="1:5">
       <c r="A1019" t="s">
         <v>1006</v>
       </c>
       <c r="B1019">
-        <v>1.13246</v>
+        <v>1.12346</v>
       </c>
       <c r="C1019">
-        <v>1.1333</v>
+        <v>1.12773</v>
       </c>
       <c r="D1019">
-        <v>1.13015</v>
+        <v>1.12196</v>
       </c>
       <c r="E1019">
-        <v>1.1327</v>
+        <v>1.12701</v>
       </c>
     </row>
     <row r="1020" spans="1:5">
       <c r="A1020" t="s">
         <v>1007</v>
       </c>
       <c r="B1020">
-        <v>1.1326</v>
+        <v>1.11443</v>
       </c>
       <c r="C1020">
-        <v>1.13421</v>
+        <v>1.12464</v>
       </c>
       <c r="D1020">
-        <v>1.13027</v>
+        <v>1.11427</v>
       </c>
       <c r="E1020">
-        <v>1.13184</v>
+        <v>1.12345</v>
       </c>
     </row>
     <row r="1021" spans="1:5">
       <c r="A1021" t="s">
         <v>1008</v>
       </c>
       <c r="B1021">
-        <v>1.1325</v>
+        <v>1.11446</v>
       </c>
       <c r="C1021">
-        <v>1.13409</v>
+        <v>1.11722</v>
       </c>
       <c r="D1021">
-        <v>1.12887</v>
+        <v>1.112</v>
       </c>
       <c r="E1021">
-        <v>1.13259</v>
+        <v>1.11483</v>
       </c>
     </row>
     <row r="1022" spans="1:5">
       <c r="A1022" t="s">
         <v>1009</v>
       </c>
       <c r="B1022">
-        <v>1.12861</v>
+        <v>1.1239</v>
       </c>
       <c r="C1022">
-        <v>1.13374</v>
+        <v>1.1242</v>
       </c>
       <c r="D1022">
-        <v>1.1263</v>
+        <v>1.113</v>
       </c>
       <c r="E1022">
-        <v>1.13251</v>
+        <v>1.11438</v>
       </c>
     </row>
     <row r="1023" spans="1:5">
       <c r="A1023" t="s">
         <v>1010</v>
       </c>
       <c r="B1023">
-        <v>1.12803</v>
+        <v>1.13002</v>
       </c>
       <c r="C1023">
-        <v>1.13014</v>
+        <v>1.13094</v>
       </c>
       <c r="D1023">
-        <v>1.12594</v>
+        <v>1.12341</v>
       </c>
       <c r="E1023">
-        <v>1.12794</v>
+        <v>1.12386</v>
       </c>
     </row>
     <row r="1024" spans="1:5">
       <c r="A1024" t="s">
         <v>1011</v>
       </c>
       <c r="B1024">
-        <v>1.12383</v>
+        <v>1.13263</v>
       </c>
       <c r="C1024">
-        <v>1.13024</v>
+        <v>1.13278</v>
       </c>
       <c r="D1024">
-        <v>1.12351</v>
+        <v>1.12618</v>
       </c>
       <c r="E1024">
-        <v>1.12787</v>
+        <v>1.13001</v>
       </c>
     </row>
     <row r="1025" spans="1:5">
       <c r="A1025" t="s">
         <v>1012</v>
       </c>
       <c r="B1025">
-        <v>1.13289</v>
+        <v>1.13402</v>
       </c>
       <c r="C1025">
-        <v>1.13476</v>
+        <v>1.13412</v>
       </c>
       <c r="D1025">
-        <v>1.2353</v>
+        <v>1.12891</v>
       </c>
       <c r="E1025">
-        <v>1.12354</v>
+        <v>1.13277</v>
       </c>
     </row>
     <row r="1026" spans="1:5">
       <c r="A1026" t="s">
         <v>1013</v>
       </c>
       <c r="B1026">
-        <v>1.12862</v>
+        <v>1.13109</v>
       </c>
       <c r="C1026">
-        <v>1.1359</v>
+        <v>1.13584</v>
       </c>
       <c r="D1026">
-        <v>1.12799</v>
+        <v>1.12995</v>
       </c>
       <c r="E1026">
-        <v>1.1329</v>
+        <v>1.13405</v>
       </c>
     </row>
     <row r="1027" spans="1:5">
       <c r="A1027" t="s">
         <v>1014</v>
       </c>
       <c r="B1027">
-        <v>1.12575</v>
+        <v>1.13414</v>
       </c>
       <c r="C1027">
-        <v>1.12977</v>
+        <v>1.13676</v>
       </c>
       <c r="D1027">
-        <v>1.12204</v>
+        <v>1.13018</v>
       </c>
       <c r="E1027">
-        <v>1.12863</v>
+        <v>1.13104</v>
       </c>
     </row>
     <row r="1028" spans="1:5">
       <c r="A1028" t="s">
         <v>1015</v>
       </c>
       <c r="B1028">
-        <v>1.1283</v>
+        <v>1.13221</v>
       </c>
       <c r="C1028">
-        <v>1.13224</v>
+        <v>1.13557</v>
       </c>
       <c r="D1028">
-        <v>1.12523</v>
+        <v>1.13175</v>
       </c>
       <c r="E1028">
-        <v>1.12576</v>
+        <v>1.13413</v>
       </c>
     </row>
     <row r="1029" spans="1:5">
       <c r="A1029" t="s">
         <v>1016</v>
       </c>
       <c r="B1029">
-        <v>1.13176</v>
+        <v>1.14093</v>
       </c>
       <c r="C1029">
-        <v>1.1318</v>
+        <v>1.14199</v>
       </c>
       <c r="D1029">
-        <v>1.12587</v>
+        <v>1.13134</v>
       </c>
       <c r="E1029">
-        <v>1.12839</v>
+        <v>1.13256</v>
       </c>
     </row>
     <row r="1030" spans="1:5">
       <c r="A1030" t="s">
         <v>1017</v>
       </c>
       <c r="B1030">
-        <v>1.12918</v>
+        <v>1.1409</v>
       </c>
       <c r="C1030">
-        <v>1.13226</v>
+        <v>1.1433</v>
       </c>
       <c r="D1030">
-        <v>1.12638</v>
+        <v>1.13905</v>
       </c>
       <c r="E1030">
-        <v>1.13163</v>
+        <v>1.14071</v>
       </c>
     </row>
     <row r="1031" spans="1:5">
       <c r="A1031" t="s">
         <v>1018</v>
       </c>
       <c r="B1031">
-        <v>1.13425</v>
+        <v>1.14533</v>
       </c>
       <c r="C1031">
-        <v>1.13452</v>
+        <v>1.14814</v>
       </c>
       <c r="D1031">
-        <v>1.12771</v>
+        <v>1.13971</v>
       </c>
       <c r="E1031">
-        <v>1.12917</v>
+        <v>1.14134</v>
       </c>
     </row>
     <row r="1032" spans="1:5">
       <c r="A1032" t="s">
         <v>1019</v>
       </c>
       <c r="B1032">
-        <v>1.12679</v>
+        <v>1.14411</v>
       </c>
       <c r="C1032">
-        <v>1.13534</v>
+        <v>1.14802</v>
       </c>
       <c r="D1032">
-        <v>1.12652</v>
+        <v>1.14345</v>
       </c>
       <c r="E1032">
-        <v>1.13411</v>
+        <v>1.14534</v>
       </c>
     </row>
     <row r="1033" spans="1:5">
       <c r="A1033" t="s">
         <v>1020</v>
       </c>
       <c r="B1033">
-        <v>1.12845</v>
+        <v>1.13658</v>
       </c>
       <c r="C1033">
-        <v>1.12971</v>
+        <v>1.14513</v>
       </c>
       <c r="D1033">
-        <v>1.12262</v>
+        <v>1.13533</v>
       </c>
       <c r="E1033">
-        <v>1.12688</v>
+        <v>1.14407</v>
       </c>
     </row>
     <row r="1034" spans="1:5">
       <c r="A1034" t="s">
         <v>1021</v>
       </c>
       <c r="B1034">
-        <v>1.13056</v>
+        <v>1.13238</v>
       </c>
       <c r="C1034">
-        <v>1.13087</v>
+        <v>1.13737</v>
       </c>
       <c r="D1034">
-        <v>1.12652</v>
+        <v>1.13116</v>
       </c>
       <c r="E1034">
-        <v>1.12846</v>
+        <v>1.13653</v>
       </c>
     </row>
     <row r="1035" spans="1:5">
       <c r="A1035" t="s">
         <v>1022</v>
       </c>
       <c r="B1035">
-        <v>1.13001</v>
+        <v>1.13497</v>
       </c>
       <c r="C1035">
-        <v>1.1332</v>
+        <v>1.13568</v>
       </c>
       <c r="D1035">
-        <v>1.12653</v>
+        <v>1.12837</v>
       </c>
       <c r="E1035">
-        <v>1.13078</v>
+        <v>1.13243</v>
       </c>
     </row>
     <row r="1036" spans="1:5">
       <c r="A1036" t="s">
         <v>1023</v>
       </c>
       <c r="B1036">
-        <v>1.13179</v>
+        <v>1.12964</v>
       </c>
       <c r="C1036">
-        <v>1.13464</v>
+        <v>1.13634</v>
       </c>
       <c r="D1036">
-        <v>1.1294</v>
+        <v>1.12887</v>
       </c>
       <c r="E1036">
-        <v>1.13</v>
+        <v>1.13597</v>
       </c>
     </row>
     <row r="1037" spans="1:5">
       <c r="A1037" t="s">
         <v>1024</v>
       </c>
       <c r="B1037">
-        <v>1.1336</v>
+        <v>1.13123</v>
       </c>
       <c r="C1037">
-        <v>1.13582</v>
+        <v>1.13305</v>
       </c>
       <c r="D1037">
-        <v>1.13012</v>
+        <v>1.12833</v>
       </c>
       <c r="E1037">
-        <v>1.1318</v>
+        <v>1.12972</v>
       </c>
     </row>
     <row r="1038" spans="1:5">
       <c r="A1038" t="s">
         <v>1025</v>
       </c>
       <c r="B1038">
-        <v>1.1291</v>
+        <v>1.12848</v>
       </c>
       <c r="C1038">
-        <v>1.13815</v>
+        <v>1.1345</v>
       </c>
       <c r="D1038">
-        <v>1.12339</v>
+        <v>1.12757</v>
       </c>
       <c r="E1038">
-        <v>1.13362</v>
+        <v>1.13125</v>
       </c>
     </row>
     <row r="1039" spans="1:5">
       <c r="A1039" t="s">
         <v>1026</v>
       </c>
       <c r="B1039">
-        <v>1.12879</v>
+        <v>1.12959</v>
       </c>
       <c r="C1039">
-        <v>1.12957</v>
+        <v>1.13211</v>
       </c>
       <c r="D1039">
-        <v>1.1257</v>
+        <v>1.12708</v>
       </c>
       <c r="E1039">
-        <v>1.12903</v>
+        <v>1.12851</v>
       </c>
     </row>
     <row r="1040" spans="1:5">
       <c r="A1040" t="s">
         <v>1027</v>
       </c>
       <c r="B1040">
-        <v>1.12065</v>
+        <v>1.13703</v>
       </c>
       <c r="C1040">
-        <v>1.13216</v>
+        <v>1.13738</v>
       </c>
       <c r="D1040">
-        <v>1.12032</v>
+        <v>1.12784</v>
       </c>
       <c r="E1040">
-        <v>1.13211</v>
+        <v>1.12966</v>
       </c>
     </row>
     <row r="1041" spans="1:5">
       <c r="A1041" t="s">
         <v>1028</v>
       </c>
       <c r="B1041">
-        <v>1.11974</v>
+        <v>1.13225</v>
       </c>
       <c r="C1041">
-        <v>1.12284</v>
+        <v>1.13847</v>
       </c>
       <c r="D1041">
-        <v>1.11951</v>
+        <v>1.13019</v>
       </c>
       <c r="E1041">
-        <v>1.12066</v>
+        <v>1.13746</v>
       </c>
     </row>
     <row r="1042" spans="1:5">
       <c r="A1042" t="s">
         <v>1029</v>
       </c>
       <c r="B1042">
-        <v>1.1247</v>
+        <v>1.13477</v>
       </c>
       <c r="C1042">
-        <v>1.12538</v>
+        <v>1.13584</v>
       </c>
       <c r="D1042">
-        <v>1.11847</v>
+        <v>1.12971</v>
       </c>
       <c r="E1042">
-        <v>1.11976</v>
+        <v>1.13242</v>
       </c>
     </row>
     <row r="1043" spans="1:5">
       <c r="A1043" t="s">
         <v>1030</v>
       </c>
       <c r="B1043">
-        <v>1.12338</v>
+        <v>1.13091</v>
       </c>
       <c r="C1043">
-        <v>1.12737</v>
+        <v>1.13674</v>
       </c>
       <c r="D1043">
-        <v>1.12246</v>
+        <v>1.12723</v>
       </c>
       <c r="E1043">
-        <v>1.12471</v>
+        <v>1.1347</v>
       </c>
     </row>
     <row r="1044" spans="1:5">
       <c r="A1044" t="s">
         <v>1031</v>
       </c>
       <c r="B1044">
-        <v>1.12715</v>
+        <v>1.13277</v>
       </c>
       <c r="C1044">
-        <v>1.1289</v>
+        <v>1.13318</v>
       </c>
       <c r="D1044">
-        <v>1.12293</v>
+        <v>1.12881</v>
       </c>
       <c r="E1044">
-        <v>1.12332</v>
+        <v>1.13095</v>
       </c>
     </row>
     <row r="1045" spans="1:5">
       <c r="A1045" t="s">
         <v>1032</v>
       </c>
       <c r="B1045">
-        <v>1.13671</v>
+        <v>1.13246</v>
       </c>
       <c r="C1045">
-        <v>1.13714</v>
+        <v>1.1333</v>
       </c>
       <c r="D1045">
-        <v>1.12487</v>
+        <v>1.13015</v>
       </c>
       <c r="E1045">
-        <v>1.12872</v>
+        <v>1.1327</v>
       </c>
     </row>
     <row r="1046" spans="1:5">
       <c r="A1046" t="s">
         <v>1033</v>
       </c>
       <c r="B1046">
-        <v>1.13168</v>
+        <v>1.1326</v>
       </c>
       <c r="C1046">
-        <v>1.13728</v>
+        <v>1.13421</v>
       </c>
       <c r="D1046">
-        <v>1.13124</v>
+        <v>1.13027</v>
       </c>
       <c r="E1046">
-        <v>1.13697</v>
+        <v>1.13184</v>
       </c>
     </row>
     <row r="1047" spans="1:5">
       <c r="A1047" t="s">
         <v>1034</v>
       </c>
       <c r="B1047">
-        <v>1.13177</v>
+        <v>1.1325</v>
       </c>
       <c r="C1047">
-        <v>1.13308</v>
+        <v>1.13409</v>
       </c>
       <c r="D1047">
-        <v>1.12623</v>
+        <v>1.12887</v>
       </c>
       <c r="E1047">
-        <v>1.13169</v>
+        <v>1.13259</v>
       </c>
     </row>
     <row r="1048" spans="1:5">
       <c r="A1048" t="s">
         <v>1035</v>
       </c>
       <c r="B1048">
-        <v>1.13664</v>
+        <v>1.12861</v>
       </c>
       <c r="C1048">
-        <v>1.13844</v>
+        <v>1.13374</v>
       </c>
       <c r="D1048">
-        <v>1.13077</v>
+        <v>1.1263</v>
       </c>
       <c r="E1048">
-        <v>1.13174</v>
+        <v>1.13251</v>
       </c>
     </row>
     <row r="1049" spans="1:5">
       <c r="A1049" t="s">
         <v>1036</v>
       </c>
       <c r="B1049">
-        <v>1.1441</v>
+        <v>1.12803</v>
       </c>
       <c r="C1049">
-        <v>1.14625</v>
+        <v>1.13014</v>
       </c>
       <c r="D1049">
-        <v>1.14398</v>
+        <v>1.12594</v>
       </c>
       <c r="E1049">
-        <v>1.1456</v>
+        <v>1.12794</v>
       </c>
     </row>
     <row r="1050" spans="1:5">
       <c r="A1050" t="s">
         <v>1037</v>
       </c>
       <c r="B1050">
-        <v>1.14468</v>
+        <v>1.12383</v>
       </c>
       <c r="C1050">
-        <v>1.14608</v>
+        <v>1.13024</v>
       </c>
       <c r="D1050">
-        <v>1.14315</v>
+        <v>1.12351</v>
       </c>
       <c r="E1050">
-        <v>1.14449</v>
+        <v>1.12787</v>
       </c>
     </row>
     <row r="1051" spans="1:5">
       <c r="A1051" t="s">
         <v>1038</v>
       </c>
       <c r="B1051">
-        <v>1.14787</v>
+        <v>1.13289</v>
       </c>
       <c r="C1051">
-        <v>1.14863</v>
+        <v>1.13476</v>
       </c>
       <c r="D1051">
-        <v>1.14416</v>
+        <v>1.2353</v>
       </c>
       <c r="E1051">
-        <v>1.14469</v>
+        <v>1.12354</v>
       </c>
     </row>
     <row r="1052" spans="1:5">
       <c r="A1052" t="s">
         <v>1039</v>
       </c>
       <c r="B1052">
-        <v>1.15929</v>
+        <v>1.12862</v>
       </c>
       <c r="C1052">
-        <v>1.15946</v>
+        <v>1.1359</v>
       </c>
       <c r="D1052">
-        <v>1.14747</v>
+        <v>1.12799</v>
       </c>
       <c r="E1052">
-        <v>1.14788</v>
+        <v>1.1329</v>
       </c>
     </row>
     <row r="1053" spans="1:5">
       <c r="A1053" t="s">
         <v>1040</v>
       </c>
       <c r="B1053">
-        <v>1.15875</v>
+        <v>1.12575</v>
       </c>
       <c r="C1053">
-        <v>1.6073</v>
+        <v>1.12977</v>
       </c>
       <c r="D1053">
-        <v>1.15686</v>
+        <v>1.12204</v>
       </c>
       <c r="E1053">
-        <v>1.1593</v>
+        <v>1.12863</v>
       </c>
     </row>
     <row r="1054" spans="1:5">
       <c r="A1054" t="s">
         <v>1041</v>
       </c>
       <c r="B1054">
-        <v>1.15638</v>
+        <v>1.1283</v>
       </c>
       <c r="C1054">
-        <v>1.15935</v>
+        <v>1.13224</v>
       </c>
       <c r="D1054">
-        <v>1.15492</v>
+        <v>1.12523</v>
       </c>
       <c r="E1054">
-        <v>1.15878</v>
+        <v>1.12576</v>
       </c>
     </row>
     <row r="1055" spans="1:5">
       <c r="A1055" t="s">
         <v>1042</v>
       </c>
       <c r="B1055">
-        <v>1.15519</v>
+        <v>1.13176</v>
       </c>
       <c r="C1055">
-        <v>1.15719</v>
+        <v>1.1318</v>
       </c>
       <c r="D1055">
-        <v>1.15119</v>
+        <v>1.12587</v>
       </c>
       <c r="E1055">
-        <v>1.15665</v>
+        <v>1.12839</v>
       </c>
     </row>
     <row r="1056" spans="1:5">
       <c r="A1056" t="s">
         <v>1043</v>
       </c>
       <c r="B1056">
-        <v>1.16124</v>
+        <v>1.12918</v>
       </c>
       <c r="C1056">
-        <v>1.16151</v>
+        <v>1.13226</v>
       </c>
       <c r="D1056">
-        <v>1.1527</v>
+        <v>1.12638</v>
       </c>
       <c r="E1056">
-        <v>1.15527</v>
+        <v>1.13163</v>
       </c>
     </row>
     <row r="1057" spans="1:5">
       <c r="A1057" t="s">
         <v>1044</v>
       </c>
       <c r="B1057">
-        <v>1.1577</v>
+        <v>1.13425</v>
       </c>
       <c r="C1057">
-        <v>1.16155</v>
+        <v>1.13452</v>
       </c>
       <c r="D1057">
-        <v>1.1561</v>
+        <v>1.12771</v>
       </c>
       <c r="E1057">
-        <v>1.16123</v>
+        <v>1.12917</v>
       </c>
     </row>
     <row r="1058" spans="1:5">
       <c r="A1058" t="s">
         <v>1045</v>
       </c>
       <c r="B1058">
-        <v>1.16049</v>
+        <v>1.12679</v>
       </c>
       <c r="C1058">
-        <v>1.1612</v>
+        <v>1.13534</v>
       </c>
       <c r="D1058">
-        <v>1.15738</v>
+        <v>1.12652</v>
       </c>
       <c r="E1058">
-        <v>1.15772</v>
+        <v>1.13411</v>
       </c>
     </row>
     <row r="1059" spans="1:5">
       <c r="A1059" t="s">
         <v>1046</v>
       </c>
       <c r="B1059">
-        <v>1.15599</v>
+        <v>1.12845</v>
       </c>
       <c r="C1059">
-        <v>1.16078</v>
+        <v>1.12971</v>
       </c>
       <c r="D1059">
-        <v>1.15446</v>
+        <v>1.12262</v>
       </c>
       <c r="E1059">
-        <v>1.16045</v>
+        <v>1.12688</v>
       </c>
     </row>
     <row r="1060" spans="1:5">
       <c r="A1060" t="s">
         <v>1047</v>
       </c>
       <c r="B1060">
-        <v>1.16789</v>
+        <v>1.13056</v>
       </c>
       <c r="C1060">
-        <v>1.16886</v>
+        <v>1.13087</v>
       </c>
       <c r="D1060">
-        <v>1.15337</v>
+        <v>1.12652</v>
       </c>
       <c r="E1060">
-        <v>1.15604</v>
+        <v>1.12846</v>
       </c>
     </row>
     <row r="1061" spans="1:5">
       <c r="A1061" t="s">
         <v>1048</v>
       </c>
       <c r="B1061">
-        <v>1.15993</v>
+        <v>1.13001</v>
       </c>
       <c r="C1061">
-        <v>1.16907</v>
+        <v>1.1332</v>
       </c>
       <c r="D1061">
-        <v>1.15809</v>
+        <v>1.12653</v>
       </c>
       <c r="E1061">
-        <v>1.16791</v>
+        <v>1.13078</v>
       </c>
     </row>
     <row r="1062" spans="1:5">
       <c r="A1062" t="s">
         <v>1049</v>
       </c>
       <c r="B1062">
-        <v>1.15911</v>
+        <v>1.13179</v>
       </c>
       <c r="C1062">
-        <v>1.16245</v>
+        <v>1.13464</v>
       </c>
       <c r="D1062">
-        <v>1.15835</v>
+        <v>1.1294</v>
       </c>
       <c r="E1062">
-        <v>1.15995</v>
+        <v>1.13</v>
       </c>
     </row>
     <row r="1063" spans="1:5">
       <c r="A1063" t="s">
         <v>1050</v>
       </c>
       <c r="B1063">
-        <v>1.1609</v>
+        <v>1.1336</v>
       </c>
       <c r="C1063">
-        <v>1.16243</v>
+        <v>1.13582</v>
       </c>
       <c r="D1063">
-        <v>1.15835</v>
+        <v>1.13012</v>
       </c>
       <c r="E1063">
-        <v>1.15902</v>
+        <v>1.1318</v>
       </c>
     </row>
     <row r="1064" spans="1:5">
       <c r="A1064" t="s">
         <v>1051</v>
       </c>
       <c r="B1064">
+        <v>1.1291</v>
+      </c>
+      <c r="C1064">
+        <v>1.13815</v>
+      </c>
+      <c r="D1064">
+        <v>1.12339</v>
+      </c>
+      <c r="E1064">
+        <v>1.13362</v>
+      </c>
+    </row>
+    <row r="1065" spans="1:5">
+      <c r="A1065" t="s">
+        <v>1052</v>
+      </c>
+      <c r="B1065">
+        <v>1.12879</v>
+      </c>
+      <c r="C1065">
+        <v>1.12957</v>
+      </c>
+      <c r="D1065">
+        <v>1.1257</v>
+      </c>
+      <c r="E1065">
+        <v>1.12903</v>
+      </c>
+    </row>
+    <row r="1066" spans="1:5">
+      <c r="A1066" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B1066">
+        <v>1.12065</v>
+      </c>
+      <c r="C1066">
+        <v>1.13216</v>
+      </c>
+      <c r="D1066">
+        <v>1.12032</v>
+      </c>
+      <c r="E1066">
+        <v>1.13211</v>
+      </c>
+    </row>
+    <row r="1067" spans="1:5">
+      <c r="A1067" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B1067">
+        <v>1.11974</v>
+      </c>
+      <c r="C1067">
+        <v>1.12284</v>
+      </c>
+      <c r="D1067">
+        <v>1.11951</v>
+      </c>
+      <c r="E1067">
+        <v>1.12066</v>
+      </c>
+    </row>
+    <row r="1068" spans="1:5">
+      <c r="A1068" t="s">
+        <v>1055</v>
+      </c>
+      <c r="B1068">
+        <v>1.1247</v>
+      </c>
+      <c r="C1068">
+        <v>1.12538</v>
+      </c>
+      <c r="D1068">
+        <v>1.11847</v>
+      </c>
+      <c r="E1068">
+        <v>1.11976</v>
+      </c>
+    </row>
+    <row r="1069" spans="1:5">
+      <c r="A1069" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B1069">
+        <v>1.12338</v>
+      </c>
+      <c r="C1069">
+        <v>1.12737</v>
+      </c>
+      <c r="D1069">
+        <v>1.12246</v>
+      </c>
+      <c r="E1069">
+        <v>1.12471</v>
+      </c>
+    </row>
+    <row r="1070" spans="1:5">
+      <c r="A1070" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B1070">
+        <v>1.12715</v>
+      </c>
+      <c r="C1070">
+        <v>1.1289</v>
+      </c>
+      <c r="D1070">
+        <v>1.12293</v>
+      </c>
+      <c r="E1070">
+        <v>1.12332</v>
+      </c>
+    </row>
+    <row r="1071" spans="1:5">
+      <c r="A1071" t="s">
+        <v>1058</v>
+      </c>
+      <c r="B1071">
+        <v>1.13671</v>
+      </c>
+      <c r="C1071">
+        <v>1.13714</v>
+      </c>
+      <c r="D1071">
+        <v>1.12487</v>
+      </c>
+      <c r="E1071">
+        <v>1.12872</v>
+      </c>
+    </row>
+    <row r="1072" spans="1:5">
+      <c r="A1072" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B1072">
+        <v>1.13168</v>
+      </c>
+      <c r="C1072">
+        <v>1.13728</v>
+      </c>
+      <c r="D1072">
+        <v>1.13124</v>
+      </c>
+      <c r="E1072">
+        <v>1.13697</v>
+      </c>
+    </row>
+    <row r="1073" spans="1:5">
+      <c r="A1073" t="s">
+        <v>1060</v>
+      </c>
+      <c r="B1073">
+        <v>1.13177</v>
+      </c>
+      <c r="C1073">
+        <v>1.13308</v>
+      </c>
+      <c r="D1073">
+        <v>1.12623</v>
+      </c>
+      <c r="E1073">
+        <v>1.13169</v>
+      </c>
+    </row>
+    <row r="1074" spans="1:5">
+      <c r="A1074" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B1074">
+        <v>1.13664</v>
+      </c>
+      <c r="C1074">
+        <v>1.13844</v>
+      </c>
+      <c r="D1074">
+        <v>1.13077</v>
+      </c>
+      <c r="E1074">
+        <v>1.13174</v>
+      </c>
+    </row>
+    <row r="1075" spans="1:5">
+      <c r="A1075" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B1075">
+        <v>1.1441</v>
+      </c>
+      <c r="C1075">
+        <v>1.14625</v>
+      </c>
+      <c r="D1075">
+        <v>1.14398</v>
+      </c>
+      <c r="E1075">
+        <v>1.1456</v>
+      </c>
+    </row>
+    <row r="1076" spans="1:5">
+      <c r="A1076" t="s">
+        <v>1063</v>
+      </c>
+      <c r="B1076">
+        <v>1.14468</v>
+      </c>
+      <c r="C1076">
+        <v>1.14608</v>
+      </c>
+      <c r="D1076">
+        <v>1.14315</v>
+      </c>
+      <c r="E1076">
+        <v>1.14449</v>
+      </c>
+    </row>
+    <row r="1077" spans="1:5">
+      <c r="A1077" t="s">
+        <v>1064</v>
+      </c>
+      <c r="B1077">
+        <v>1.14787</v>
+      </c>
+      <c r="C1077">
+        <v>1.14863</v>
+      </c>
+      <c r="D1077">
+        <v>1.14416</v>
+      </c>
+      <c r="E1077">
+        <v>1.14469</v>
+      </c>
+    </row>
+    <row r="1078" spans="1:5">
+      <c r="A1078" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B1078">
+        <v>1.15929</v>
+      </c>
+      <c r="C1078">
+        <v>1.15946</v>
+      </c>
+      <c r="D1078">
+        <v>1.14747</v>
+      </c>
+      <c r="E1078">
+        <v>1.14788</v>
+      </c>
+    </row>
+    <row r="1079" spans="1:5">
+      <c r="A1079" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B1079">
+        <v>1.15875</v>
+      </c>
+      <c r="C1079">
+        <v>1.6073</v>
+      </c>
+      <c r="D1079">
+        <v>1.15686</v>
+      </c>
+      <c r="E1079">
+        <v>1.1593</v>
+      </c>
+    </row>
+    <row r="1080" spans="1:5">
+      <c r="A1080" t="s">
+        <v>1067</v>
+      </c>
+      <c r="B1080">
+        <v>1.15638</v>
+      </c>
+      <c r="C1080">
+        <v>1.15935</v>
+      </c>
+      <c r="D1080">
+        <v>1.15492</v>
+      </c>
+      <c r="E1080">
+        <v>1.15878</v>
+      </c>
+    </row>
+    <row r="1081" spans="1:5">
+      <c r="A1081" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B1081">
+        <v>1.15519</v>
+      </c>
+      <c r="C1081">
+        <v>1.15719</v>
+      </c>
+      <c r="D1081">
+        <v>1.15119</v>
+      </c>
+      <c r="E1081">
+        <v>1.15665</v>
+      </c>
+    </row>
+    <row r="1082" spans="1:5">
+      <c r="A1082" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B1082">
+        <v>1.16124</v>
+      </c>
+      <c r="C1082">
+        <v>1.16151</v>
+      </c>
+      <c r="D1082">
+        <v>1.1527</v>
+      </c>
+      <c r="E1082">
+        <v>1.15527</v>
+      </c>
+    </row>
+    <row r="1083" spans="1:5">
+      <c r="A1083" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B1083">
+        <v>1.1577</v>
+      </c>
+      <c r="C1083">
+        <v>1.16155</v>
+      </c>
+      <c r="D1083">
+        <v>1.1561</v>
+      </c>
+      <c r="E1083">
+        <v>1.16123</v>
+      </c>
+    </row>
+    <row r="1084" spans="1:5">
+      <c r="A1084" t="s">
+        <v>1071</v>
+      </c>
+      <c r="B1084">
+        <v>1.16049</v>
+      </c>
+      <c r="C1084">
+        <v>1.1612</v>
+      </c>
+      <c r="D1084">
+        <v>1.15738</v>
+      </c>
+      <c r="E1084">
+        <v>1.15772</v>
+      </c>
+    </row>
+    <row r="1085" spans="1:5">
+      <c r="A1085" t="s">
+        <v>1072</v>
+      </c>
+      <c r="B1085">
+        <v>1.15599</v>
+      </c>
+      <c r="C1085">
+        <v>1.16078</v>
+      </c>
+      <c r="D1085">
+        <v>1.15446</v>
+      </c>
+      <c r="E1085">
+        <v>1.16045</v>
+      </c>
+    </row>
+    <row r="1086" spans="1:5">
+      <c r="A1086" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B1086">
+        <v>1.16789</v>
+      </c>
+      <c r="C1086">
+        <v>1.16886</v>
+      </c>
+      <c r="D1086">
+        <v>1.15337</v>
+      </c>
+      <c r="E1086">
+        <v>1.15604</v>
+      </c>
+    </row>
+    <row r="1087" spans="1:5">
+      <c r="A1087" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B1087">
+        <v>1.15993</v>
+      </c>
+      <c r="C1087">
+        <v>1.16907</v>
+      </c>
+      <c r="D1087">
+        <v>1.15809</v>
+      </c>
+      <c r="E1087">
+        <v>1.16791</v>
+      </c>
+    </row>
+    <row r="1088" spans="1:5">
+      <c r="A1088" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B1088">
+        <v>1.15911</v>
+      </c>
+      <c r="C1088">
+        <v>1.16245</v>
+      </c>
+      <c r="D1088">
+        <v>1.15835</v>
+      </c>
+      <c r="E1088">
+        <v>1.15995</v>
+      </c>
+    </row>
+    <row r="1089" spans="1:5">
+      <c r="A1089" t="s">
+        <v>1076</v>
+      </c>
+      <c r="B1089">
+        <v>1.1609</v>
+      </c>
+      <c r="C1089">
+        <v>1.16243</v>
+      </c>
+      <c r="D1089">
+        <v>1.15835</v>
+      </c>
+      <c r="E1089">
+        <v>1.15902</v>
+      </c>
+    </row>
+    <row r="1090" spans="1:5">
+      <c r="A1090" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B1090">
         <v>1.16369</v>
       </c>
-      <c r="C1064">
+      <c r="C1090">
         <v>1.16636</v>
       </c>
-      <c r="D1064">
+      <c r="D1090">
         <v>1.15893</v>
       </c>
-      <c r="E1064">
+      <c r="E1090">
         <v>1.16087</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A4:E4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Historical Price29-01-2026 11</vt:lpstr>
+      <vt:lpstr>Historical Price15-03-2026 15</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>PT. Midtou Aryacom Futures</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Office 2007 XLSX Historical Price Document</dc:title>
   <dc:description>Historical Price Document for Office 2007 XLSX, generated using PHP classes.</dc:description>
   <dc:subject>Office 2007 XLSX Historical Price Document</dc:subject>
   <cp:keywords>office 2007 openxml php</cp:keywords>
   <cp:category>Test result file</cp:category>
 </cp:coreProperties>
 </file>