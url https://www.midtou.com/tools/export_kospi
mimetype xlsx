--- v0 (2025-12-05)
+++ v1 (2026-01-29)
@@ -6,59 +6,59 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Historical Price05-12-2025 08" sheetId="1" r:id="rId4"/>
+    <sheet name="Historical Price29-01-2026 10" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="465">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="433">
   <si>
     <t>KOSPI</t>
   </si>
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>OPEN</t>
   </si>
   <si>
     <t>HIGH</t>
   </si>
   <si>
     <t>LOW</t>
   </si>
   <si>
     <t>CLOSE</t>
   </si>
   <si>
     <t>2023-07-28</t>
   </si>
   <si>
     <t>2023-07-27</t>
   </si>
   <si>
@@ -1313,146 +1313,50 @@
     <t>2021-08-30</t>
   </si>
   <si>
     <t>2021-08-27</t>
   </si>
   <si>
     <t>2021-08-26</t>
   </si>
   <si>
     <t>2021-08-25</t>
   </si>
   <si>
     <t>2021-08-24</t>
   </si>
   <si>
     <t>2021-08-23</t>
   </si>
   <si>
     <t>2021-08-20</t>
   </si>
   <si>
     <t>2021-08-19</t>
   </si>
   <si>
     <t>2021-08-18</t>
-  </si>
-[...94 lines deleted...]
-    <t>2021-07-05</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -1828,51 +1732,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E476"/>
+  <dimension ref="A1:E444"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A5" sqref="A5:E5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:5">
       <c r="B2"/>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>2</v>
       </c>
@@ -4283,111 +4187,111 @@
         <v>304.45</v>
       </c>
     </row>
     <row r="147" spans="1:5">
       <c r="A147" t="s">
         <v>142</v>
       </c>
       <c r="B147">
         <v>301.55</v>
       </c>
       <c r="C147">
         <v>305.15</v>
       </c>
       <c r="D147">
         <v>301.45</v>
       </c>
       <c r="E147">
         <v>304.45</v>
       </c>
     </row>
     <row r="148" spans="1:5">
       <c r="A148" t="s">
         <v>143</v>
       </c>
       <c r="B148">
-        <v>309.3</v>
+        <v>309.5</v>
       </c>
       <c r="C148">
-        <v>309.95</v>
+        <v>311.8</v>
       </c>
       <c r="D148">
-        <v>305.7</v>
+        <v>309.05</v>
       </c>
       <c r="E148">
-        <v>306.15</v>
+        <v>309.05</v>
       </c>
     </row>
     <row r="149" spans="1:5">
       <c r="A149" t="s">
         <v>143</v>
       </c>
       <c r="B149">
-        <v>309.5</v>
+        <v>309.3</v>
       </c>
       <c r="C149">
-        <v>311.8</v>
+        <v>309.95</v>
       </c>
       <c r="D149">
-        <v>309.05</v>
+        <v>305.7</v>
       </c>
       <c r="E149">
-        <v>309.05</v>
+        <v>306.15</v>
       </c>
     </row>
     <row r="150" spans="1:5">
       <c r="A150" t="s">
         <v>144</v>
       </c>
       <c r="B150">
         <v>309.5</v>
       </c>
       <c r="C150">
         <v>311.8</v>
       </c>
       <c r="D150">
         <v>309.05</v>
       </c>
       <c r="E150">
-        <v>311.05</v>
+        <v>309.05</v>
       </c>
     </row>
     <row r="151" spans="1:5">
       <c r="A151" t="s">
         <v>144</v>
       </c>
       <c r="B151">
         <v>309.5</v>
       </c>
       <c r="C151">
         <v>311.8</v>
       </c>
       <c r="D151">
         <v>309.05</v>
       </c>
       <c r="E151">
-        <v>309.05</v>
+        <v>311.05</v>
       </c>
     </row>
     <row r="152" spans="1:5">
       <c r="A152" t="s">
         <v>145</v>
       </c>
       <c r="B152">
         <v>309.5</v>
       </c>
       <c r="C152">
         <v>311.8</v>
       </c>
       <c r="D152">
         <v>309.05</v>
       </c>
       <c r="E152">
         <v>311.05</v>
       </c>
     </row>
     <row r="153" spans="1:5">
       <c r="A153" t="s">
         <v>146</v>
       </c>
       <c r="B153">
         <v>308.15</v>
@@ -9325,633 +9229,89 @@
       <c r="C443">
         <v>411.95</v>
       </c>
       <c r="D443">
         <v>404.6</v>
       </c>
       <c r="E443">
         <v>405.5</v>
       </c>
     </row>
     <row r="444" spans="1:5">
       <c r="A444" t="s">
         <v>432</v>
       </c>
       <c r="B444">
         <v>411.25</v>
       </c>
       <c r="C444">
         <v>415.2</v>
       </c>
       <c r="D444">
         <v>410.8</v>
       </c>
       <c r="E444">
         <v>413</v>
-      </c>
-[...542 lines deleted...]
-        <v>437.85</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A4:E4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Historical Price05-12-2025 08</vt:lpstr>
+      <vt:lpstr>Historical Price29-01-2026 10</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>PT. Midtou Aryacom Futures</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Office 2007 XLSX Historical Price Document</dc:title>
   <dc:description>Historical Price Document for Office 2007 XLSX, generated using PHP classes.</dc:description>
   <dc:subject>Office 2007 XLSX Historical Price Document</dc:subject>
   <cp:keywords>office 2007 openxml php</cp:keywords>
   <cp:category>Test result file</cp:category>
 </cp:coreProperties>
 </file>