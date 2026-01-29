--- v1 (2026-01-29)
+++ v2 (2026-01-29)
@@ -6,51 +6,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Historical Price29-01-2026 10" sheetId="1" r:id="rId4"/>
+    <sheet name="Historical Price29-01-2026 11" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="433">
   <si>
     <t>KOSPI</t>
   </si>
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>OPEN</t>
   </si>
   <si>
     <t>HIGH</t>
   </si>
   <si>
     <t>LOW</t>
   </si>
   <si>
     <t>CLOSE</t>
@@ -9268,50 +9268,50 @@
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Historical Price29-01-2026 10</vt:lpstr>
+      <vt:lpstr>Historical Price29-01-2026 11</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>PT. Midtou Aryacom Futures</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Office 2007 XLSX Historical Price Document</dc:title>
   <dc:description>Historical Price Document for Office 2007 XLSX, generated using PHP classes.</dc:description>
   <dc:subject>Office 2007 XLSX Historical Price Document</dc:subject>
   <cp:keywords>office 2007 openxml php</cp:keywords>
   <cp:category>Test result file</cp:category>
 </cp:coreProperties>
 </file>