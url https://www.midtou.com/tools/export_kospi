--- v2 (2026-01-29)
+++ v3 (2026-03-15)
@@ -6,51 +6,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Historical Price29-01-2026 11" sheetId="1" r:id="rId4"/>
+    <sheet name="Historical Price15-03-2026 15" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="433">
   <si>
     <t>KOSPI</t>
   </si>
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>OPEN</t>
   </si>
   <si>
     <t>HIGH</t>
   </si>
   <si>
     <t>LOW</t>
   </si>
   <si>
     <t>CLOSE</t>
@@ -9268,50 +9268,50 @@
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Historical Price29-01-2026 11</vt:lpstr>
+      <vt:lpstr>Historical Price15-03-2026 15</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>PT. Midtou Aryacom Futures</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Office 2007 XLSX Historical Price Document</dc:title>
   <dc:description>Historical Price Document for Office 2007 XLSX, generated using PHP classes.</dc:description>
   <dc:subject>Office 2007 XLSX Historical Price Document</dc:subject>
   <cp:keywords>office 2007 openxml php</cp:keywords>
   <cp:category>Test result file</cp:category>
 </cp:coreProperties>
 </file>